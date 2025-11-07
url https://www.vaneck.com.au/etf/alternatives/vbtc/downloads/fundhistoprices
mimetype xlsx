--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,80 +1,413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a4b3b5e007404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edb09b22fed466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20251017" sheetId="1" r:id="R9662ca7720834751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20251106" sheetId="1" r:id="R3f242954c626413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2808" uniqueCount="1897">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2920" uniqueCount="1964">
   <x:si>
     <x:t>Bitcoin ETF - VBTC</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>06/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.5734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.3708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.3209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-5.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.0241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.9103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.9905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.1230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35.0877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35.5082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.4216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.3192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.7210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.9075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.4425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.56</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>34.08</x:t>
   </x:si>
   <x:si>
     <x:t>177,975</x:t>
   </x:si>
   <x:si>
     <x:t>0.88</x:t>
   </x:si>
   <x:si>
     <x:t>2.66</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
@@ -172,122 +505,110 @@
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4427</x:t>
   </x:si>
   <x:si>
     <x:t>-0.95</x:t>
   </x:si>
   <x:si>
     <x:t>-2.53</x:t>
   </x:si>
   <x:si>
     <x:t>37.46</x:t>
   </x:si>
   <x:si>
     <x:t>40,840</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
-    <x:t>2.79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3904</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.49</x:t>
   </x:si>
   <x:si>
     <x:t>37.48</x:t>
   </x:si>
   <x:si>
     <x:t>49,128</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.9555</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.51</x:t>
   </x:si>
   <x:si>
     <x:t>37.57</x:t>
   </x:si>
   <x:si>
     <x:t>60,262</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3919</x:t>
   </x:si>
   <x:si>
     <x:t>-1.06</x:t>
   </x:si>
   <x:si>
     <x:t>-2.76</x:t>
   </x:si>
   <x:si>
     <x:t>38.20</x:t>
   </x:si>
   <x:si>
     <x:t>75,839</x:t>
   </x:si>
   <x:si>
-    <x:t>0.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>38.4535</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>2.19</x:t>
   </x:si>
   <x:si>
     <x:t>37.92</x:t>
   </x:si>
   <x:si>
     <x:t>75,819</x:t>
   </x:si>
   <x:si>
     <x:t>-1.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
@@ -310,53 +631,50 @@
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>-1.86</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1038</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>3.15</x:t>
   </x:si>
   <x:si>
     <x:t>36.30</x:t>
   </x:si>
   <x:si>
     <x:t>153,122</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.17</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9708</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>3.06</x:t>
   </x:si>
   <x:si>
     <x:t>35.19</x:t>
   </x:si>
   <x:si>
     <x:t>33,140</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
@@ -466,74 +784,68 @@
   <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2902</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>34.68</x:t>
   </x:si>
   <x:si>
     <x:t>58,469</x:t>
   </x:si>
   <x:si>
-    <x:t>1.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4907</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>-2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.75</x:t>
   </x:si>
   <x:si>
     <x:t>83,122</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.3991</x:t>
   </x:si>
   <x:si>
     <x:t>-0.60</x:t>
   </x:si>
   <x:si>
     <x:t>-1.67</x:t>
   </x:si>
   <x:si>
     <x:t>35.93</x:t>
   </x:si>
   <x:si>
     <x:t>76,122</x:t>
   </x:si>
   <x:si>
     <x:t>1.50</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
@@ -574,53 +886,50 @@
   <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.3425</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>35.21</x:t>
   </x:si>
   <x:si>
     <x:t>36,956</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9981</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>35.50</x:t>
   </x:si>
   <x:si>
     <x:t>61,441</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>1.43</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
@@ -634,170 +943,155 @@
   <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>46,910</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7621</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>35.04</x:t>
   </x:si>
   <x:si>
     <x:t>110,201</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7072</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>34.22</x:t>
   </x:si>
   <x:si>
     <x:t>35,194</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2309</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>34.33</x:t>
   </x:si>
   <x:si>
     <x:t>45,996</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4530</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.23</x:t>
   </x:si>
   <x:si>
     <x:t>56,910</x:t>
   </x:si>
   <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4105</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
-    <x:t>0.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.60</x:t>
   </x:si>
   <x:si>
     <x:t>63,577</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1640</x:t>
   </x:si>
   <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>34.32</x:t>
   </x:si>
   <x:si>
     <x:t>51,608</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6669</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.42</x:t>
   </x:si>
   <x:si>
     <x:t>92,105</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3671</x:t>
   </x:si>
   <x:si>
     <x:t>0.86</x:t>
   </x:si>
   <x:si>
     <x:t>2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.18</x:t>
@@ -868,53 +1162,50 @@
   <x:si>
     <x:t>35.15</x:t>
   </x:si>
   <x:si>
     <x:t>45,839</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8505</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>34.76</x:t>
   </x:si>
   <x:si>
     <x:t>220,898</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.5971</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-0.86</x:t>
   </x:si>
   <x:si>
     <x:t>34.47</x:t>
   </x:si>
   <x:si>
     <x:t>147,114</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8957</x:t>
@@ -1051,53 +1342,50 @@
   <x:si>
     <x:t>145,489</x:t>
   </x:si>
   <x:si>
     <x:t>1.73</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.8685</x:t>
   </x:si>
   <x:si>
     <x:t>-0.99</x:t>
   </x:si>
   <x:si>
     <x:t>-2.62</x:t>
   </x:si>
   <x:si>
     <x:t>37.79</x:t>
   </x:si>
   <x:si>
     <x:t>163,587</x:t>
   </x:si>
   <x:si>
-    <x:t>0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.50</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.8597</x:t>
   </x:si>
   <x:si>
     <x:t>1.96</x:t>
   </x:si>
   <x:si>
     <x:t>36.99</x:t>
   </x:si>
   <x:si>
     <x:t>65,052</x:t>
   </x:si>
   <x:si>
     <x:t>-2.30</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1308</x:t>
@@ -1180,53 +1468,50 @@
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9412</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>35.68</x:t>
   </x:si>
   <x:si>
     <x:t>104,711</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5804</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>35.90</x:t>
   </x:si>
   <x:si>
     <x:t>75,291</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0010</x:t>
   </x:si>
   <x:si>
     <x:t>126,359</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
@@ -1249,128 +1534,116 @@
   <x:si>
     <x:t>114,436</x:t>
   </x:si>
   <x:si>
     <x:t>2.30</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.9307</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>54,508</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6701</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>36.75</x:t>
   </x:si>
   <x:si>
     <x:t>42,368</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.5731</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>36.95</x:t>
   </x:si>
   <x:si>
     <x:t>72,980</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6519</x:t>
   </x:si>
   <x:si>
-    <x:t>0.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.67</x:t>
   </x:si>
   <x:si>
     <x:t>83,766</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0491</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>-1.60</x:t>
   </x:si>
   <x:si>
     <x:t>110,536</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>-1.05</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6343</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>36.07</x:t>
   </x:si>
   <x:si>
     <x:t>116,454</x:t>
   </x:si>
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3551</x:t>
   </x:si>
   <x:si>
     <x:t>-1.65</x:t>
   </x:si>
   <x:si>
     <x:t>36.65</x:t>
   </x:si>
   <x:si>
     <x:t>70,473</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
@@ -1408,53 +1681,50 @@
   <x:si>
     <x:t>168,848</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>1.40</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6110</x:t>
   </x:si>
   <x:si>
     <x:t>-1.96</x:t>
   </x:si>
   <x:si>
     <x:t>37.66</x:t>
   </x:si>
   <x:si>
     <x:t>98,824</x:t>
   </x:si>
   <x:si>
-    <x:t>1.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.87</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3445</x:t>
   </x:si>
   <x:si>
     <x:t>37.05</x:t>
   </x:si>
   <x:si>
     <x:t>103,923</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.0203</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
@@ -1582,83 +1852,77 @@
   <x:si>
     <x:t>62,517</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7329</x:t>
   </x:si>
   <x:si>
     <x:t>-0.72</x:t>
   </x:si>
   <x:si>
     <x:t>34.04</x:t>
   </x:si>
   <x:si>
     <x:t>75,877</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9774</x:t>
   </x:si>
   <x:si>
-    <x:t>33.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>53,929</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-0.93</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8837</x:t>
   </x:si>
   <x:si>
     <x:t>33.80</x:t>
   </x:si>
   <x:si>
     <x:t>68,063</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.6934</x:t>
   </x:si>
   <x:si>
-    <x:t>1.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.52</x:t>
   </x:si>
   <x:si>
     <x:t>32.90</x:t>
   </x:si>
   <x:si>
     <x:t>88,886</x:t>
   </x:si>
   <x:si>
     <x:t>-2.35</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5465</x:t>
   </x:si>
   <x:si>
     <x:t>-0.55</x:t>
   </x:si>
   <x:si>
     <x:t>33.00</x:t>
   </x:si>
   <x:si>
     <x:t>58,062</x:t>
@@ -1684,53 +1948,50 @@
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>1.33</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1934</x:t>
   </x:si>
   <x:si>
     <x:t>33.29</x:t>
   </x:si>
   <x:si>
     <x:t>56,313</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2760</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.47</x:t>
   </x:si>
   <x:si>
     <x:t>48,346</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5447</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>33.19</x:t>
   </x:si>
   <x:si>
     <x:t>44,157</x:t>
@@ -1903,53 +2164,50 @@
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1169</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>4.68</x:t>
   </x:si>
   <x:si>
     <x:t>34.13</x:t>
   </x:si>
   <x:si>
     <x:t>129,918</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5908</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>-1.20</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>2.24</x:t>
   </x:si>
   <x:si>
     <x:t>145,143</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.8781</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>-2.81</x:t>
@@ -1981,116 +2239,104 @@
   <x:si>
     <x:t>1.10</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.3430</x:t>
   </x:si>
   <x:si>
     <x:t>2.34</x:t>
   </x:si>
   <x:si>
     <x:t>33.10</x:t>
   </x:si>
   <x:si>
     <x:t>28,550</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5801</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.87</x:t>
   </x:si>
   <x:si>
     <x:t>45,457</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9524</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.04</x:t>
   </x:si>
   <x:si>
-    <x:t>33.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>103,518</x:t>
   </x:si>
   <x:si>
     <x:t>1.36</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2973</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>34.11</x:t>
   </x:si>
   <x:si>
     <x:t>81,927</x:t>
   </x:si>
   <x:si>
     <x:t>2.44</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9039</x:t>
   </x:si>
   <x:si>
     <x:t>-1.93</x:t>
   </x:si>
   <x:si>
     <x:t>88,393</x:t>
   </x:si>
   <x:si>
-    <x:t>0.52</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.5709</x:t>
   </x:si>
   <x:si>
     <x:t>1.55</x:t>
   </x:si>
   <x:si>
     <x:t>81,886</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0440</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
     <x:t>127,755</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
@@ -2116,56 +2362,50 @@
   <x:si>
     <x:t>35.2995</x:t>
   </x:si>
   <x:si>
     <x:t>1.37</x:t>
   </x:si>
   <x:si>
     <x:t>4.02</x:t>
   </x:si>
   <x:si>
     <x:t>35.01</x:t>
   </x:si>
   <x:si>
     <x:t>143,408</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9345</x:t>
   </x:si>
   <x:si>
-    <x:t>0.35</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>87,400</x:t>
   </x:si>
   <x:si>
     <x:t>0.02</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5797</x:t>
   </x:si>
   <x:si>
     <x:t>33.70</x:t>
   </x:si>
   <x:si>
     <x:t>78,165</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.0274</x:t>
   </x:si>
   <x:si>
     <x:t>32.65</x:t>
@@ -2329,53 +2569,50 @@
   <x:si>
     <x:t>69,418</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.5262</x:t>
   </x:si>
   <x:si>
     <x:t>30.72</x:t>
   </x:si>
   <x:si>
     <x:t>101,590</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.7046</x:t>
   </x:si>
   <x:si>
-    <x:t>3.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30.19</x:t>
   </x:si>
   <x:si>
     <x:t>40,499</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>-1.68</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.7634</x:t>
   </x:si>
   <x:si>
     <x:t>-1.78</x:t>
   </x:si>
   <x:si>
     <x:t>30.07</x:t>
   </x:si>
   <x:si>
     <x:t>68,068</x:t>
@@ -2692,53 +2929,50 @@
   <x:si>
     <x:t>1.98</x:t>
   </x:si>
   <x:si>
     <x:t>26.94</x:t>
   </x:si>
   <x:si>
     <x:t>63,189</x:t>
   </x:si>
   <x:si>
     <x:t>-1.98</x:t>
   </x:si>
   <x:si>
     <x:t>31/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.9484</x:t>
   </x:si>
   <x:si>
     <x:t>26.49</x:t>
   </x:si>
   <x:si>
     <x:t>90,496</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.70</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0109</x:t>
   </x:si>
   <x:si>
     <x:t>-3.89</x:t>
   </x:si>
   <x:si>
     <x:t>27.85</x:t>
   </x:si>
   <x:si>
     <x:t>38,771</x:t>
   </x:si>
   <x:si>
     <x:t>3.11</x:t>
   </x:si>
   <x:si>
     <x:t>27/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1054</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
@@ -2830,53 +3064,50 @@
   <x:si>
     <x:t>51,076</x:t>
   </x:si>
   <x:si>
     <x:t>-0.74</x:t>
   </x:si>
   <x:si>
     <x:t>-2.69</x:t>
   </x:si>
   <x:si>
     <x:t>18/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.1578</x:t>
   </x:si>
   <x:si>
     <x:t>-2.59</x:t>
   </x:si>
   <x:si>
     <x:t>26.51</x:t>
   </x:si>
   <x:si>
     <x:t>48,631</x:t>
   </x:si>
   <x:si>
-    <x:t>1.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.8538</x:t>
   </x:si>
   <x:si>
     <x:t>26.81</x:t>
   </x:si>
   <x:si>
     <x:t>82,708</x:t>
   </x:si>
   <x:si>
     <x:t>14/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.1615</x:t>
   </x:si>
   <x:si>
     <x:t>1.17</x:t>
   </x:si>
   <x:si>
     <x:t>4.49</x:t>
   </x:si>
   <x:si>
     <x:t>26.39</x:t>
@@ -3100,53 +3331,50 @@
   <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
     <x:t>5.84</x:t>
   </x:si>
   <x:si>
     <x:t>25/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.2136</x:t>
   </x:si>
   <x:si>
     <x:t>-1.94</x:t>
   </x:si>
   <x:si>
     <x:t>-6.43</x:t>
   </x:si>
   <x:si>
     <x:t>29.46</x:t>
   </x:si>
   <x:si>
     <x:t>178,818</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4.42</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.1524</x:t>
   </x:si>
   <x:si>
     <x:t>30.50</x:t>
   </x:si>
   <x:si>
     <x:t>80,931</x:t>
   </x:si>
   <x:si>
     <x:t>21/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.3914</x:t>
   </x:si>
   <x:si>
     <x:t>31.32</x:t>
   </x:si>
   <x:si>
     <x:t>141,722</x:t>
@@ -3166,53 +3394,50 @@
   <x:si>
     <x:t>96,327</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.8023</x:t>
   </x:si>
   <x:si>
     <x:t>2.46</x:t>
   </x:si>
   <x:si>
     <x:t>30.48</x:t>
   </x:si>
   <x:si>
     <x:t>64,186</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.0625</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30.73</x:t>
   </x:si>
   <x:si>
     <x:t>37,333</x:t>
   </x:si>
   <x:si>
     <x:t>0.67</x:t>
   </x:si>
   <x:si>
     <x:t>2.22</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.2411</x:t>
   </x:si>
   <x:si>
     <x:t>30.65</x:t>
   </x:si>
   <x:si>
     <x:t>123,691</x:t>
   </x:si>
   <x:si>
     <x:t>-1.89</x:t>
@@ -3463,53 +3688,50 @@
   <x:si>
     <x:t>34.5349</x:t>
   </x:si>
   <x:si>
     <x:t>33.21</x:t>
   </x:si>
   <x:si>
     <x:t>232,821</x:t>
   </x:si>
   <x:si>
     <x:t>-3.84</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0852</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>251,253</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.5103</x:t>
   </x:si>
   <x:si>
     <x:t>5.00</x:t>
   </x:si>
   <x:si>
     <x:t>33.38</x:t>
   </x:si>
   <x:si>
     <x:t>174,089</x:t>
   </x:si>
   <x:si>
     <x:t>-3.28</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.8675</x:t>
   </x:si>
   <x:si>
     <x:t>32.71</x:t>
@@ -3691,53 +3913,50 @@
   <x:si>
     <x:t>154,393</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.7623</x:t>
   </x:si>
   <x:si>
     <x:t>30.18</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>66,336</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.8438</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30.46</x:t>
   </x:si>
   <x:si>
     <x:t>170,742</x:t>
   </x:si>
   <x:si>
     <x:t>27/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.8481</x:t>
   </x:si>
   <x:si>
     <x:t>-0.97</x:t>
   </x:si>
   <x:si>
     <x:t>-3.05</x:t>
   </x:si>
   <x:si>
     <x:t>31.61</x:t>
   </x:si>
   <x:si>
     <x:t>94,745</x:t>
   </x:si>
   <x:si>
     <x:t>2.47</x:t>
@@ -3802,53 +4021,50 @@
   <x:si>
     <x:t>31.3920</x:t>
   </x:si>
   <x:si>
     <x:t>-1.69</x:t>
   </x:si>
   <x:si>
     <x:t>-5.11</x:t>
   </x:si>
   <x:si>
     <x:t>32.94</x:t>
   </x:si>
   <x:si>
     <x:t>439,132</x:t>
   </x:si>
   <x:si>
     <x:t>4.93</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>33.0833</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.17</x:t>
   </x:si>
   <x:si>
     <x:t>33.46</x:t>
   </x:si>
   <x:si>
     <x:t>361,029</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>34.1669</x:t>
   </x:si>
   <x:si>
     <x:t>34.26</x:t>
   </x:si>
   <x:si>
     <x:t>215,898</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>33.8993</x:t>
@@ -3892,86 +4108,80 @@
   <x:si>
     <x:t>31.91</x:t>
   </x:si>
   <x:si>
     <x:t>221,699</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>32.3609</x:t>
   </x:si>
   <x:si>
     <x:t>1.70</x:t>
   </x:si>
   <x:si>
     <x:t>5.56</x:t>
   </x:si>
   <x:si>
     <x:t>31.17</x:t>
   </x:si>
   <x:si>
     <x:t>133,211</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.68</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.6564</x:t>
   </x:si>
   <x:si>
     <x:t>30.88</x:t>
   </x:si>
   <x:si>
     <x:t>238,368</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.5452</x:t>
   </x:si>
   <x:si>
     <x:t>-5.64</x:t>
   </x:si>
   <x:si>
     <x:t>31.64</x:t>
   </x:si>
   <x:si>
     <x:t>222,334</x:t>
   </x:si>
   <x:si>
-    <x:t>1.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.58</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>32.3722</x:t>
   </x:si>
   <x:si>
     <x:t>4.08</x:t>
   </x:si>
   <x:si>
     <x:t>31.01</x:t>
   </x:si>
   <x:si>
     <x:t>263,310</x:t>
   </x:si>
   <x:si>
     <x:t>-1.36</x:t>
   </x:si>
   <x:si>
     <x:t>-4.21</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2024</x:t>
@@ -4054,53 +4264,50 @@
   <x:si>
     <x:t>30.3224</x:t>
   </x:si>
   <x:si>
     <x:t>1.60</x:t>
   </x:si>
   <x:si>
     <x:t>5.57</x:t>
   </x:si>
   <x:si>
     <x:t>29.00</x:t>
   </x:si>
   <x:si>
     <x:t>154,007</x:t>
   </x:si>
   <x:si>
     <x:t>-4.36</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.7214</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.96</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.22</x:t>
   </x:si>
   <x:si>
     <x:t>29.52</x:t>
   </x:si>
   <x:si>
     <x:t>191,581</x:t>
   </x:si>
   <x:si>
     <x:t>2.78</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>29.6765</x:t>
   </x:si>
   <x:si>
     <x:t>-4.48</x:t>
   </x:si>
   <x:si>
     <x:t>30.59</x:t>
   </x:si>
   <x:si>
     <x:t>249,921</x:t>
@@ -4135,53 +4342,50 @@
   <x:si>
     <x:t>30.60</x:t>
   </x:si>
   <x:si>
     <x:t>208,696</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>29.4797</x:t>
   </x:si>
   <x:si>
     <x:t>130,024</x:t>
   </x:si>
   <x:si>
     <x:t>-2.24</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.9815</x:t>
   </x:si>
   <x:si>
-    <x:t>0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.63</x:t>
   </x:si>
   <x:si>
     <x:t>28.83</x:t>
   </x:si>
   <x:si>
     <x:t>182,896</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.5163</x:t>
   </x:si>
   <x:si>
     <x:t>28.53</x:t>
   </x:si>
   <x:si>
     <x:t>162,654</x:t>
   </x:si>
   <x:si>
     <x:t>15/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.6471</x:t>
@@ -5522,53 +5726,50 @@
     <x:t>08/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.0202</x:t>
   </x:si>
   <x:si>
     <x:t>16.73</x:t>
   </x:si>
   <x:si>
     <x:t>77,330</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.0453</x:t>
   </x:si>
   <x:si>
     <x:t>-5.98</x:t>
   </x:si>
   <x:si>
     <x:t>16.60</x:t>
   </x:si>
   <x:si>
     <x:t>222,624</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-2.61</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.1299</x:t>
   </x:si>
   <x:si>
     <x:t>163,412</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.1924</x:t>
   </x:si>
   <x:si>
     <x:t>-3.85</x:t>
   </x:si>
   <x:si>
     <x:t>18.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,759</x:t>
   </x:si>
@@ -5761,56 +5962,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92f3ac7c02b4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1abf7007c40a4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9662ca7720834751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77bbc59bed24105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R356852056aae48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f242954c626413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H352"/>
+  <x:dimension ref="A1:H366"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -5980,155 +6181,155 @@
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="C9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
+      <x:c r="D9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="G9" s="4" t="s">
+      <x:c r="H9" s="4" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="C10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="D10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G10" s="4" t="s">
+      <x:c r="H10" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="D11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="G11" s="4" t="s">
+      <x:c r="H11" s="4" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="C12" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="D12" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
+      <x:c r="E12" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
@@ -6165,8770 +6366,9134 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H29" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>860</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>885</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="C148" s="4" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
+      <x:c r="E148" s="4" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="C148" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>908</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="F152" s="4" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="C152" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D152" s="4" t="s">
+      <x:c r="G152" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H152" s="4" t="s">
         <x:v>920</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
+      <x:c r="E153" s="4" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="C153" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E153" s="4" t="s">
+      <x:c r="F153" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="F153" s="4" t="s">
+      <x:c r="G153" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H153" s="4" t="s">
         <x:v>926</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>934</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>958</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>963</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>969</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>970</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>1001</x:v>
+        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
+      <x:c r="C167" s="4" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D167" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E167" s="4" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="C167" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D167" s="4" t="s">
+      <x:c r="F167" s="4" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="E167" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1013</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1019</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="C170" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D170" s="4" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="E170" s="4" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="F170" s="4" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>1026</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>1031</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>1033</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>1038</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>1042</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>1046</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>1047</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="C175" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="G175" s="4" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="H175" s="4" t="s">
         <x:v>1048</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="C176" s="4" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
+      <x:c r="F176" s="4" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="C176" s="4" t="s">
+      <x:c r="G176" s="4" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="D176" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E176" s="4" t="s">
+      <x:c r="H176" s="4" t="s">
         <x:v>1056</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="C177" s="4" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="F177" s="4" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="C177" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="F178" s="4" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="C178" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E178" s="4" t="s">
+      <x:c r="G178" s="4" t="s">
         <x:v>1067</x:v>
       </x:c>
-      <x:c r="F178" s="4" t="s">
+      <x:c r="H178" s="4" t="s">
         <x:v>1068</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>1078</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1081</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>1082</x:v>
+        <x:v>1085</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>1093</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>1096</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>1097</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>1098</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>1103</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1105</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>1118</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>1126</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>1127</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>1128</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>1132</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>1136</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1140</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1144</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>1148</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1153</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E198" s="4" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1159</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>1167</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>1169</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>1170</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>1181</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>1175</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>1187</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>1180</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1182</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>1186</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1187</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>1188</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1192</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>1193</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>1196</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>1198</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1199</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>1203</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1204</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>1208</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>1209</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1210</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>1211</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="C209" s="4" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="C209" s="4" t="s">
+      <x:c r="E209" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F209" s="4" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="D209" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>1211</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E210" s="4" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="F210" s="4" t="s">
         <x:v>1223</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
+      <x:c r="G210" s="4" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="H210" s="4" t="s">
         <x:v>1224</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1064</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>1225</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="G211" s="4" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="G211" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>1234</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>1235</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>1236</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="4" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="C214" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>1246</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>1246</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1247</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>1250</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1251</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1252</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>1253</x:v>
+        <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1257</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>1260</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1261</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1263</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>1268</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1270</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1274</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>1285</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>1277</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1278</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1279</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>1280</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1283</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1284</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="G223" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H223" s="4" t="s">
         <x:v>1285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1289</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>1294</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1296</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1298</x:v>
+        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1301</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1302</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1305</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1306</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1307</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>1309</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1312</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1314</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>1321</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1324</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="C231" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D231" s="4" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="E231" s="4" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F231" s="4" t="s">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="G231" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H231" s="4" t="s">
         <x:v>1326</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="C232" s="4" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D232" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
+      <x:c r="F232" s="4" t="s">
         <x:v>1330</x:v>
       </x:c>
-      <x:c r="C232" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="C233" s="4" t="s">
+        <x:v>1333</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
         <x:v>1334</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
+      <x:c r="E233" s="4" t="s">
         <x:v>1335</x:v>
       </x:c>
-      <x:c r="C233" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E233" s="4" t="s">
+      <x:c r="F233" s="4" t="s">
         <x:v>1336</x:v>
       </x:c>
-      <x:c r="F233" s="4" t="s">
+      <x:c r="G233" s="4" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="H233" s="4" t="s">
         <x:v>1337</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1196</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>1344</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="E235" s="4" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="E235" s="4" t="s">
+      <x:c r="F235" s="4" t="s">
         <x:v>1346</x:v>
       </x:c>
-      <x:c r="F235" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>1348</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="C236" s="4" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D236" s="4" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
+      <x:c r="E236" s="4" t="s">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="C236" s="4" t="s">
+      <x:c r="F236" s="4" t="s">
         <x:v>1351</x:v>
       </x:c>
-      <x:c r="D236" s="4" t="s">
+      <x:c r="G236" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H236" s="4" t="s">
         <x:v>1352</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="C237" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D237" s="4" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="E237" s="4" t="s">
         <x:v>1356</x:v>
       </x:c>
-      <x:c r="B237" s="1" t="s">
+      <x:c r="F237" s="4" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="C237" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D237" s="4" t="s">
+      <x:c r="G237" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H237" s="4" t="s">
         <x:v>1358</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1361</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="C238" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D238" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E238" s="4" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="F238" s="4" t="s">
         <x:v>1362</x:v>
       </x:c>
-      <x:c r="B238" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="C239" s="4" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="D239" s="4" t="s">
         <x:v>1366</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
+      <x:c r="E239" s="4" t="s">
         <x:v>1367</x:v>
       </x:c>
-      <x:c r="C239" s="4" t="s">
+      <x:c r="F239" s="4" t="s">
         <x:v>1368</x:v>
       </x:c>
-      <x:c r="D239" s="4" t="s">
+      <x:c r="G239" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H239" s="4" t="s">
         <x:v>1369</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="C240" s="4" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="D240" s="4" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E240" s="4" t="s">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
+      <x:c r="F240" s="4" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="C240" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="C241" s="4" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="D241" s="4" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
+      <x:c r="E241" s="4" t="s">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="C241" s="4" t="s">
+      <x:c r="F241" s="4" t="s">
         <x:v>1378</x:v>
       </x:c>
-      <x:c r="D241" s="4" t="s">
+      <x:c r="G241" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H241" s="4" t="s">
         <x:v>1379</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="C242" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D242" s="4" t="s">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
+      <x:c r="E242" s="4" t="s">
         <x:v>1383</x:v>
       </x:c>
-      <x:c r="C242" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E242" s="4" t="s">
+      <x:c r="F242" s="4" t="s">
         <x:v>1384</x:v>
       </x:c>
-      <x:c r="F242" s="4" t="s">
+      <x:c r="G242" s="4" t="s">
         <x:v>1385</x:v>
       </x:c>
-      <x:c r="G242" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>1386</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>1388</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E243" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="F243" s="4" t="s">
         <x:v>1389</x:v>
       </x:c>
-      <x:c r="E243" s="4" t="s">
+      <x:c r="G243" s="4" t="s">
         <x:v>1390</x:v>
       </x:c>
-      <x:c r="F243" s="4" t="s">
+      <x:c r="H243" s="4" t="s">
         <x:v>1391</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="F244" s="4" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="F244" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="B245" s="1" t="s">
+      <x:c r="C245" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D245" s="4" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E245" s="4" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="F245" s="4" t="s">
         <x:v>1398</x:v>
       </x:c>
-      <x:c r="C245" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>1402</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="C246" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D246" s="4" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="E246" s="4" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="F246" s="4" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="B246" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>1410</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1411</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1412</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>1413</x:v>
+        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1416</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1417</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="C249" s="4" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="D249" s="4" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="E249" s="4" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="F249" s="4" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="G249" s="4" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="H249" s="4" t="s">
         <x:v>1418</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1297</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="C250" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D250" s="4" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="E250" s="4" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
+      <x:c r="F250" s="4" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="C250" s="4" t="s">
+      <x:c r="G250" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H250" s="4" t="s">
         <x:v>1424</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="C251" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D251" s="4" t="s">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="E251" s="4" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
+      <x:c r="F251" s="4" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="C251" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E251" s="4" t="s">
+      <x:c r="G251" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H251" s="4" t="s">
         <x:v>1430</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
+      <x:c r="C252" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D252" s="4" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="E252" s="4" t="s">
         <x:v>1433</x:v>
       </x:c>
-      <x:c r="C252" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D252" s="4" t="s">
+      <x:c r="F252" s="4" t="s">
         <x:v>1434</x:v>
       </x:c>
-      <x:c r="E252" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="C253" s="4" t="s">
         <x:v>1437</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
+      <x:c r="D253" s="4" t="s">
         <x:v>1438</x:v>
       </x:c>
-      <x:c r="C253" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D253" s="4" t="s">
+      <x:c r="E253" s="4" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="E253" s="4" t="s">
+      <x:c r="F253" s="4" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="F253" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
+      <x:c r="C254" s="4" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D254" s="4" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="E254" s="4" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="F254" s="4" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="C254" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E254" s="4" t="s">
+      <x:c r="G254" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H254" s="4" t="s">
         <x:v>1444</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1447</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="C255" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D255" s="4" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="E255" s="4" t="s">
         <x:v>1448</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
+      <x:c r="F255" s="4" t="s">
         <x:v>1449</x:v>
       </x:c>
-      <x:c r="C255" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>1452</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="C256" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D256" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E256" s="4" t="s">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="F256" s="4" t="s">
         <x:v>1453</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>1458</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="C257" s="4" t="s">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="D257" s="4" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="E257" s="4" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="F257" s="4" t="s">
         <x:v>1459</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>1464</x:v>
+        <x:v>1340</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>1467</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1468</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>1368</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="C259" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D259" s="4" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="E259" s="4" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="F259" s="4" t="s">
         <x:v>1469</x:v>
       </x:c>
-      <x:c r="B259" s="1" t="s">
+      <x:c r="G259" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="H259" s="4" t="s">
         <x:v>1470</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1331</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="C260" s="4" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D260" s="4" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="E260" s="4" t="s">
         <x:v>1474</x:v>
       </x:c>
-      <x:c r="B260" s="1" t="s">
+      <x:c r="F260" s="4" t="s">
         <x:v>1475</x:v>
       </x:c>
-      <x:c r="C260" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="C261" s="4" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="D261" s="4" t="s">
         <x:v>1478</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
+      <x:c r="E261" s="4" t="s">
         <x:v>1479</x:v>
       </x:c>
-      <x:c r="C261" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E261" s="4" t="s">
+      <x:c r="F261" s="4" t="s">
         <x:v>1480</x:v>
       </x:c>
-      <x:c r="F261" s="4" t="s">
+      <x:c r="G261" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H261" s="4" t="s">
         <x:v>1481</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="C262" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D262" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E262" s="4" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="F262" s="4" t="s">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="G262" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H262" s="4" t="s">
-        <x:v>1486</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
         <x:v>1487</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
+      <x:c r="C263" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D263" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E263" s="4" t="s">
         <x:v>1488</x:v>
       </x:c>
-      <x:c r="C263" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D263" s="4" t="s">
+      <x:c r="F263" s="4" t="s">
         <x:v>1489</x:v>
       </x:c>
-      <x:c r="E263" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
         <x:v>1491</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
+      <x:c r="C264" s="4" t="s">
         <x:v>1492</x:v>
       </x:c>
-      <x:c r="C264" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D264" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="E264" s="4" t="s">
-        <x:v>1493</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="F264" s="4" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G264" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H264" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C265" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>1497</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E265" s="4" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="F265" s="4" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="G265" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H265" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="C266" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D266" s="4" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="E266" s="4" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="F266" s="4" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="G266" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>1505</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
         <x:v>1506</x:v>
       </x:c>
-      <x:c r="B267" s="1" t="s">
+      <x:c r="C267" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D267" s="4" t="s">
         <x:v>1507</x:v>
       </x:c>
-      <x:c r="C267" s="4" t="s">
+      <x:c r="E267" s="4" t="s">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="D267" s="4" t="s">
+      <x:c r="F267" s="4" t="s">
         <x:v>1509</x:v>
       </x:c>
-      <x:c r="E267" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G267" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H267" s="4" t="s">
-        <x:v>1512</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="C268" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D268" s="4" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E268" s="4" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="F268" s="4" t="s">
         <x:v>1513</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
+      <x:c r="G268" s="4" t="s">
         <x:v>1514</x:v>
       </x:c>
-      <x:c r="C268" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D268" s="4" t="s">
+      <x:c r="H268" s="4" t="s">
         <x:v>1515</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1518</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="C269" s="4" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D269" s="4" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="E269" s="4" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="F269" s="4" t="s">
         <x:v>1519</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
+      <x:c r="G269" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H269" s="4" t="s">
         <x:v>1520</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="C270" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D270" s="4" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="E270" s="4" t="s">
         <x:v>1524</x:v>
       </x:c>
-      <x:c r="B270" s="1" t="s">
+      <x:c r="F270" s="4" t="s">
         <x:v>1525</x:v>
       </x:c>
-      <x:c r="C270" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E270" s="4" t="s">
+      <x:c r="G270" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H270" s="4" t="s">
         <x:v>1526</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
         <x:v>1528</x:v>
       </x:c>
-      <x:c r="B271" s="1" t="s">
+      <x:c r="C271" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D271" s="4" t="s">
         <x:v>1529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1188</x:v>
       </x:c>
       <x:c r="E271" s="4" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="F271" s="4" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="G271" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H271" s="4" t="s">
         <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>1530</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1535</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>1437</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="C273" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D273" s="4" t="s">
-        <x:v>1538</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="E273" s="4" t="s">
-        <x:v>1539</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="F273" s="4" t="s">
-        <x:v>1540</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="G273" s="4" t="s">
-        <x:v>1541</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H273" s="4" t="s">
-        <x:v>1542</x:v>
+        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
         <x:v>1543</x:v>
       </x:c>
-      <x:c r="B274" s="1" t="s">
+      <x:c r="C274" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D274" s="4" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="E274" s="4" t="s">
         <x:v>1544</x:v>
       </x:c>
-      <x:c r="C274" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E274" s="4" t="s">
+      <x:c r="F274" s="4" t="s">
         <x:v>1545</x:v>
       </x:c>
-      <x:c r="F274" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
         <x:v>1547</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
+      <x:c r="C275" s="4" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="D275" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E275" s="4" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="C275" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D275" s="4" t="s">
+      <x:c r="F275" s="4" t="s">
         <x:v>1549</x:v>
       </x:c>
-      <x:c r="E275" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G275" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H275" s="4" t="s">
-        <x:v>1552</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="C276" s="4" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D276" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E276" s="4" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="F276" s="4" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="B276" s="1" t="s">
+      <x:c r="G276" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H276" s="4" t="s">
         <x:v>1554</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="C277" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="D277" s="4" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="E277" s="4" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="F277" s="4" t="s">
         <x:v>1558</x:v>
       </x:c>
-      <x:c r="B277" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="C278" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D278" s="4" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="E278" s="4" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="F278" s="4" t="s">
         <x:v>1562</x:v>
       </x:c>
-      <x:c r="B278" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="C279" s="4" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D279" s="4" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+      <x:c r="E279" s="4" t="s">
         <x:v>1566</x:v>
       </x:c>
-      <x:c r="B279" s="1" t="s">
+      <x:c r="F279" s="4" t="s">
         <x:v>1567</x:v>
       </x:c>
-      <x:c r="C279" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>1570</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="C280" s="4" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D280" s="4" t="s">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="E280" s="4" t="s">
         <x:v>1571</x:v>
       </x:c>
-      <x:c r="B280" s="1" t="s">
+      <x:c r="F280" s="4" t="s">
         <x:v>1572</x:v>
       </x:c>
-      <x:c r="C280" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E280" s="4" t="s">
+      <x:c r="G280" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H280" s="4" t="s">
         <x:v>1573</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
         <x:v>1575</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
+      <x:c r="C281" s="4" t="s">
         <x:v>1576</x:v>
       </x:c>
-      <x:c r="C281" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D281" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E281" s="4" t="s">
-        <x:v>1577</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="F281" s="4" t="s">
-        <x:v>1578</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>1580</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>1193</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>1581</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1582</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>1586</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>1585</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1586</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>1589</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>1590</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
-        <x:v>1591</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="C285" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D285" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E285" s="4" t="s">
-        <x:v>1594</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="F285" s="4" t="s">
-        <x:v>1595</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="G285" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H285" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>1600</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="E286" s="4" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="E286" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F286" s="4" t="s">
-        <x:v>1600</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="G286" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H286" s="4" t="s">
-        <x:v>1601</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="C287" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D287" s="4" t="s">
-        <x:v>1604</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="E287" s="4" t="s">
-        <x:v>1605</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="F287" s="4" t="s">
-        <x:v>1606</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="G287" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="H287" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>1610</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="C288" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D288" s="4" t="s">
-        <x:v>1447</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E288" s="4" t="s">
-        <x:v>1609</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="F288" s="4" t="s">
-        <x:v>1610</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="G288" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H288" s="4" t="s">
-        <x:v>1611</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="C289" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D289" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="E289" s="4" t="s">
-        <x:v>1599</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="F289" s="4" t="s">
-        <x:v>1614</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="G289" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H289" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>1620</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="C290" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D290" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="E290" s="4" t="s">
-        <x:v>1617</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="F290" s="4" t="s">
-        <x:v>1618</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="G290" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H290" s="4" t="s">
-        <x:v>1619</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="C291" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D291" s="4" t="s">
-        <x:v>1622</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E291" s="4" t="s">
-        <x:v>1623</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="F291" s="4" t="s">
-        <x:v>1624</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="G291" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H291" s="4" t="s">
-        <x:v>1625</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="C292" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D292" s="4" t="s">
-        <x:v>1628</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E292" s="4" t="s">
-        <x:v>1629</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="F292" s="4" t="s">
-        <x:v>1630</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="G292" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H292" s="4" t="s">
-        <x:v>1631</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C293" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D293" s="4" t="s">
-        <x:v>1634</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E293" s="4" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="F293" s="4" t="s">
-        <x:v>1636</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="G293" s="4" t="s">
-        <x:v>1637</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H293" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>1638</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="C294" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D294" s="4" t="s">
-        <x:v>1640</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E294" s="4" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="F294" s="4" t="s">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="G294" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H294" s="4" t="s">
-        <x:v>1643</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
         <x:v>1644</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
+      <x:c r="C295" s="4" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="D295" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E295" s="4" t="s">
         <x:v>1645</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1635</x:v>
       </x:c>
       <x:c r="F295" s="4" t="s">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="G295" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H295" s="4" t="s">
-        <x:v>1647</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
         <x:v>1648</x:v>
       </x:c>
-      <x:c r="B296" s="1" t="s">
+      <x:c r="C296" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D296" s="4" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="E296" s="4" t="s">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="C296" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E296" s="4" t="s">
+      <x:c r="F296" s="4" t="s">
         <x:v>1650</x:v>
       </x:c>
-      <x:c r="F296" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G296" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H296" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="B297" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
-      <x:c r="B297" s="1" t="s">
+      <x:c r="C297" s="4" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="D297" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E297" s="4" t="s">
         <x:v>1653</x:v>
       </x:c>
-      <x:c r="C297" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E297" s="4" t="s">
+      <x:c r="F297" s="4" t="s">
         <x:v>1654</x:v>
       </x:c>
-      <x:c r="F297" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G297" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H297" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
         <x:v>1656</x:v>
       </x:c>
-      <x:c r="B298" s="1" t="s">
+      <x:c r="C298" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D298" s="4" t="s">
         <x:v>1657</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
       <x:c r="E298" s="4" t="s">
         <x:v>1658</x:v>
       </x:c>
       <x:c r="F298" s="4" t="s">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="G298" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H298" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>1661</x:v>
       </x:c>
       <x:c r="C299" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D299" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E299" s="4" t="s">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="F299" s="4" t="s">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="G299" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H299" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
         <x:v>1665</x:v>
       </x:c>
       <x:c r="C300" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D300" s="4" t="s">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="E300" s="4" t="s">
         <x:v>1667</x:v>
       </x:c>
       <x:c r="F300" s="4" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="G300" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H300" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>1669</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="C301" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D301" s="4" t="s">
-        <x:v>1671</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="E301" s="4" t="s">
-        <x:v>1672</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="F301" s="4" t="s">
-        <x:v>1673</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="G301" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H301" s="4" t="s">
-        <x:v>1674</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="C302" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D302" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E302" s="4" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="F302" s="4" t="s">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="G302" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H302" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>1679</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C303" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="D303" s="4" t="s">
-        <x:v>1589</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E303" s="4" t="s">
-        <x:v>1681</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="F303" s="4" t="s">
         <x:v>1682</x:v>
       </x:c>
       <x:c r="G303" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H303" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="C304" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D304" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E304" s="4" t="s">
         <x:v>1685</x:v>
       </x:c>
-      <x:c r="E304" s="4" t="s">
+      <x:c r="F304" s="4" t="s">
         <x:v>1686</x:v>
       </x:c>
-      <x:c r="F304" s="4" t="s">
+      <x:c r="G304" s="4" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H304" s="4" t="s">
         <x:v>1687</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="C305" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D305" s="4" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="E305" s="4" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="F305" s="4" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="G305" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H305" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>1693</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="C306" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D306" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="E306" s="4" t="s">
-        <x:v>1681</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="F306" s="4" t="s">
-        <x:v>1695</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="G306" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H306" s="4" t="s">
-        <x:v>1696</x:v>
+        <x:v>1699</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="C307" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D307" s="4" t="s">
-        <x:v>1394</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E307" s="4" t="s">
-        <x:v>1699</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="F307" s="4" t="s">
-        <x:v>1700</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="G307" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="H307" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C308" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D308" s="4" t="s">
-        <x:v>1703</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="E308" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="F308" s="4" t="s">
-        <x:v>1705</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="G308" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H308" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>1711</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="C309" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D309" s="4" t="s">
-        <x:v>1708</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E309" s="4" t="s">
-        <x:v>1691</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="F309" s="4" t="s">
-        <x:v>1709</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="G309" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H309" s="4" t="s">
-        <x:v>1710</x:v>
+        <x:v>1715</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="C310" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D310" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E310" s="4" t="s">
-        <x:v>1713</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="F310" s="4" t="s">
-        <x:v>1714</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="G310" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H310" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="C311" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D311" s="4" t="s">
-        <x:v>1497</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E311" s="4" t="s">
-        <x:v>1717</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="F311" s="4" t="s">
-        <x:v>1718</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="G311" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H311" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="C312" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D312" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E312" s="4" t="s">
-        <x:v>1721</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="F312" s="4" t="s">
-        <x:v>1722</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="G312" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H312" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="C313" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D313" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E313" s="4" t="s">
-        <x:v>1725</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F313" s="4" t="s">
-        <x:v>1726</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="G313" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H313" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="C314" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D314" s="4" t="s">
-        <x:v>1729</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="E314" s="4" t="s">
-        <x:v>1730</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="F314" s="4" t="s">
-        <x:v>1731</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="G314" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H314" s="4" t="s">
-        <x:v>1732</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="C315" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D315" s="4" t="s">
-        <x:v>1735</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="E315" s="4" t="s">
-        <x:v>1736</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="F315" s="4" t="s">
-        <x:v>1737</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="G315" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H315" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>1742</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="C316" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D316" s="4" t="s">
-        <x:v>1740</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E316" s="4" t="s">
-        <x:v>1609</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="F316" s="4" t="s">
-        <x:v>1741</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="G316" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H316" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="C317" s="4" t="s">
-        <x:v>1744</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D317" s="4" t="s">
-        <x:v>1745</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E317" s="4" t="s">
-        <x:v>1746</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F317" s="4" t="s">
-        <x:v>1747</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="G317" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="H317" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="C318" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D318" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="E318" s="4" t="s">
-        <x:v>1750</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="F318" s="4" t="s">
-        <x:v>1751</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="G318" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H318" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="C319" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D319" s="4" t="s">
-        <x:v>1754</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="E319" s="4" t="s">
-        <x:v>1755</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="F319" s="4" t="s">
-        <x:v>1756</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="G319" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H319" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="C320" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D320" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E320" s="4" t="s">
-        <x:v>1759</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F320" s="4" t="s">
-        <x:v>1760</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="G320" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H320" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>1764</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="C321" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D321" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E321" s="4" t="s">
-        <x:v>1763</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="F321" s="4" t="s">
-        <x:v>1764</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="G321" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H321" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="C322" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D322" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="E322" s="4" t="s">
-        <x:v>1767</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="F322" s="4" t="s">
-        <x:v>1768</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="G322" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H322" s="4" t="s">
-        <x:v>1598</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="C323" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D323" s="4" t="s">
-        <x:v>1771</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="E323" s="4" t="s">
-        <x:v>1772</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="F323" s="4" t="s">
-        <x:v>1773</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="G323" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H323" s="4" t="s">
-        <x:v>1685</x:v>
+        <x:v>1778</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="C324" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D324" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E324" s="4" t="s">
-        <x:v>1776</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="F324" s="4" t="s">
-        <x:v>1777</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="G324" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H324" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="C325" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D325" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E325" s="4" t="s">
-        <x:v>1780</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="F325" s="4" t="s">
-        <x:v>1781</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="G325" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H325" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C326" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D326" s="4" t="s">
-        <x:v>1784</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E326" s="4" t="s">
-        <x:v>1785</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="F326" s="4" t="s">
-        <x:v>1786</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="G326" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H326" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="C327" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D327" s="4" t="s">
-        <x:v>1502</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="E327" s="4" t="s">
-        <x:v>1789</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="F327" s="4" t="s">
-        <x:v>1790</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="G327" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H327" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="C328" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="D328" s="4" t="s">
-        <x:v>1793</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="E328" s="4" t="s">
-        <x:v>1794</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="F328" s="4" t="s">
-        <x:v>1795</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="G328" s="4" t="s">
-        <x:v>1685</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H328" s="4" t="s">
-        <x:v>1796</x:v>
+        <x:v>1800</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="C329" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D329" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E329" s="4" t="s">
-        <x:v>1799</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="F329" s="4" t="s">
-        <x:v>1800</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="G329" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H329" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="C330" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D330" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="E330" s="4" t="s">
-        <x:v>1803</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="F330" s="4" t="s">
-        <x:v>1804</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="G330" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H330" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="C331" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="D331" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="E331" s="4" t="s">
-        <x:v>1807</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="F331" s="4" t="s">
-        <x:v>1808</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="G331" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H331" s="4" t="s">
-        <x:v>1809</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="C332" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D332" s="4" t="s">
-        <x:v>1812</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E332" s="4" t="s">
-        <x:v>1568</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="F332" s="4" t="s">
-        <x:v>1813</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="G332" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H332" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="C333" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D333" s="4" t="s">
-        <x:v>1193</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="E333" s="4" t="s">
-        <x:v>1816</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="F333" s="4" t="s">
-        <x:v>1817</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="G333" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H333" s="4" t="s">
-        <x:v>1818</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C334" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D334" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E334" s="4" t="s">
-        <x:v>1821</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="F334" s="4" t="s">
-        <x:v>1822</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="G334" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H334" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="C335" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D335" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E335" s="4" t="s">
-        <x:v>1699</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="F335" s="4" t="s">
-        <x:v>1825</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="G335" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H335" s="4" t="s">
-        <x:v>1826</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="C336" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D336" s="4" t="s">
-        <x:v>1829</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E336" s="4" t="s">
-        <x:v>1830</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="F336" s="4" t="s">
-        <x:v>1831</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="G336" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H336" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>1666</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="C337" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D337" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="E337" s="4" t="s">
-        <x:v>1834</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="F337" s="4" t="s">
-        <x:v>1835</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="G337" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H337" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>1753</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="C338" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D338" s="4" t="s">
-        <x:v>1838</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E338" s="4" t="s">
-        <x:v>1839</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="F338" s="4" t="s">
-        <x:v>1840</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="G338" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H338" s="4" t="s">
-        <x:v>1841</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="C339" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D339" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E339" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="F339" s="4" t="s">
-        <x:v>1844</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="G339" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H339" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="C340" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D340" s="4" t="s">
-        <x:v>1847</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="E340" s="4" t="s">
-        <x:v>1848</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="F340" s="4" t="s">
-        <x:v>1849</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="G340" s="4" t="s">
-        <x:v>1378</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H340" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="C341" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D341" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="E341" s="4" t="s">
-        <x:v>1852</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F341" s="4" t="s">
-        <x:v>1853</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="G341" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H341" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="C342" s="4" t="s">
-        <x:v>1167</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D342" s="4" t="s">
-        <x:v>1856</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E342" s="4" t="s">
-        <x:v>1857</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="F342" s="4" t="s">
-        <x:v>1858</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="G342" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="H342" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>1864</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="C343" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D343" s="4" t="s">
-        <x:v>1861</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E343" s="4" t="s">
-        <x:v>1862</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="F343" s="4" t="s">
-        <x:v>1863</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="G343" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H343" s="4" t="s">
-        <x:v>1864</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="C344" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D344" s="4" t="s">
-        <x:v>1368</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E344" s="4" t="s">
-        <x:v>1867</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="F344" s="4" t="s">
-        <x:v>1868</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="G344" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H344" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="C345" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D345" s="4" t="s">
-        <x:v>1505</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E345" s="4" t="s">
-        <x:v>1871</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="F345" s="4" t="s">
-        <x:v>1872</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="G345" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H345" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1877</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="C346" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D346" s="4" t="s">
-        <x:v>1875</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="E346" s="4" t="s">
-        <x:v>1876</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="F346" s="4" t="s">
-        <x:v>1877</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="G346" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H346" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="C347" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D347" s="4" t="s">
-        <x:v>1880</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E347" s="4" t="s">
-        <x:v>1881</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="F347" s="4" t="s">
-        <x:v>1882</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="G347" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H347" s="4" t="s">
-        <x:v>1883</x:v>
+        <x:v>1886</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="C348" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D348" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E348" s="4" t="s">
-        <x:v>1886</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="F348" s="4" t="s">
-        <x:v>1887</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="G348" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H348" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C349" s="4" t="s">
-        <x:v>1193</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D349" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E349" s="4" t="s">
-        <x:v>1890</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="F349" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="G349" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H349" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>1894</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="C350" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D350" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="E350" s="4" t="s">
-        <x:v>1893</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="F350" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="G350" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H350" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="C351" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D351" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E351" s="4" t="s">
-        <x:v>1896</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="F351" s="4" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="G351" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H351" s="4" t="s">
+        <x:v>965</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A352" s="1" t="s">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="B352" s="1" t="s">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="C352" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D352" s="4" t="s">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="E352" s="4" t="s">
+        <x:v>1907</x:v>
+      </x:c>
+      <x:c r="F352" s="4" t="s">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="G352" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H352" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A353" s="1" t="s">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="B353" s="1" t="s">
+        <x:v>1910</x:v>
+      </x:c>
+      <x:c r="C353" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D353" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="E353" s="4" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="F353" s="4" t="s">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="G353" s="4" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H353" s="4" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A354" s="1" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="B354" s="1" t="s">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="C354" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D354" s="4" t="s">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="E354" s="4" t="s">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="F354" s="4" t="s">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="G354" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H354" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A355" s="1" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="B355" s="1" t="s">
+        <x:v>1918</x:v>
+      </x:c>
+      <x:c r="C355" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D355" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E355" s="4" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="F355" s="4" t="s">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="G355" s="4" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="H355" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A356" s="1" t="s">
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="B356" s="1" t="s">
+        <x:v>1922</x:v>
+      </x:c>
+      <x:c r="C356" s="4" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="D356" s="4" t="s">
+        <x:v>1923</x:v>
+      </x:c>
+      <x:c r="E356" s="4" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="F356" s="4" t="s">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="G356" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H356" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A357" s="1" t="s">
+        <x:v>1926</x:v>
+      </x:c>
+      <x:c r="B357" s="1" t="s">
+        <x:v>1927</x:v>
+      </x:c>
+      <x:c r="C357" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D357" s="4" t="s">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="E357" s="4" t="s">
+        <x:v>1929</x:v>
+      </x:c>
+      <x:c r="F357" s="4" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="G357" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H357" s="4" t="s">
+        <x:v>1931</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A358" s="1" t="s">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="B358" s="1" t="s">
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="C358" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D358" s="4" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="E358" s="4" t="s">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="F358" s="4" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="G358" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="H358" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A359" s="1" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="B359" s="1" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="C359" s="4" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="D359" s="4" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="E359" s="4" t="s">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="F359" s="4" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="G359" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H359" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A360" s="1" t="s">
+        <x:v>1940</x:v>
+      </x:c>
+      <x:c r="B360" s="1" t="s">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="C360" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D360" s="4" t="s">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="E360" s="4" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="F360" s="4" t="s">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="G360" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H360" s="4" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A361" s="1" t="s">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="B361" s="1" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="C361" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D361" s="4" t="s">
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="E361" s="4" t="s">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="F361" s="4" t="s">
+        <x:v>1949</x:v>
+      </x:c>
+      <x:c r="G361" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H361" s="4" t="s">
+        <x:v>1950</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A362" s="1" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="B362" s="1" t="s">
+        <x:v>1952</x:v>
+      </x:c>
+      <x:c r="C362" s="4" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D362" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E362" s="4" t="s">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="F362" s="4" t="s">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="G362" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H362" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A363" s="1" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="B363" s="1" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="C363" s="4" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="D363" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E363" s="4" t="s">
+        <x:v>1957</x:v>
+      </x:c>
+      <x:c r="F363" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G351" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>634</x:v>
+      <x:c r="G363" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H363" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A364" s="1" t="s">
+        <x:v>1958</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="C364" s="4" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D364" s="4" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="E364" s="4" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="F364" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G364" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H364" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A365" s="1" t="s">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="B365" s="1" t="s">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="C365" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D365" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="E365" s="4" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="F365" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G365" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H365" s="4" t="s">
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>