--- v1 (2025-11-07)
+++ v2 (2025-12-25)
@@ -1,593 +1,1310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edb09b22fed466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55da75ea8dd84dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20251106" sheetId="1" r:id="R3f242954c626413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20251224" sheetId="1" r:id="R3eacfe6f3cd4465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2920" uniqueCount="1964">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3192" uniqueCount="2122">
   <x:si>
     <x:t>Bitcoin ETF - VBTC</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.7728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.9024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.9819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.3203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.7081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.1543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.4086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.7289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.2953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.4121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.6518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.2738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.1960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.5318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.1302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-6.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.1426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.8367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.8918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.2428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.7821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.3166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.1652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.8468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.5516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.3833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.4745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.4198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.8905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.8207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.69</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.5734</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
     <x:t>-2.46</x:t>
   </x:si>
   <x:si>
     <x:t>32.29</x:t>
   </x:si>
   <x:si>
     <x:t>66,941</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.3708</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>3.35</x:t>
   </x:si>
   <x:si>
     <x:t>31.80</x:t>
   </x:si>
   <x:si>
     <x:t>230,711</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.76</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.3209</x:t>
   </x:si>
   <x:si>
     <x:t>-1.70</x:t>
   </x:si>
   <x:si>
     <x:t>-5.16</x:t>
   </x:si>
   <x:si>
     <x:t>33.06</x:t>
   </x:si>
   <x:si>
     <x:t>82,340</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>5.55</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.0241</x:t>
   </x:si>
   <x:si>
     <x:t>-0.89</x:t>
   </x:si>
   <x:si>
     <x:t>-2.61</x:t>
   </x:si>
   <x:si>
     <x:t>33.40</x:t>
   </x:si>
   <x:si>
     <x:t>88,972</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9103</x:t>
   </x:si>
   <x:si>
-    <x:t>0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.79</x:t>
   </x:si>
   <x:si>
     <x:t>33.91</x:t>
   </x:si>
   <x:si>
     <x:t>95,969</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9905</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>-3.32</x:t>
   </x:si>
   <x:si>
     <x:t>33.37</x:t>
   </x:si>
   <x:si>
     <x:t>206,995</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1230</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.96</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.75</x:t>
   </x:si>
   <x:si>
     <x:t>34.64</x:t>
   </x:si>
   <x:si>
     <x:t>96,359</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.0877</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>35.18</x:t>
   </x:si>
   <x:si>
     <x:t>70,731</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5082</x:t>
   </x:si>
   <x:si>
     <x:t>1.09</x:t>
   </x:si>
   <x:si>
     <x:t>3.16</x:t>
   </x:si>
   <x:si>
     <x:t>35.78</x:t>
   </x:si>
   <x:si>
     <x:t>115,344</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4216</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>34.70</x:t>
   </x:si>
   <x:si>
     <x:t>124,316</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3192</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>33.95</x:t>
   </x:si>
   <x:si>
     <x:t>51,449</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7210</x:t>
   </x:si>
   <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>-3.40</x:t>
   </x:si>
   <x:si>
     <x:t>33.84</x:t>
   </x:si>
   <x:si>
     <x:t>71,136</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9075</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>1.35</x:t>
   </x:si>
   <x:si>
     <x:t>33.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,602</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.57</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4425</x:t>
   </x:si>
   <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>3.75</x:t>
   </x:si>
   <x:si>
     <x:t>34.35</x:t>
   </x:si>
   <x:si>
     <x:t>168,718</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.56</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>34.08</x:t>
   </x:si>
   <x:si>
     <x:t>177,975</x:t>
   </x:si>
   <x:si>
     <x:t>0.88</x:t>
   </x:si>
   <x:si>
     <x:t>2.66</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7575</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>-2.50</x:t>
   </x:si>
   <x:si>
     <x:t>34.63</x:t>
   </x:si>
   <x:si>
     <x:t>103,244</x:t>
   </x:si>
   <x:si>
-    <x:t>0.87</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.58</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6245</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>34.99</x:t>
   </x:si>
   <x:si>
     <x:t>103,787</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2840</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>-1.74</x:t>
   </x:si>
   <x:si>
     <x:t>35.42</x:t>
   </x:si>
   <x:si>
     <x:t>98,418</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
-    <x:t>0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9095</x:t>
   </x:si>
   <x:si>
     <x:t>-0.53</x:t>
   </x:si>
   <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>35.62</x:t>
   </x:si>
   <x:si>
     <x:t>212,311</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4427</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.53</x:t>
   </x:si>
   <x:si>
     <x:t>37.46</x:t>
   </x:si>
   <x:si>
     <x:t>40,840</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3904</x:t>
   </x:si>
   <x:si>
     <x:t>-1.49</x:t>
   </x:si>
   <x:si>
     <x:t>37.48</x:t>
   </x:si>
   <x:si>
     <x:t>49,128</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.9555</x:t>
   </x:si>
   <x:si>
-    <x:t>0.56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.51</x:t>
   </x:si>
   <x:si>
     <x:t>37.57</x:t>
   </x:si>
   <x:si>
     <x:t>60,262</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3919</x:t>
   </x:si>
   <x:si>
     <x:t>-1.06</x:t>
   </x:si>
   <x:si>
     <x:t>-2.76</x:t>
   </x:si>
   <x:si>
     <x:t>38.20</x:t>
   </x:si>
   <x:si>
     <x:t>75,839</x:t>
   </x:si>
   <x:si>
     <x:t>2.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
@@ -595,53 +1312,50 @@
   <x:si>
     <x:t>38.4535</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>2.19</x:t>
   </x:si>
   <x:si>
     <x:t>37.92</x:t>
   </x:si>
   <x:si>
     <x:t>75,819</x:t>
   </x:si>
   <x:si>
     <x:t>-1.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.6310</x:t>
   </x:si>
   <x:si>
-    <x:t>0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.42</x:t>
   </x:si>
   <x:si>
     <x:t>36.93</x:t>
   </x:si>
   <x:si>
     <x:t>76,217</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>-1.86</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1038</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>3.15</x:t>
@@ -661,164 +1375,140 @@
   <x:si>
     <x:t>35.9708</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>3.06</x:t>
   </x:si>
   <x:si>
     <x:t>35.19</x:t>
   </x:si>
   <x:si>
     <x:t>33,140</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9014</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.96</x:t>
   </x:si>
   <x:si>
     <x:t>54,978</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.1226</x:t>
   </x:si>
   <x:si>
     <x:t>1.32</x:t>
   </x:si>
   <x:si>
     <x:t>3.89</x:t>
   </x:si>
   <x:si>
     <x:t>34.51</x:t>
   </x:si>
   <x:si>
     <x:t>43,537</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8071</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>33.82</x:t>
   </x:si>
   <x:si>
     <x:t>93,735</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9715</x:t>
   </x:si>
   <x:si>
     <x:t>-2.72</x:t>
   </x:si>
   <x:si>
     <x:t>34.28</x:t>
   </x:si>
   <x:si>
     <x:t>80,395</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9215</x:t>
   </x:si>
   <x:si>
-    <x:t>0.63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>34.48</x:t>
   </x:si>
   <x:si>
     <x:t>45,385</x:t>
   </x:si>
   <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2902</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>34.68</x:t>
   </x:si>
   <x:si>
     <x:t>58,469</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4907</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>-2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.75</x:t>
   </x:si>
   <x:si>
     <x:t>83,122</x:t>
@@ -859,149 +1549,128 @@
   <x:si>
     <x:t>81,765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.1834</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>35.51</x:t>
   </x:si>
   <x:si>
     <x:t>77,255</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.3425</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>35.21</x:t>
   </x:si>
   <x:si>
     <x:t>36,956</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9981</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>35.50</x:t>
   </x:si>
   <x:si>
     <x:t>61,441</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
-    <x:t>1.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.4975</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
-    <x:t>2.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>46,910</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7621</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>35.04</x:t>
   </x:si>
   <x:si>
     <x:t>110,201</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7072</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
-    <x:t>1.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.22</x:t>
   </x:si>
   <x:si>
     <x:t>35,194</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2309</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>34.33</x:t>
   </x:si>
   <x:si>
     <x:t>45,996</x:t>
@@ -1018,149 +1687,125 @@
   <x:si>
     <x:t>34.23</x:t>
   </x:si>
   <x:si>
     <x:t>56,910</x:t>
   </x:si>
   <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4105</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>34.60</x:t>
   </x:si>
   <x:si>
     <x:t>63,577</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1640</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.32</x:t>
   </x:si>
   <x:si>
     <x:t>51,608</x:t>
   </x:si>
   <x:si>
-    <x:t>0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6669</x:t>
   </x:si>
   <x:si>
     <x:t>34.42</x:t>
   </x:si>
   <x:si>
     <x:t>92,105</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3671</x:t>
   </x:si>
   <x:si>
     <x:t>0.86</x:t>
   </x:si>
   <x:si>
     <x:t>2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.18</x:t>
   </x:si>
   <x:si>
     <x:t>55,948</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5047</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>33.35</x:t>
   </x:si>
   <x:si>
     <x:t>163,997</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5614</x:t>
   </x:si>
   <x:si>
     <x:t>-1.24</x:t>
   </x:si>
   <x:si>
-    <x:t>-3.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.45</x:t>
   </x:si>
   <x:si>
     <x:t>49,556</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>2.65</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8060</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>35.15</x:t>
   </x:si>
   <x:si>
     <x:t>45,839</x:t>
@@ -1234,131 +1879,119 @@
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>2.90</x:t>
   </x:si>
   <x:si>
     <x:t>35.70</x:t>
   </x:si>
   <x:si>
     <x:t>103,818</x:t>
   </x:si>
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>-2.05</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.4174</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.30</x:t>
   </x:si>
   <x:si>
     <x:t>35.88</x:t>
   </x:si>
   <x:si>
     <x:t>94,212</x:t>
   </x:si>
   <x:si>
     <x:t>1.31</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.8840</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>35.76</x:t>
   </x:si>
   <x:si>
     <x:t>77,982</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5162</x:t>
   </x:si>
   <x:si>
     <x:t>-2.15</x:t>
   </x:si>
   <x:si>
     <x:t>35.98</x:t>
   </x:si>
   <x:si>
     <x:t>88,689</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.2960</x:t>
   </x:si>
   <x:si>
     <x:t>35.99</x:t>
   </x:si>
   <x:si>
     <x:t>118,800</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4677</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>37.10</x:t>
   </x:si>
   <x:si>
     <x:t>145,489</x:t>
   </x:si>
   <x:si>
     <x:t>1.73</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.8685</x:t>
   </x:si>
   <x:si>
     <x:t>-0.99</x:t>
   </x:si>
   <x:si>
     <x:t>-2.62</x:t>
   </x:si>
   <x:si>
     <x:t>37.79</x:t>
   </x:si>
   <x:si>
     <x:t>163,587</x:t>
@@ -1387,104 +2020,92 @@
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1308</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
     <x:t>37.07</x:t>
   </x:si>
   <x:si>
     <x:t>99,683</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1412</x:t>
   </x:si>
   <x:si>
-    <x:t>0.94</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.61</x:t>
   </x:si>
   <x:si>
     <x:t>37.95</x:t>
   </x:si>
   <x:si>
     <x:t>151,485</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.1979</x:t>
   </x:si>
   <x:si>
     <x:t>36.28</x:t>
   </x:si>
   <x:si>
     <x:t>66,410</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3430</x:t>
   </x:si>
   <x:si>
-    <x:t>0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
     <x:t>35.67</x:t>
   </x:si>
   <x:si>
     <x:t>47,162</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.85</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9412</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>35.68</x:t>
   </x:si>
   <x:si>
     <x:t>104,711</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5804</x:t>
@@ -1705,131 +2326,119 @@
   <x:si>
     <x:t>2.87</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3445</x:t>
   </x:si>
   <x:si>
     <x:t>37.05</x:t>
   </x:si>
   <x:si>
     <x:t>103,923</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.0203</x:t>
   </x:si>
   <x:si>
-    <x:t>0.70</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>102,907</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3155</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>-2.08</x:t>
   </x:si>
   <x:si>
     <x:t>36.26</x:t>
   </x:si>
   <x:si>
     <x:t>218,698</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.0886</x:t>
   </x:si>
   <x:si>
-    <x:t>0.76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.09</x:t>
   </x:si>
   <x:si>
     <x:t>37.82</x:t>
   </x:si>
   <x:si>
     <x:t>181,270</x:t>
   </x:si>
   <x:si>
     <x:t>1.97</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3283</x:t>
   </x:si>
   <x:si>
     <x:t>4.10</x:t>
   </x:si>
   <x:si>
     <x:t>36.40</x:t>
   </x:si>
   <x:si>
     <x:t>166,139</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8984</x:t>
   </x:si>
   <x:si>
-    <x:t>0.64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.88</x:t>
   </x:si>
   <x:si>
     <x:t>34.44</x:t>
   </x:si>
   <x:si>
     <x:t>69,160</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2554</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>1.27</x:t>
   </x:si>
   <x:si>
     <x:t>33.73</x:t>
@@ -1855,230 +2464,203 @@
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7329</x:t>
   </x:si>
   <x:si>
     <x:t>-0.72</x:t>
   </x:si>
   <x:si>
     <x:t>34.04</x:t>
   </x:si>
   <x:si>
     <x:t>75,877</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9774</x:t>
   </x:si>
   <x:si>
     <x:t>53,929</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.32</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8837</x:t>
   </x:si>
   <x:si>
     <x:t>33.80</x:t>
   </x:si>
   <x:si>
     <x:t>68,063</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.6934</x:t>
   </x:si>
   <x:si>
     <x:t>3.52</x:t>
   </x:si>
   <x:si>
     <x:t>32.90</x:t>
   </x:si>
   <x:si>
     <x:t>88,886</x:t>
   </x:si>
   <x:si>
     <x:t>-2.35</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5465</x:t>
   </x:si>
   <x:si>
     <x:t>-0.55</x:t>
   </x:si>
   <x:si>
     <x:t>33.00</x:t>
   </x:si>
   <x:si>
     <x:t>58,062</x:t>
   </x:si>
   <x:si>
-    <x:t>0.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1003</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.54</x:t>
   </x:si>
   <x:si>
     <x:t>63,071</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.33</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1934</x:t>
   </x:si>
   <x:si>
     <x:t>33.29</x:t>
   </x:si>
   <x:si>
     <x:t>56,313</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2760</x:t>
   </x:si>
   <x:si>
     <x:t>33.47</x:t>
   </x:si>
   <x:si>
     <x:t>48,346</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5447</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>33.19</x:t>
   </x:si>
   <x:si>
     <x:t>44,157</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9203</x:t>
   </x:si>
   <x:si>
     <x:t>1.81</x:t>
   </x:si>
   <x:si>
-    <x:t>32.97</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>55,402</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.3344</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>32.20</x:t>
   </x:si>
   <x:si>
     <x:t>126,995</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.4509</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>32.69</x:t>
   </x:si>
   <x:si>
     <x:t>38,956</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5578</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>32.95</x:t>
   </x:si>
   <x:si>
     <x:t>38,111</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.4230</x:t>
   </x:si>
   <x:si>
     <x:t>32.91</x:t>
   </x:si>
   <x:si>
     <x:t>61,230</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
@@ -2185,122 +2767,107 @@
   <x:si>
     <x:t>32.5908</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>-1.20</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>2.24</x:t>
   </x:si>
   <x:si>
     <x:t>145,143</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.8781</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.81</x:t>
   </x:si>
   <x:si>
     <x:t>32.75</x:t>
   </x:si>
   <x:si>
     <x:t>55,881</x:t>
   </x:si>
   <x:si>
     <x:t>2.74</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.7988</x:t>
   </x:si>
   <x:si>
     <x:t>-1.63</x:t>
   </x:si>
   <x:si>
     <x:t>33.16</x:t>
   </x:si>
   <x:si>
     <x:t>46,077</x:t>
   </x:si>
   <x:si>
-    <x:t>1.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.3430</x:t>
   </x:si>
   <x:si>
-    <x:t>2.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.10</x:t>
   </x:si>
   <x:si>
     <x:t>28,550</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5801</x:t>
   </x:si>
   <x:si>
     <x:t>32.87</x:t>
   </x:si>
   <x:si>
     <x:t>45,457</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9524</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>103,518</x:t>
   </x:si>
   <x:si>
     <x:t>1.36</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2973</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>34.11</x:t>
   </x:si>
   <x:si>
     <x:t>81,927</x:t>
   </x:si>
   <x:si>
     <x:t>2.44</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
@@ -2323,53 +2890,50 @@
   <x:si>
     <x:t>1.55</x:t>
   </x:si>
   <x:si>
     <x:t>81,886</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0440</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
     <x:t>127,755</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0138</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.64</x:t>
   </x:si>
   <x:si>
     <x:t>116,679</x:t>
   </x:si>
   <x:si>
     <x:t>2.96</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2995</x:t>
   </x:si>
   <x:si>
     <x:t>1.37</x:t>
   </x:si>
   <x:si>
     <x:t>4.02</x:t>
   </x:si>
   <x:si>
     <x:t>35.01</x:t>
   </x:si>
   <x:si>
     <x:t>143,408</x:t>
@@ -2413,113 +2977,104 @@
   <x:si>
     <x:t>104,773</x:t>
   </x:si>
   <x:si>
     <x:t>-1.14</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.8676</x:t>
   </x:si>
   <x:si>
     <x:t>32.80</x:t>
   </x:si>
   <x:si>
     <x:t>71,956</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.6167</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>32.35</x:t>
   </x:si>
   <x:si>
     <x:t>47,570</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.6625</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>74,010</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.7610</x:t>
   </x:si>
   <x:si>
     <x:t>32.54</x:t>
   </x:si>
   <x:si>
     <x:t>147,801</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.4130</x:t>
   </x:si>
   <x:si>
     <x:t>32.82</x:t>
   </x:si>
   <x:si>
     <x:t>90,928</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.6184</x:t>
   </x:si>
   <x:si>
-    <x:t>1.71</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>131,876</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.0688</x:t>
   </x:si>
   <x:si>
     <x:t>1.72</x:t>
   </x:si>
   <x:si>
     <x:t>5.67</x:t>
   </x:si>
   <x:si>
     <x:t>31.19</x:t>
   </x:si>
   <x:si>
     <x:t>94,750</x:t>
   </x:si>
   <x:si>
     <x:t>-0.88</x:t>
@@ -2644,53 +3199,50 @@
   <x:si>
     <x:t>81,808</x:t>
   </x:si>
   <x:si>
     <x:t>25/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.6156</x:t>
   </x:si>
   <x:si>
     <x:t>29.63</x:t>
   </x:si>
   <x:si>
     <x:t>24/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>74,284</x:t>
   </x:si>
   <x:si>
     <x:t>23/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.7881</x:t>
   </x:si>
   <x:si>
-    <x:t>0.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.08</x:t>
   </x:si>
   <x:si>
     <x:t>29.73</x:t>
   </x:si>
   <x:si>
     <x:t>134,051</x:t>
   </x:si>
   <x:si>
     <x:t>22/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.1813</x:t>
   </x:si>
   <x:si>
     <x:t>2.25</x:t>
   </x:si>
   <x:si>
     <x:t>8.35</x:t>
   </x:si>
   <x:si>
     <x:t>27.90</x:t>
   </x:si>
   <x:si>
     <x:t>125,482</x:t>
@@ -2965,53 +3517,50 @@
   <x:si>
     <x:t>38,771</x:t>
   </x:si>
   <x:si>
     <x:t>3.11</x:t>
   </x:si>
   <x:si>
     <x:t>27/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1054</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>28.23</x:t>
   </x:si>
   <x:si>
     <x:t>43,415</x:t>
   </x:si>
   <x:si>
     <x:t>26/03/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>27.8367</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>28.17</x:t>
   </x:si>
   <x:si>
     <x:t>91,004</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.3554</x:t>
   </x:si>
   <x:si>
     <x:t>27.98</x:t>
   </x:si>
   <x:si>
     <x:t>87,726</x:t>
   </x:si>
   <x:si>
     <x:t>24/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5228</x:t>
@@ -3082,53 +3631,50 @@
   <x:si>
     <x:t>26.51</x:t>
   </x:si>
   <x:si>
     <x:t>48,631</x:t>
   </x:si>
   <x:si>
     <x:t>17/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.8538</x:t>
   </x:si>
   <x:si>
     <x:t>26.81</x:t>
   </x:si>
   <x:si>
     <x:t>82,708</x:t>
   </x:si>
   <x:si>
     <x:t>14/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.1615</x:t>
   </x:si>
   <x:si>
-    <x:t>1.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4.49</x:t>
   </x:si>
   <x:si>
     <x:t>26.39</x:t>
   </x:si>
   <x:si>
     <x:t>88,924</x:t>
   </x:si>
   <x:si>
     <x:t>-2.84</x:t>
   </x:si>
   <x:si>
     <x:t>13/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.9946</x:t>
   </x:si>
   <x:si>
     <x:t>-2.27</x:t>
   </x:si>
   <x:si>
     <x:t>26.83</x:t>
   </x:si>
   <x:si>
     <x:t>38,101</x:t>
@@ -3181,53 +3727,50 @@
   <x:si>
     <x:t>-10.00</x:t>
   </x:si>
   <x:si>
     <x:t>26.58</x:t>
   </x:si>
   <x:si>
     <x:t>208,008</x:t>
   </x:si>
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
     <x:t>4.78</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1845</x:t>
   </x:si>
   <x:si>
     <x:t>-1.22</x:t>
   </x:si>
   <x:si>
-    <x:t>28.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>244,121</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5313</x:t>
   </x:si>
   <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>29.53</x:t>
   </x:si>
   <x:si>
     <x:t>86,361</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.50</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2025</x:t>
@@ -3286,131 +3829,119 @@
   <x:si>
     <x:t>27.4935</x:t>
   </x:si>
   <x:si>
     <x:t>1.58</x:t>
   </x:si>
   <x:si>
     <x:t>26.15</x:t>
   </x:si>
   <x:si>
     <x:t>272,922</x:t>
   </x:si>
   <x:si>
     <x:t>-1.34</x:t>
   </x:si>
   <x:si>
     <x:t>-4.89</x:t>
   </x:si>
   <x:si>
     <x:t>27/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0656</x:t>
   </x:si>
   <x:si>
-    <x:t>27.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>263,995</x:t>
   </x:si>
   <x:si>
     <x:t>26/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.9278</x:t>
   </x:si>
   <x:si>
     <x:t>-4.56</x:t>
   </x:si>
   <x:si>
-    <x:t>28.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>203,050</x:t>
   </x:si>
   <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
     <x:t>5.84</x:t>
   </x:si>
   <x:si>
     <x:t>25/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.2136</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.94</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-6.43</x:t>
   </x:si>
   <x:si>
     <x:t>29.46</x:t>
   </x:si>
   <x:si>
     <x:t>178,818</x:t>
   </x:si>
   <x:si>
     <x:t>4.42</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.1524</x:t>
   </x:si>
   <x:si>
     <x:t>30.50</x:t>
   </x:si>
   <x:si>
     <x:t>80,931</x:t>
   </x:si>
   <x:si>
     <x:t>21/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.3914</x:t>
   </x:si>
   <x:si>
     <x:t>31.32</x:t>
   </x:si>
   <x:si>
     <x:t>141,722</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.2476</x:t>
   </x:si>
   <x:si>
-    <x:t>1.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31.24</x:t>
   </x:si>
   <x:si>
     <x:t>96,327</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.8023</x:t>
   </x:si>
   <x:si>
     <x:t>2.46</x:t>
   </x:si>
   <x:si>
     <x:t>30.48</x:t>
   </x:si>
   <x:si>
     <x:t>64,186</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.0625</x:t>
@@ -3517,53 +4048,50 @@
   <x:si>
     <x:t>31.55</x:t>
   </x:si>
   <x:si>
     <x:t>73,347</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.1712</x:t>
   </x:si>
   <x:si>
     <x:t>101,991</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4990</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
-    <x:t>32.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>112,787</x:t>
   </x:si>
   <x:si>
     <x:t>1.69</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.0074</x:t>
   </x:si>
   <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>-4.14</x:t>
   </x:si>
   <x:si>
     <x:t>32.88</x:t>
   </x:si>
   <x:si>
     <x:t>96,375</x:t>
   </x:si>
   <x:si>
     <x:t>2.73</x:t>
@@ -3571,86 +4099,80 @@
   <x:si>
     <x:t>03/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.3907</x:t>
   </x:si>
   <x:si>
     <x:t>30.85</x:t>
   </x:si>
   <x:si>
     <x:t>353,922</x:t>
   </x:si>
   <x:si>
     <x:t>-2.54</x:t>
   </x:si>
   <x:si>
     <x:t>-7.61</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2908</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.37</x:t>
   </x:si>
   <x:si>
     <x:t>34.01</x:t>
   </x:si>
   <x:si>
     <x:t>79,917</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4519</x:t>
   </x:si>
   <x:si>
     <x:t>1.64</x:t>
   </x:si>
   <x:si>
     <x:t>100,393</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8960</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
-    <x:t>2.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.33</x:t>
   </x:si>
   <x:si>
     <x:t>71,076</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1081</x:t>
   </x:si>
   <x:si>
     <x:t>33.53</x:t>
   </x:si>
   <x:si>
     <x:t>139,149</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8758</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2025</x:t>
@@ -3736,173 +4258,161 @@
   <x:si>
     <x:t>32.71</x:t>
   </x:si>
   <x:si>
     <x:t>159,157</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.6235</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>3.00</x:t>
   </x:si>
   <x:si>
     <x:t>31.93</x:t>
   </x:si>
   <x:si>
     <x:t>96,026</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.13</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.6741</x:t>
   </x:si>
   <x:si>
     <x:t>3.83</x:t>
   </x:si>
   <x:si>
     <x:t>31.45</x:t>
   </x:si>
   <x:si>
     <x:t>90,681</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.5044</x:t>
   </x:si>
   <x:si>
     <x:t>-2.79</x:t>
   </x:si>
   <x:si>
     <x:t>31.30</x:t>
   </x:si>
   <x:si>
     <x:t>106,597</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.3806</x:t>
   </x:si>
   <x:si>
     <x:t>1.82</x:t>
   </x:si>
   <x:si>
     <x:t>30.84</x:t>
   </x:si>
   <x:si>
     <x:t>130,954</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.8190</x:t>
   </x:si>
   <x:si>
     <x:t>31.03</x:t>
   </x:si>
   <x:si>
     <x:t>112,580</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.7277</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.18</x:t>
   </x:si>
   <x:si>
     <x:t>31.52</x:t>
   </x:si>
   <x:si>
     <x:t>165,217</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4124</x:t>
   </x:si>
   <x:si>
     <x:t>-1.82</x:t>
   </x:si>
   <x:si>
     <x:t>-5.48</x:t>
   </x:si>
   <x:si>
     <x:t>201,017</x:t>
   </x:si>
   <x:si>
     <x:t>5.37</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2339</x:t>
   </x:si>
   <x:si>
     <x:t>3.30</x:t>
   </x:si>
   <x:si>
     <x:t>32.57</x:t>
   </x:si>
   <x:si>
     <x:t>304,679</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.1715</x:t>
   </x:si>
   <x:si>
     <x:t>31.65</x:t>
   </x:si>
   <x:si>
     <x:t>93,721</x:t>
   </x:si>
   <x:si>
     <x:t>-1.62</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.9199</x:t>
   </x:si>
   <x:si>
     <x:t>1.16</x:t>
   </x:si>
   <x:si>
     <x:t>3.76</x:t>
@@ -4171,131 +4681,119 @@
   <x:si>
     <x:t>4.08</x:t>
   </x:si>
   <x:si>
     <x:t>31.01</x:t>
   </x:si>
   <x:si>
     <x:t>263,310</x:t>
   </x:si>
   <x:si>
     <x:t>-1.36</x:t>
   </x:si>
   <x:si>
     <x:t>-4.21</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>31.1037</x:t>
   </x:si>
   <x:si>
     <x:t>277,380</x:t>
   </x:si>
   <x:si>
-    <x:t>1.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5.10</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>31.1038</x:t>
   </x:si>
   <x:si>
     <x:t>3.88</x:t>
   </x:si>
   <x:si>
     <x:t>107,809</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>29.9425</x:t>
   </x:si>
   <x:si>
     <x:t>119,258</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.1087</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.85</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30.35</x:t>
   </x:si>
   <x:si>
     <x:t>262,207</x:t>
   </x:si>
   <x:si>
     <x:t>29/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.3662</x:t>
   </x:si>
   <x:si>
     <x:t>30.16</x:t>
   </x:si>
   <x:si>
     <x:t>171,571</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.3078</x:t>
   </x:si>
   <x:si>
     <x:t>30.04</x:t>
   </x:si>
   <x:si>
     <x:t>139,331</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.3224</x:t>
   </x:si>
   <x:si>
     <x:t>1.60</x:t>
   </x:si>
   <x:si>
-    <x:t>5.57</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>154,007</x:t>
   </x:si>
   <x:si>
     <x:t>-4.36</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.7214</x:t>
   </x:si>
   <x:si>
     <x:t>-3.22</x:t>
   </x:si>
   <x:si>
     <x:t>29.52</x:t>
   </x:si>
   <x:si>
     <x:t>191,581</x:t>
   </x:si>
   <x:si>
     <x:t>2.78</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2024</x:t>
@@ -4312,53 +4810,50 @@
   <x:si>
     <x:t>249,921</x:t>
   </x:si>
   <x:si>
     <x:t>3.08</x:t>
   </x:si>
   <x:si>
     <x:t>22/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>31.0686</x:t>
   </x:si>
   <x:si>
     <x:t>31.08</x:t>
   </x:si>
   <x:si>
     <x:t>353,716</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.6730</x:t>
   </x:si>
   <x:si>
-    <x:t>1.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4.05</x:t>
   </x:si>
   <x:si>
     <x:t>30.60</x:t>
   </x:si>
   <x:si>
     <x:t>208,696</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>29.4797</x:t>
   </x:si>
   <x:si>
     <x:t>130,024</x:t>
   </x:si>
   <x:si>
     <x:t>-2.24</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.9815</x:t>
@@ -4543,53 +5038,50 @@
   <x:si>
     <x:t>21.4135</x:t>
   </x:si>
   <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>72,899</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>21.7534</x:t>
   </x:si>
   <x:si>
     <x:t>22.40</x:t>
   </x:si>
   <x:si>
     <x:t>127,204</x:t>
   </x:si>
   <x:si>
-    <x:t>0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.97</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>22.2315</x:t>
   </x:si>
   <x:si>
     <x:t>22.52</x:t>
   </x:si>
   <x:si>
     <x:t>108,222</x:t>
   </x:si>
   <x:si>
     <x:t>1.30</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>22.6345</x:t>
   </x:si>
   <x:si>
     <x:t>5.30</x:t>
@@ -4672,53 +5164,50 @@
   <x:si>
     <x:t>43,390</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.6317</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>101,083</x:t>
   </x:si>
   <x:si>
     <x:t>1.79</x:t>
   </x:si>
   <x:si>
     <x:t>18/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.8569</x:t>
   </x:si>
   <x:si>
-    <x:t>2.67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>57,095</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.3138</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>38,663</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.6834</x:t>
   </x:si>
   <x:si>
     <x:t>2.01</x:t>
   </x:si>
   <x:si>
     <x:t>20.41</x:t>
@@ -4828,86 +5317,77 @@
   <x:si>
     <x:t>07/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.0396</x:t>
   </x:si>
   <x:si>
     <x:t>50,721</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.6493</x:t>
   </x:si>
   <x:si>
     <x:t>3.25</x:t>
   </x:si>
   <x:si>
     <x:t>18.24</x:t>
   </x:si>
   <x:si>
     <x:t>29,043</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.19</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.0626</x:t>
   </x:si>
   <x:si>
     <x:t>18.21</x:t>
   </x:si>
   <x:si>
     <x:t>46,534</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.8254</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18.25</x:t>
   </x:si>
   <x:si>
     <x:t>60,434</x:t>
   </x:si>
   <x:si>
-    <x:t>2.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.2739</x:t>
   </x:si>
   <x:si>
     <x:t>-2.03</x:t>
   </x:si>
   <x:si>
     <x:t>18.75</x:t>
   </x:si>
   <x:si>
     <x:t>43,432</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.6523</x:t>
   </x:si>
   <x:si>
     <x:t>18.99</x:t>
   </x:si>
   <x:si>
     <x:t>2,934</x:t>
@@ -5071,53 +5551,50 @@
   <x:si>
     <x:t>23,636</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.5379</x:t>
   </x:si>
   <x:si>
     <x:t>17.18</x:t>
   </x:si>
   <x:si>
     <x:t>25,200</x:t>
   </x:si>
   <x:si>
     <x:t>-2.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.6230</x:t>
   </x:si>
   <x:si>
-    <x:t>1.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17.37</x:t>
   </x:si>
   <x:si>
     <x:t>36,126</x:t>
   </x:si>
   <x:si>
     <x:t>-1.44</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.3669</x:t>
   </x:si>
   <x:si>
     <x:t>6.35</x:t>
   </x:si>
   <x:si>
     <x:t>16.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,448</x:t>
   </x:si>
   <x:si>
     <x:t>-4.07</x:t>
@@ -5258,53 +5735,50 @@
     <x:t>19.0797</x:t>
   </x:si>
   <x:si>
     <x:t>19.25</x:t>
   </x:si>
   <x:si>
     <x:t>56,855</x:t>
   </x:si>
   <x:si>
     <x:t>23/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.0349</x:t>
   </x:si>
   <x:si>
     <x:t>18.51</x:t>
   </x:si>
   <x:si>
     <x:t>31,992</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.3045</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>18.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,638</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.4575</x:t>
   </x:si>
   <x:si>
     <x:t>3.04</x:t>
   </x:si>
   <x:si>
     <x:t>17.98</x:t>
   </x:si>
   <x:si>
     <x:t>54,154</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2024</x:t>
   </x:si>
@@ -5962,56 +6436,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77bbc59bed24105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R356852056aae48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f242954c626413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6424d4cbac1749e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re46d0060f47740f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3eacfe6f3cd4465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H366"/>
+  <x:dimension ref="A1:H400"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -6091,9409 +6565,10293 @@
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="C8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G9" s="4" t="s">
+      <x:c r="H9" s="4" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="C10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="D10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="G10" s="4" t="s">
+      <x:c r="H10" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="D11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G11" s="4" t="s">
+      <x:c r="H11" s="4" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="C12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="D12" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
+      <x:c r="E12" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G12" s="4" t="s">
+      <x:c r="H12" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F13" s="4" t="s">
+      <x:c r="G13" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G13" s="4" t="s">
+      <x:c r="H13" s="4" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="C14" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
+      <x:c r="D14" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="s">
+      <x:c r="E14" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E14" s="4" t="s">
+      <x:c r="F14" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F14" s="4" t="s">
+      <x:c r="G14" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="G14" s="4" t="s">
+      <x:c r="H14" s="4" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="C15" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
+      <x:c r="D15" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="s">
+      <x:c r="E15" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="s">
+      <x:c r="F15" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F15" s="4" t="s">
+      <x:c r="G15" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G15" s="4" t="s">
+      <x:c r="H15" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="C16" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
+      <x:c r="D16" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="s">
+      <x:c r="E16" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E16" s="4" t="s">
+      <x:c r="F16" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F16" s="4" t="s">
+      <x:c r="G16" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G16" s="4" t="s">
+      <x:c r="H16" s="4" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
+      <x:c r="E17" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D17" s="4" t="s">
+      <x:c r="F17" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="F17" s="4" t="s">
+      <x:c r="H17" s="4" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="D18" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
+      <x:c r="E18" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="s">
+      <x:c r="F18" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E18" s="4" t="s">
+      <x:c r="G18" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="F18" s="4" t="s">
+      <x:c r="H18" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="D19" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
+      <x:c r="E19" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="s">
+      <x:c r="F19" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="s">
+      <x:c r="G19" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="E20" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
+      <x:c r="F20" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="s">
+      <x:c r="G20" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E20" s="4" t="s">
+      <x:c r="H20" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="F21" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D21" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="G22" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="s">
+      <x:c r="H22" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="F23" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="4" t="s">
+      <x:c r="G23" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E23" s="4" t="s">
+      <x:c r="H23" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
+      <x:c r="D24" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C24" s="4" t="s">
+      <x:c r="E24" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="s">
+      <x:c r="F24" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E24" s="4" t="s">
+      <x:c r="G24" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F24" s="4" t="s">
+      <x:c r="H24" s="4" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="D25" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="s">
+      <x:c r="E25" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="s">
+      <x:c r="F25" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E25" s="4" t="s">
+      <x:c r="G25" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="F25" s="4" t="s">
+      <x:c r="H25" s="4" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="C26" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="s">
+      <x:c r="D26" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="s">
+      <x:c r="E26" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E26" s="4" t="s">
+      <x:c r="F26" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F26" s="4" t="s">
+      <x:c r="G26" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H26" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="C27" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
+      <x:c r="D27" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="s">
+      <x:c r="E27" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E27" s="4" t="s">
+      <x:c r="F27" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F27" s="4" t="s">
+      <x:c r="G27" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="G27" s="4" t="s">
+      <x:c r="H27" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
+      <x:c r="C28" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="s">
+      <x:c r="E28" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="s">
+      <x:c r="F28" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E28" s="4" t="s">
+      <x:c r="G28" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H28" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="D29" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
+      <x:c r="E29" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="s">
+      <x:c r="F29" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="s">
+      <x:c r="G29" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="F29" s="4" t="s">
+      <x:c r="H29" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="C30" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="s">
+      <x:c r="D30" s="4" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H30" s="4" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
+      <x:c r="C31" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="s">
+      <x:c r="E31" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="s">
+      <x:c r="F31" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E31" s="4" t="s">
+      <x:c r="G31" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H31" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
+      <x:c r="D32" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="s">
+      <x:c r="E32" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="s">
+      <x:c r="F32" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E32" s="4" t="s">
+      <x:c r="G32" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H32" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
+      <x:c r="F33" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="4" t="s">
+      <x:c r="G33" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E33" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F34" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="G34" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H34" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="G35" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H35" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
+      <x:c r="G36" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="s">
+      <x:c r="H36" s="4" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
+      <x:c r="F37" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="s">
+      <x:c r="G37" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="s">
+      <x:c r="H37" s="4" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
+      <x:c r="E38" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D38" s="4" t="s">
+      <x:c r="F38" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E38" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F38" s="4" t="s">
+      <x:c r="G38" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H38" s="4" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="D39" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D39" s="4" t="s">
+      <x:c r="E39" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="s">
+      <x:c r="F39" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="F39" s="4" t="s">
+      <x:c r="G39" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="G39" s="4" t="s">
+      <x:c r="H39" s="4" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
+      <x:c r="C40" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="s">
+      <x:c r="D40" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="s">
+      <x:c r="E40" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E40" s="4" t="s">
+      <x:c r="F40" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="F40" s="4" t="s">
+      <x:c r="G40" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H40" s="4" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
+      <x:c r="C41" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="s">
+      <x:c r="E41" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="s">
+      <x:c r="F41" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="s">
+      <x:c r="G41" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F41" s="4" t="s">
+      <x:c r="H41" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
+      <x:c r="D42" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="s">
+      <x:c r="E42" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="s">
+      <x:c r="F42" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E42" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F42" s="4" t="s">
+      <x:c r="G42" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H42" s="4" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="s">
+      <x:c r="E43" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E43" s="4" t="s">
+      <x:c r="F43" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F43" s="4" t="s">
+      <x:c r="G43" s="4" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E44" s="4" t="s">
+      <x:c r="F44" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="F44" s="4" t="s">
+      <x:c r="G44" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="G44" s="4" t="s">
+      <x:c r="H44" s="4" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
+      <x:c r="C45" s="4" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>898</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>899</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>908</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>942</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>917</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>948</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>923</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>944</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>958</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>963</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>969</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>970</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>980</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>995</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>998</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>999</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>1000</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1013</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>1019</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>1020</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>1023</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>1031</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>1035</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>1036</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>1046</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>1047</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>1051</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>1052</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>1055</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>1056</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>1059</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>1065</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>1072</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>1077</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>1078</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="C181" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D181" s="4" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="E181" s="4" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="B181" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1083</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>1084</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>1088</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>1096</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>1101</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>1103</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>1107</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>1108</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>1113</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1114</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>1104</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>1118</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="C189" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="E189" s="4" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="F189" s="4" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="G189" s="4" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="H189" s="4" t="s">
         <x:v>1124</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="E190" s="4" t="s">
         <x:v>1129</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
+      <x:c r="F190" s="4" t="s">
         <x:v>1130</x:v>
       </x:c>
-      <x:c r="C190" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E190" s="4" t="s">
+      <x:c r="G190" s="4" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="H190" s="4" t="s">
         <x:v>1131</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="C191" s="4" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="D191" s="4" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="E191" s="4" t="s">
         <x:v>1135</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
+      <x:c r="F191" s="4" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="C191" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E191" s="4" t="s">
+      <x:c r="G191" s="4" t="s">
         <x:v>1137</x:v>
       </x:c>
-      <x:c r="F191" s="4" t="s">
+      <x:c r="H191" s="4" t="s">
         <x:v>1138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="C192" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
         <x:v>1141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>1146</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>1149</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>1155</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1156</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>1157</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>1161</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1165</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>1173</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>1174</x:v>
+        <x:v>1137</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>1178</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>1179</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>1180</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>1116</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>1186</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>1187</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="E202" s="4" t="s">
         <x:v>1190</x:v>
       </x:c>
-      <x:c r="D202" s="4" t="s">
+      <x:c r="F202" s="4" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="E202" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
+      <x:c r="E203" s="4" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="C203" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D203" s="4" t="s">
+      <x:c r="F203" s="4" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="E203" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F203" s="4" t="s">
+      <x:c r="G203" s="4" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="G203" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1211</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>1219</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1214</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1215</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>1218</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>1230</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1222</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1223</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>1224</x:v>
+        <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>1227</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1228</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>1227</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>1196</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>1231</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>1232</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>1234</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>1237</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1238</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>1241</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1243</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1244</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>1246</x:v>
+        <x:v>1259</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>1249</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1250</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1251</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>1266</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>1254</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1255</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>1259</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1260</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1261</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1266</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>1270</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1271</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1272</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>1276</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>1277</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1278</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>1174</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>1279</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1283</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1284</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1288</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1289</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1294</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1296</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1299</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1299</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1301</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>1316</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1305</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1309</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1310</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1311</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>1312</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>1334</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>1318</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>1323</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1324</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>1326</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E232" s="4" t="s">
-        <x:v>1329</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1330</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="C233" s="4" t="s">
-        <x:v>1333</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>1334</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="E233" s="4" t="s">
-        <x:v>1335</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F233" s="4" t="s">
-        <x:v>1336</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>1337</x:v>
+        <x:v>1350</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>1340</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>1341</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1342</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
-        <x:v>1345</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1346</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>1363</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>1349</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1350</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1351</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>1352</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1355</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>1356</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1357</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>1358</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>1361</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1362</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>1365</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>1366</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>1367</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1368</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>1369</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>1372</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1373</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>1376</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>1377</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1378</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>1379</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C242" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>1382</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E242" s="4" t="s">
-        <x:v>1383</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="F242" s="4" t="s">
-        <x:v>1384</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>1385</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>1386</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E243" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F243" s="4" t="s">
-        <x:v>1389</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>1390</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>1391</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
-        <x:v>1394</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
-        <x:v>1142</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F244" s="4" t="s">
-        <x:v>1395</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="C245" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="D245" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E245" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F245" s="4" t="s">
-        <x:v>1398</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="C246" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>1401</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E246" s="4" t="s">
-        <x:v>1402</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="F246" s="4" t="s">
-        <x:v>1403</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1408</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1406</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1407</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>1270</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1410</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1411</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>1419</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>1414</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>1416</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1417</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>1418</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>1421</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1422</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1423</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>1424</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C251" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>1427</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E251" s="4" t="s">
-        <x:v>1428</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="F251" s="4" t="s">
-        <x:v>1429</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="G251" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H251" s="4" t="s">
-        <x:v>1430</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>963</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>1433</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1434</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C253" s="4" t="s">
-        <x:v>1437</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>1438</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E253" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="F253" s="4" t="s">
-        <x:v>1440</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="C254" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="D254" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="E254" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
-        <x:v>1443</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>1444</x:v>
+        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="C255" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D255" s="4" t="s">
-        <x:v>1447</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="E255" s="4" t="s">
-        <x:v>1448</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="F255" s="4" t="s">
-        <x:v>1449</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="C256" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D256" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="E256" s="4" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="F256" s="4" t="s">
-        <x:v>1453</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>1456</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>1457</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>1458</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1459</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>1340</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>1462</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>1463</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1464</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>1316</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="C259" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
-        <x:v>1467</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E259" s="4" t="s">
-        <x:v>1468</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F259" s="4" t="s">
-        <x:v>1469</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>1470</x:v>
+        <x:v>1316</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>1473</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="C261" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="D261" s="4" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="E261" s="4" t="s">
-        <x:v>1479</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="F261" s="4" t="s">
-        <x:v>1480</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="G261" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H261" s="4" t="s">
-        <x:v>1481</x:v>
+        <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C262" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D262" s="4" t="s">
-        <x:v>1088</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E262" s="4" t="s">
-        <x:v>1484</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="F262" s="4" t="s">
-        <x:v>1485</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G262" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H262" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C263" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D263" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E263" s="4" t="s">
-        <x:v>1488</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="F263" s="4" t="s">
-        <x:v>1489</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="C264" s="4" t="s">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="D264" s="4" t="s">
+        <x:v>1489</x:v>
+      </x:c>
+      <x:c r="E264" s="4" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="F264" s="4" t="s">
         <x:v>1490</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G264" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H264" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="C265" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D265" s="4" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="E265" s="4" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="F265" s="4" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="G265" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H265" s="4" t="s">
         <x:v>1496</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>1497</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="C266" s="4" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="D266" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E266" s="4" t="s">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="F266" s="4" t="s">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="B266" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G266" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="C267" s="4" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="D267" s="4" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="E267" s="4" t="s">
         <x:v>1505</x:v>
       </x:c>
-      <x:c r="B267" s="1" t="s">
+      <x:c r="F267" s="4" t="s">
         <x:v>1506</x:v>
       </x:c>
-      <x:c r="C267" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D267" s="4" t="s">
+      <x:c r="G267" s="4" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="H267" s="4" t="s">
         <x:v>1507</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="C268" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D268" s="4" t="s">
         <x:v>1510</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
+      <x:c r="E268" s="4" t="s">
         <x:v>1511</x:v>
       </x:c>
-      <x:c r="C268" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E268" s="4" t="s">
+      <x:c r="F268" s="4" t="s">
         <x:v>1512</x:v>
       </x:c>
-      <x:c r="F268" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G268" s="4" t="s">
-        <x:v>1514</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H268" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="C269" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D269" s="4" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="E269" s="4" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="F269" s="4" t="s">
         <x:v>1516</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G269" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H269" s="4" t="s">
-        <x:v>1520</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="C270" s="4" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D270" s="4" t="s">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="E270" s="4" t="s">
+        <x:v>1520</x:v>
+      </x:c>
+      <x:c r="F270" s="4" t="s">
         <x:v>1521</x:v>
       </x:c>
-      <x:c r="B270" s="1" t="s">
+      <x:c r="G270" s="4" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="H270" s="4" t="s">
         <x:v>1522</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1526</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="C271" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D271" s="4" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="E271" s="4" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="F271" s="4" t="s">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="B271" s="1" t="s">
+      <x:c r="G271" s="4" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H271" s="4" t="s">
         <x:v>1528</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>1535</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1536</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>1437</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="C273" s="4" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="D273" s="4" t="s">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="E273" s="4" t="s">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="B273" s="1" t="s">
+      <x:c r="F273" s="4" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="C273" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D273" s="4" t="s">
+      <x:c r="G273" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H273" s="4" t="s">
         <x:v>1539</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
+        <x:v>1540</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="C274" s="4" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="D274" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E274" s="4" t="s">
         <x:v>1542</x:v>
       </x:c>
-      <x:c r="B274" s="1" t="s">
+      <x:c r="F274" s="4" t="s">
         <x:v>1543</x:v>
       </x:c>
-      <x:c r="C274" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="C275" s="4" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="D275" s="4" t="s">
         <x:v>1546</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
+      <x:c r="E275" s="4" t="s">
         <x:v>1547</x:v>
       </x:c>
-      <x:c r="C275" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E275" s="4" t="s">
+      <x:c r="F275" s="4" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="F275" s="4" t="s">
+      <x:c r="G275" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H275" s="4" t="s">
         <x:v>1549</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="C276" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D276" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="E276" s="4" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="F276" s="4" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="G276" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="H276" s="4" t="s">
-        <x:v>1554</x:v>
+        <x:v>1556</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="C277" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D277" s="4" t="s">
-        <x:v>1557</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E277" s="4" t="s">
-        <x:v>1548</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F277" s="4" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>1560</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="C278" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D278" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E278" s="4" t="s">
-        <x:v>1561</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F278" s="4" t="s">
-        <x:v>1562</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="C279" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D279" s="4" t="s">
-        <x:v>1565</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E279" s="4" t="s">
-        <x:v>1566</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="F279" s="4" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="C280" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D280" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E280" s="4" t="s">
         <x:v>1570</x:v>
       </x:c>
-      <x:c r="E280" s="4" t="s">
+      <x:c r="F280" s="4" t="s">
         <x:v>1571</x:v>
       </x:c>
-      <x:c r="F280" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G280" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H280" s="4" t="s">
-        <x:v>1573</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="C281" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D281" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E281" s="4" t="s">
         <x:v>1574</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
+      <x:c r="F281" s="4" t="s">
         <x:v>1575</x:v>
       </x:c>
-      <x:c r="C281" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>1580</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>1583</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>1584</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1585</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>1586</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>1051</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>1589</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1590</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>1591</x:v>
+        <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>1594</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
-        <x:v>1595</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="B285" s="1" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="C285" s="4" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D285" s="4" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="E285" s="4" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="F285" s="4" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="G285" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H285" s="4" t="s">
         <x:v>1596</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1600</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E286" s="4" t="s">
-        <x:v>1598</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="F286" s="4" t="s">
-        <x:v>1603</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="G286" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H286" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>1602</x:v>
+      </x:c>
+      <x:c r="C287" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D287" s="4" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="E287" s="4" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
+      <x:c r="F287" s="4" t="s">
         <x:v>1605</x:v>
       </x:c>
-      <x:c r="C287" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G287" s="4" t="s">
-        <x:v>1609</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H287" s="4" t="s">
-        <x:v>1610</x:v>
+        <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C288" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D288" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E288" s="4" t="s">
-        <x:v>1613</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F288" s="4" t="s">
-        <x:v>1614</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="G288" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H288" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>1609</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="C289" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D289" s="4" t="s">
-        <x:v>1617</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="E289" s="4" t="s">
-        <x:v>1618</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="F289" s="4" t="s">
-        <x:v>1619</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="G289" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H289" s="4" t="s">
-        <x:v>1620</x:v>
+        <x:v>1172</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="C290" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D290" s="4" t="s">
-        <x:v>1623</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E290" s="4" t="s">
-        <x:v>1624</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="F290" s="4" t="s">
-        <x:v>1625</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="G290" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H290" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="C291" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="D291" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="E291" s="4" t="s">
-        <x:v>1628</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="F291" s="4" t="s">
-        <x:v>1629</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="G291" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H291" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>1510</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="C292" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D292" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E292" s="4" t="s">
-        <x:v>1632</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="F292" s="4" t="s">
-        <x:v>1633</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="G292" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H292" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="C293" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D293" s="4" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="E293" s="4" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="F293" s="4" t="s">
         <x:v>1634</x:v>
       </x:c>
-      <x:c r="B293" s="1" t="s">
+      <x:c r="G293" s="4" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="H293" s="4" t="s">
         <x:v>1635</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1638</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="C294" s="4" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D294" s="4" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="E294" s="4" t="s">
         <x:v>1639</x:v>
       </x:c>
-      <x:c r="B294" s="1" t="s">
+      <x:c r="F294" s="4" t="s">
         <x:v>1640</x:v>
       </x:c>
-      <x:c r="C294" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G294" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H294" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="C295" s="4" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="D295" s="4" t="s">
         <x:v>1643</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
+      <x:c r="E295" s="4" t="s">
         <x:v>1644</x:v>
       </x:c>
-      <x:c r="C295" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E295" s="4" t="s">
+      <x:c r="F295" s="4" t="s">
         <x:v>1645</x:v>
       </x:c>
-      <x:c r="F295" s="4" t="s">
+      <x:c r="G295" s="4" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H295" s="4" t="s">
         <x:v>1646</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="C296" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D296" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E296" s="4" t="s">
         <x:v>1649</x:v>
       </x:c>
       <x:c r="F296" s="4" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="G296" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
         <x:v>1651</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="C297" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D297" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E297" s="4" t="s">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="F297" s="4" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="G297" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H297" s="4" t="s">
-        <x:v>1390</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>1656</x:v>
       </x:c>
       <x:c r="C298" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="D298" s="4" t="s">
-        <x:v>1657</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="E298" s="4" t="s">
-        <x:v>1658</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="F298" s="4" t="s">
-        <x:v>1659</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="G298" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H298" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>976</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="C299" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D299" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E299" s="4" t="s">
-        <x:v>1662</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="F299" s="4" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="G299" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H299" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="C300" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D300" s="4" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="E300" s="4" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="F300" s="4" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="G300" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H300" s="4" t="s">
-        <x:v>1669</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="C301" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D301" s="4" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="E301" s="4" t="s">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="F301" s="4" t="s">
         <x:v>1674</x:v>
       </x:c>
       <x:c r="G301" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H301" s="4" t="s">
-        <x:v>908</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="C302" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D302" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E302" s="4" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="F302" s="4" t="s">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="G302" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H302" s="4" t="s">
         <x:v>1679</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>1681</x:v>
       </x:c>
       <x:c r="C303" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D303" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E303" s="4" t="s">
-        <x:v>1667</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="F303" s="4" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="G303" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H303" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1684</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="C304" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D304" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E304" s="4" t="s">
-        <x:v>1685</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="F304" s="4" t="s">
-        <x:v>1686</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="G304" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H304" s="4" t="s">
-        <x:v>1687</x:v>
+        <x:v>1690</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="C305" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D305" s="4" t="s">
-        <x:v>1690</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E305" s="4" t="s">
-        <x:v>1691</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="F305" s="4" t="s">
-        <x:v>1692</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="G305" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H305" s="4" t="s">
-        <x:v>1693</x:v>
+        <x:v>1696</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="C306" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D306" s="4" t="s">
-        <x:v>1696</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E306" s="4" t="s">
-        <x:v>1697</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="F306" s="4" t="s">
-        <x:v>1698</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="G306" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H306" s="4" t="s">
-        <x:v>1699</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="C307" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D307" s="4" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E307" s="4" t="s">
-        <x:v>1703</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F307" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="G307" s="4" t="s">
-        <x:v>1705</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="H307" s="4" t="s">
-        <x:v>1056</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="C308" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D308" s="4" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="E308" s="4" t="s">
         <x:v>1708</x:v>
       </x:c>
-      <x:c r="E308" s="4" t="s">
+      <x:c r="F308" s="4" t="s">
         <x:v>1709</x:v>
       </x:c>
-      <x:c r="F308" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G308" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H308" s="4" t="s">
-        <x:v>1711</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="B309" s="1" t="s">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="C309" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D309" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E309" s="4" t="s">
         <x:v>1712</x:v>
       </x:c>
-      <x:c r="B309" s="1" t="s">
+      <x:c r="F309" s="4" t="s">
         <x:v>1713</x:v>
       </x:c>
-      <x:c r="C309" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G309" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H309" s="4" t="s">
-        <x:v>1715</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="B310" s="1" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="C310" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D310" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E310" s="4" t="s">
         <x:v>1716</x:v>
       </x:c>
-      <x:c r="B310" s="1" t="s">
+      <x:c r="F310" s="4" t="s">
         <x:v>1717</x:v>
       </x:c>
-      <x:c r="C310" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E310" s="4" t="s">
+      <x:c r="G310" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H310" s="4" t="s">
         <x:v>1718</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
+        <x:v>1719</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
         <x:v>1720</x:v>
       </x:c>
-      <x:c r="B311" s="1" t="s">
+      <x:c r="C311" s="4" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D311" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E311" s="4" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="F311" s="4" t="s">
         <x:v>1721</x:v>
       </x:c>
-      <x:c r="C311" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G311" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H311" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
+        <x:v>1722</x:v>
+      </x:c>
+      <x:c r="B312" s="1" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="C312" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D312" s="4" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="E312" s="4" t="s">
         <x:v>1724</x:v>
       </x:c>
-      <x:c r="B312" s="1" t="s">
+      <x:c r="F312" s="4" t="s">
         <x:v>1725</x:v>
       </x:c>
-      <x:c r="C312" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G312" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H312" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
+        <x:v>1726</x:v>
+      </x:c>
+      <x:c r="B313" s="1" t="s">
+        <x:v>1727</x:v>
+      </x:c>
+      <x:c r="C313" s="4" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="D313" s="4" t="s">
         <x:v>1728</x:v>
       </x:c>
-      <x:c r="B313" s="1" t="s">
+      <x:c r="E313" s="4" t="s">
         <x:v>1729</x:v>
       </x:c>
-      <x:c r="C313" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E313" s="4" t="s">
+      <x:c r="F313" s="4" t="s">
         <x:v>1730</x:v>
       </x:c>
-      <x:c r="F313" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G313" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H313" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>1137</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
         <x:v>1732</x:v>
       </x:c>
-      <x:c r="B314" s="1" t="s">
+      <x:c r="C314" s="4" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D314" s="4" t="s">
         <x:v>1733</x:v>
       </x:c>
-      <x:c r="C314" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D314" s="4" t="s">
+      <x:c r="E314" s="4" t="s">
         <x:v>1734</x:v>
       </x:c>
-      <x:c r="E314" s="4" t="s">
+      <x:c r="F314" s="4" t="s">
         <x:v>1735</x:v>
       </x:c>
-      <x:c r="F314" s="4" t="s">
+      <x:c r="G314" s="4" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="H314" s="4" t="s">
         <x:v>1736</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="C315" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D315" s="4" t="s">
-        <x:v>1739</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E315" s="4" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="F315" s="4" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="G315" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H315" s="4" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="C316" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D316" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="E316" s="4" t="s">
-        <x:v>1745</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="F316" s="4" t="s">
-        <x:v>1746</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="G316" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H316" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>1749</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="C317" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D317" s="4" t="s">
-        <x:v>1657</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E317" s="4" t="s">
-        <x:v>1749</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="F317" s="4" t="s">
-        <x:v>1750</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="G317" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H317" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>1754</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="C318" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D318" s="4" t="s">
-        <x:v>1753</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E318" s="4" t="s">
-        <x:v>1754</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="F318" s="4" t="s">
-        <x:v>1755</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="G318" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H318" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="C319" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D319" s="4" t="s">
-        <x:v>1758</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E319" s="4" t="s">
-        <x:v>1759</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="F319" s="4" t="s">
-        <x:v>1760</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="G319" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H319" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>1763</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="B320" s="1" t="s">
+        <x:v>1765</x:v>
+      </x:c>
+      <x:c r="C320" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D320" s="4" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="E320" s="4" t="s">
         <x:v>1761</x:v>
       </x:c>
-      <x:c r="B320" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F320" s="4" t="s">
-        <x:v>1763</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="G320" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H320" s="4" t="s">
-        <x:v>1764</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="C321" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D321" s="4" t="s">
-        <x:v>1462</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E321" s="4" t="s">
-        <x:v>1767</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="F321" s="4" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="G321" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H321" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>1772</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="C322" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D322" s="4" t="s">
-        <x:v>1771</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E322" s="4" t="s">
-        <x:v>1772</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="F322" s="4" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="G322" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H322" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="C323" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D323" s="4" t="s">
-        <x:v>1776</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E323" s="4" t="s">
-        <x:v>1759</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="F323" s="4" t="s">
-        <x:v>1777</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="G323" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="H323" s="4" t="s">
-        <x:v>1778</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="C324" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D324" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E324" s="4" t="s">
-        <x:v>1781</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="F324" s="4" t="s">
-        <x:v>1782</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="G324" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H324" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="C325" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D325" s="4" t="s">
-        <x:v>1565</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E325" s="4" t="s">
-        <x:v>1785</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="F325" s="4" t="s">
-        <x:v>1786</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="G325" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H325" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="C326" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D326" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E326" s="4" t="s">
-        <x:v>1789</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="F326" s="4" t="s">
-        <x:v>1790</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="G326" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H326" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="C327" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D327" s="4" t="s">
-        <x:v>1390</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E327" s="4" t="s">
-        <x:v>1793</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="F327" s="4" t="s">
-        <x:v>1794</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="G327" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H327" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>1798</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="C328" s="4" t="s">
-        <x:v>963</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D328" s="4" t="s">
-        <x:v>1797</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E328" s="4" t="s">
-        <x:v>1798</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="F328" s="4" t="s">
-        <x:v>1799</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="G328" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H328" s="4" t="s">
-        <x:v>1800</x:v>
+        <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="C329" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D329" s="4" t="s">
-        <x:v>1803</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E329" s="4" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="F329" s="4" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="G329" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H329" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="C330" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D330" s="4" t="s">
-        <x:v>1808</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="E330" s="4" t="s">
-        <x:v>1677</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="F330" s="4" t="s">
-        <x:v>1809</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="G330" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H330" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>1463</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="C331" s="4" t="s">
-        <x:v>1812</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D331" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E331" s="4" t="s">
         <x:v>1813</x:v>
       </x:c>
-      <x:c r="E331" s="4" t="s">
+      <x:c r="F331" s="4" t="s">
         <x:v>1814</x:v>
       </x:c>
-      <x:c r="F331" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G331" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H331" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="B332" s="1" t="s">
         <x:v>1816</x:v>
       </x:c>
-      <x:c r="B332" s="1" t="s">
+      <x:c r="C332" s="4" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D332" s="4" t="s">
         <x:v>1817</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
       <x:c r="E332" s="4" t="s">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="F332" s="4" t="s">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="G332" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H332" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
         <x:v>1820</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="C333" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="D333" s="4" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E333" s="4" t="s">
         <x:v>1822</x:v>
       </x:c>
-      <x:c r="E333" s="4" t="s">
+      <x:c r="F333" s="4" t="s">
         <x:v>1823</x:v>
       </x:c>
-      <x:c r="F333" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G333" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H333" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="B334" s="1" t="s">
         <x:v>1825</x:v>
       </x:c>
-      <x:c r="B334" s="1" t="s">
+      <x:c r="C334" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D334" s="4" t="s">
         <x:v>1826</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
       <x:c r="E334" s="4" t="s">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="F334" s="4" t="s">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="G334" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="H334" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>1829</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="C335" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D335" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="E335" s="4" t="s">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="F335" s="4" t="s">
-        <x:v>1832</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="G335" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H335" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="C336" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D336" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E336" s="4" t="s">
-        <x:v>1835</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="F336" s="4" t="s">
-        <x:v>1836</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="G336" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H336" s="4" t="s">
-        <x:v>1666</x:v>
+        <x:v>1839</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="C337" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D337" s="4" t="s">
-        <x:v>1839</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E337" s="4" t="s">
-        <x:v>1840</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="F337" s="4" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="G337" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H337" s="4" t="s">
-        <x:v>1753</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="C338" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D338" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E338" s="4" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="F338" s="4" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="G338" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H338" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>1847</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="C339" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D339" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E339" s="4" t="s">
-        <x:v>1848</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="F339" s="4" t="s">
-        <x:v>1849</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="G339" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H339" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>1852</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="C340" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D340" s="4" t="s">
-        <x:v>1852</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="E340" s="4" t="s">
-        <x:v>1853</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="F340" s="4" t="s">
-        <x:v>1854</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="G340" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H340" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>1858</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="C341" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D341" s="4" t="s">
-        <x:v>1570</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E341" s="4" t="s">
-        <x:v>1857</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="F341" s="4" t="s">
-        <x:v>1858</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="G341" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="H341" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="C342" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D342" s="4" t="s">
-        <x:v>1861</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E342" s="4" t="s">
-        <x:v>1862</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="F342" s="4" t="s">
-        <x:v>1863</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="G342" s="4" t="s">
-        <x:v>1753</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H342" s="4" t="s">
-        <x:v>1864</x:v>
+        <x:v>1870</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="C343" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D343" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E343" s="4" t="s">
-        <x:v>1867</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="F343" s="4" t="s">
-        <x:v>1868</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="G343" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H343" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>1874</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="C344" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D344" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E344" s="4" t="s">
-        <x:v>1871</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="F344" s="4" t="s">
-        <x:v>1872</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="G344" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H344" s="4" t="s">
-        <x:v>908</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="C345" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D345" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E345" s="4" t="s">
-        <x:v>1875</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="F345" s="4" t="s">
-        <x:v>1876</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="G345" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H345" s="4" t="s">
-        <x:v>1877</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="C346" s="4" t="s">
-        <x:v>1081</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D346" s="4" t="s">
-        <x:v>1880</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E346" s="4" t="s">
-        <x:v>1636</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="F346" s="4" t="s">
-        <x:v>1881</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="G346" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H346" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="C347" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D347" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E347" s="4" t="s">
-        <x:v>1884</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="F347" s="4" t="s">
-        <x:v>1885</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="G347" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H347" s="4" t="s">
-        <x:v>1886</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C348" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D348" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="E348" s="4" t="s">
-        <x:v>1889</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="F348" s="4" t="s">
-        <x:v>1890</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="G348" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H348" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="C349" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D349" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="E349" s="4" t="s">
-        <x:v>1767</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="F349" s="4" t="s">
-        <x:v>1893</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="G349" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H349" s="4" t="s">
-        <x:v>1894</x:v>
+        <x:v>1901</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="C350" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D350" s="4" t="s">
-        <x:v>1897</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E350" s="4" t="s">
-        <x:v>1898</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="F350" s="4" t="s">
-        <x:v>1899</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="G350" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H350" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="C351" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D351" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="E351" s="4" t="s">
-        <x:v>1902</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="F351" s="4" t="s">
-        <x:v>1903</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="G351" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="H351" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="C352" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D352" s="4" t="s">
-        <x:v>1906</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E352" s="4" t="s">
-        <x:v>1907</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="F352" s="4" t="s">
-        <x:v>1908</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="G352" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H352" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="C353" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D353" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="E353" s="4" t="s">
-        <x:v>1772</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="F353" s="4" t="s">
-        <x:v>1911</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G353" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H353" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>1201</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="C354" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D354" s="4" t="s">
-        <x:v>1914</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E354" s="4" t="s">
-        <x:v>1915</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="F354" s="4" t="s">
-        <x:v>1916</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="G354" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H354" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>1922</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="C355" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D355" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E355" s="4" t="s">
-        <x:v>1919</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="F355" s="4" t="s">
-        <x:v>1920</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="G355" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="H355" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="C356" s="4" t="s">
-        <x:v>1241</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D356" s="4" t="s">
-        <x:v>1923</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E356" s="4" t="s">
-        <x:v>1924</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="F356" s="4" t="s">
-        <x:v>1925</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="G356" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H356" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="C357" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D357" s="4" t="s">
-        <x:v>1928</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="E357" s="4" t="s">
-        <x:v>1929</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="F357" s="4" t="s">
-        <x:v>1930</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="G357" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H357" s="4" t="s">
-        <x:v>1931</x:v>
+        <x:v>1936</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="C358" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D358" s="4" t="s">
-        <x:v>1437</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E358" s="4" t="s">
-        <x:v>1934</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="F358" s="4" t="s">
-        <x:v>1935</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="G358" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H358" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="C359" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D359" s="4" t="s">
-        <x:v>1573</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="E359" s="4" t="s">
-        <x:v>1938</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="F359" s="4" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="G359" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H359" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="C360" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D360" s="4" t="s">
-        <x:v>1942</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E360" s="4" t="s">
-        <x:v>1943</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="F360" s="4" t="s">
-        <x:v>1944</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="G360" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H360" s="4" t="s">
-        <x:v>1507</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="C361" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D361" s="4" t="s">
-        <x:v>1947</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E361" s="4" t="s">
-        <x:v>1948</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="F361" s="4" t="s">
-        <x:v>1949</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G361" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H361" s="4" t="s">
-        <x:v>1950</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="C362" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="D362" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E362" s="4" t="s">
-        <x:v>1953</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="F362" s="4" t="s">
-        <x:v>1954</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="G362" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H362" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>1958</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="C363" s="4" t="s">
-        <x:v>1267</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D363" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="E363" s="4" t="s">
-        <x:v>1957</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="F363" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="G363" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H363" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="C364" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D364" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="E364" s="4" t="s">
-        <x:v>1960</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="F364" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="G364" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H364" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="C365" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="D365" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="E365" s="4" t="s">
-        <x:v>1963</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="F365" s="4" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="G365" s="4" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="H365" s="4" t="s">
+        <x:v>388</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A366" s="1" t="s">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="B366" s="1" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="C366" s="4" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="D366" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E366" s="4" t="s">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="F366" s="4" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="G366" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H366" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A367" s="1" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="B367" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="C367" s="4" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="D367" s="4" t="s">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="E367" s="4" t="s">
+        <x:v>1981</x:v>
+      </x:c>
+      <x:c r="F367" s="4" t="s">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="G367" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H367" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A368" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="B368" s="1" t="s">
+        <x:v>1984</x:v>
+      </x:c>
+      <x:c r="C368" s="4" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="D368" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E368" s="4" t="s">
+        <x:v>1985</x:v>
+      </x:c>
+      <x:c r="F368" s="4" t="s">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="G368" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H368" s="4" t="s">
+        <x:v>629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A369" s="1" t="s">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="B369" s="1" t="s">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="C369" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D369" s="4" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="E369" s="4" t="s">
+        <x:v>1989</x:v>
+      </x:c>
+      <x:c r="F369" s="4" t="s">
+        <x:v>1990</x:v>
+      </x:c>
+      <x:c r="G369" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H369" s="4" t="s">
+        <x:v>444</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A370" s="1" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="B370" s="1" t="s">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="C370" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D370" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E370" s="4" t="s">
+        <x:v>1993</x:v>
+      </x:c>
+      <x:c r="F370" s="4" t="s">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="G370" s="4" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="H370" s="4" t="s">
+        <x:v>1826</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A371" s="1" t="s">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="B371" s="1" t="s">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="C371" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D371" s="4" t="s">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="E371" s="4" t="s">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="F371" s="4" t="s">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="G371" s="4" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="H371" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A372" s="1" t="s">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="B372" s="1" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="C372" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D372" s="4" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="E372" s="4" t="s">
+        <x:v>2002</x:v>
+      </x:c>
+      <x:c r="F372" s="4" t="s">
+        <x:v>2003</x:v>
+      </x:c>
+      <x:c r="G372" s="4" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H372" s="4" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A373" s="1" t="s">
+        <x:v>2004</x:v>
+      </x:c>
+      <x:c r="B373" s="1" t="s">
+        <x:v>2005</x:v>
+      </x:c>
+      <x:c r="C373" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D373" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="E373" s="4" t="s">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="F373" s="4" t="s">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="G373" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H373" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A374" s="1" t="s">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="B374" s="1" t="s">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="C374" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D374" s="4" t="s">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="E374" s="4" t="s">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="F374" s="4" t="s">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="G374" s="4" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="H374" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A375" s="1" t="s">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="B375" s="1" t="s">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="C375" s="4" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D375" s="4" t="s">
+        <x:v>1733</x:v>
+      </x:c>
+      <x:c r="E375" s="4" t="s">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F375" s="4" t="s">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="G375" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H375" s="4" t="s">
+        <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A376" s="1" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="B376" s="1" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="C376" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D376" s="4" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="E376" s="4" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F376" s="4" t="s">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="G376" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H376" s="4" t="s">
+        <x:v>2022</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A377" s="1" t="s">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B377" s="1" t="s">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C377" s="4" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D377" s="4" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="E377" s="4" t="s">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="F377" s="4" t="s">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="G377" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H377" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A378" s="1" t="s">
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="B378" s="1" t="s">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="C378" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D378" s="4" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="E378" s="4" t="s">
+        <x:v>2029</x:v>
+      </x:c>
+      <x:c r="F378" s="4" t="s">
+        <x:v>2030</x:v>
+      </x:c>
+      <x:c r="G378" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H378" s="4" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A379" s="1" t="s">
+        <x:v>2031</x:v>
+      </x:c>
+      <x:c r="B379" s="1" t="s">
+        <x:v>2032</x:v>
+      </x:c>
+      <x:c r="C379" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D379" s="4" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E379" s="4" t="s">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="F379" s="4" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="G379" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H379" s="4" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A380" s="1" t="s">
+        <x:v>2036</x:v>
+      </x:c>
+      <x:c r="B380" s="1" t="s">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="C380" s="4" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="D380" s="4" t="s">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="E380" s="4" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="F380" s="4" t="s">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="G380" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H380" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A381" s="1" t="s">
+        <x:v>2040</x:v>
+      </x:c>
+      <x:c r="B381" s="1" t="s">
+        <x:v>2041</x:v>
+      </x:c>
+      <x:c r="C381" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D381" s="4" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="E381" s="4" t="s">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="F381" s="4" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="G381" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H381" s="4" t="s">
+        <x:v>2044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A382" s="1" t="s">
+        <x:v>2045</x:v>
+      </x:c>
+      <x:c r="B382" s="1" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="C382" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D382" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E382" s="4" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="F382" s="4" t="s">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="G382" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H382" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A383" s="1" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="B383" s="1" t="s">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="C383" s="4" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D383" s="4" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E383" s="4" t="s">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="F383" s="4" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="G383" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H383" s="4" t="s">
+        <x:v>2052</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A384" s="1" t="s">
+        <x:v>2053</x:v>
+      </x:c>
+      <x:c r="B384" s="1" t="s">
+        <x:v>2054</x:v>
+      </x:c>
+      <x:c r="C384" s="4" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="D384" s="4" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="E384" s="4" t="s">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="F384" s="4" t="s">
+        <x:v>2057</x:v>
+      </x:c>
+      <x:c r="G384" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H384" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A385" s="1" t="s">
+        <x:v>2058</x:v>
+      </x:c>
+      <x:c r="B385" s="1" t="s">
+        <x:v>2059</x:v>
+      </x:c>
+      <x:c r="C385" s="4" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D385" s="4" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="E385" s="4" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="F385" s="4" t="s">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="G385" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H385" s="4" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A386" s="1" t="s">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="B386" s="1" t="s">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="C386" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D386" s="4" t="s">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="E386" s="4" t="s">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="F386" s="4" t="s">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="G386" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H386" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A387" s="1" t="s">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="B387" s="1" t="s">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="C387" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D387" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E387" s="4" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="F387" s="4" t="s">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="G387" s="4" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H387" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A388" s="1" t="s">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="B388" s="1" t="s">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="C388" s="4" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="D388" s="4" t="s">
+        <x:v>2072</x:v>
+      </x:c>
+      <x:c r="E388" s="4" t="s">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="F388" s="4" t="s">
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="G388" s="4" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H388" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A389" s="1" t="s">
+        <x:v>2075</x:v>
+      </x:c>
+      <x:c r="B389" s="1" t="s">
+        <x:v>2076</x:v>
+      </x:c>
+      <x:c r="C389" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D389" s="4" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="E389" s="4" t="s">
+        <x:v>2077</x:v>
+      </x:c>
+      <x:c r="F389" s="4" t="s">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="G389" s="4" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="H389" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A390" s="1" t="s">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="B390" s="1" t="s">
+        <x:v>2080</x:v>
+      </x:c>
+      <x:c r="C390" s="4" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="D390" s="4" t="s">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="E390" s="4" t="s">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="F390" s="4" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="G390" s="4" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H390" s="4" t="s">
+        <x:v>335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A391" s="1" t="s">
+        <x:v>2084</x:v>
+      </x:c>
+      <x:c r="B391" s="1" t="s">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="C391" s="4" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D391" s="4" t="s">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="E391" s="4" t="s">
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="F391" s="4" t="s">
+        <x:v>2088</x:v>
+      </x:c>
+      <x:c r="G391" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H391" s="4" t="s">
+        <x:v>2089</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A392" s="1" t="s">
+        <x:v>2090</x:v>
+      </x:c>
+      <x:c r="B392" s="1" t="s">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="C392" s="4" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="D392" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E392" s="4" t="s">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="F392" s="4" t="s">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="G392" s="4" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="H392" s="4" t="s">
+        <x:v>485</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A393" s="1" t="s">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="B393" s="1" t="s">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="C393" s="4" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D393" s="4" t="s">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="E393" s="4" t="s">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="F393" s="4" t="s">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="G393" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H393" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A394" s="1" t="s">
+        <x:v>2098</x:v>
+      </x:c>
+      <x:c r="B394" s="1" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="C394" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D394" s="4" t="s">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="E394" s="4" t="s">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="F394" s="4" t="s">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="G394" s="4" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H394" s="4" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A395" s="1" t="s">
+        <x:v>2103</x:v>
+      </x:c>
+      <x:c r="B395" s="1" t="s">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="C395" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D395" s="4" t="s">
+        <x:v>2105</x:v>
+      </x:c>
+      <x:c r="E395" s="4" t="s">
+        <x:v>2106</x:v>
+      </x:c>
+      <x:c r="F395" s="4" t="s">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="G395" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="H395" s="4" t="s">
+        <x:v>2108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A396" s="1" t="s">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="B396" s="1" t="s">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="C396" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D396" s="4" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="E396" s="4" t="s">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="F396" s="4" t="s">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="G396" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H396" s="4" t="s">
+        <x:v>574</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A397" s="1" t="s">
+        <x:v>2113</x:v>
+      </x:c>
+      <x:c r="B397" s="1" t="s">
+        <x:v>2114</x:v>
+      </x:c>
+      <x:c r="C397" s="4" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="D397" s="4" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E397" s="4" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="F397" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G365" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>48</x:v>
+      <x:c r="G397" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H397" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A398" s="1" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="B398" s="1" t="s">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="C398" s="4" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D398" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E398" s="4" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="F398" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G398" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H398" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A399" s="1" t="s">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="B399" s="1" t="s">
+        <x:v>2120</x:v>
+      </x:c>
+      <x:c r="C399" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D399" s="4" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="E399" s="4" t="s">
+        <x:v>2121</x:v>
+      </x:c>
+      <x:c r="F399" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G399" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H399" s="4" t="s">
+        <x:v>299</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>