--- v2 (2025-12-25)
+++ v3 (2026-01-16)
@@ -1,221 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55da75ea8dd84dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86c1e9b720f4f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20251224" sheetId="1" r:id="R3eacfe6f3cd4465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20260115" sheetId="1" r:id="R88902bdcbc4441e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3192" uniqueCount="2122">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3320" uniqueCount="2183">
   <x:si>
     <x:t>Bitcoin ETF - VBTC</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.7773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.5031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.5372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.5865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.2886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.3688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.3581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.7423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.4050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.1324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.5855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.3566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>26.4030</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
-    <x:t>26.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>56,194</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.4945</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.04</x:t>
   </x:si>
   <x:si>
     <x:t>26.68</x:t>
   </x:si>
   <x:si>
     <x:t>54,283</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.7728</x:t>
   </x:si>
   <x:si>
     <x:t>-0.48</x:t>
   </x:si>
   <x:si>
     <x:t>27.16</x:t>
   </x:si>
   <x:si>
     <x:t>61,973</x:t>
   </x:si>
   <x:si>
-    <x:t>0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.45</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.9024</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>3.54</x:t>
   </x:si>
   <x:si>
     <x:t>26.61</x:t>
   </x:si>
   <x:si>
     <x:t>55,669</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.09</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.9819</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.29</x:t>
   </x:si>
   <x:si>
     <x:t>26.53</x:t>
   </x:si>
   <x:si>
     <x:t>63,062</x:t>
   </x:si>
   <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>2.11</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.3203</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>26.55</x:t>
   </x:si>
   <x:si>
     <x:t>84,586</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.7081</x:t>
   </x:si>
   <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>26.24</x:t>
   </x:si>
   <x:si>
     <x:t>139,437</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-1.75</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.1543</x:t>
@@ -223,53 +520,50 @@
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>-4.58</x:t>
   </x:si>
   <x:si>
     <x:t>27.34</x:t>
   </x:si>
   <x:si>
     <x:t>59,195</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>4.53</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.4086</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.16</x:t>
   </x:si>
   <x:si>
     <x:t>28.05</x:t>
   </x:si>
   <x:si>
     <x:t>40,977</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>2.34</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.7289</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>-2.00</x:t>
@@ -283,164 +577,146 @@
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.2953</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>28.25</x:t>
   </x:si>
   <x:si>
     <x:t>30,368</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.4121</x:t>
   </x:si>
   <x:si>
     <x:t>0.76</x:t>
   </x:si>
   <x:si>
     <x:t>2.75</x:t>
   </x:si>
   <x:si>
-    <x:t>27.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>47,225</x:t>
   </x:si>
   <x:si>
     <x:t>-0.96</x:t>
   </x:si>
   <x:si>
     <x:t>-3.39</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.6518</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
-    <x:t>27.78</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>111,707</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.2738</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>-3.27</x:t>
   </x:si>
   <x:si>
-    <x:t>28.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>60,585</x:t>
   </x:si>
   <x:si>
     <x:t>0.91</x:t>
   </x:si>
   <x:si>
     <x:t>3.32</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
     <x:t>28.51</x:t>
   </x:si>
   <x:si>
     <x:t>251,195</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5318</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
-    <x:t>1.43</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>192,828</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1302</x:t>
   </x:si>
   <x:si>
     <x:t>1.71</x:t>
   </x:si>
   <x:si>
     <x:t>6.47</x:t>
   </x:si>
   <x:si>
     <x:t>26.88</x:t>
   </x:si>
   <x:si>
     <x:t>255,310</x:t>
@@ -487,53 +763,50 @@
   <x:si>
     <x:t>75,185</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8367</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>28.28</x:t>
   </x:si>
   <x:si>
     <x:t>145,958</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.59</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8918</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>2.38</x:t>
   </x:si>
   <x:si>
     <x:t>27.22</x:t>
   </x:si>
   <x:si>
     <x:t>151,342</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>-2.41</x:t>
@@ -718,53 +991,50 @@
   <x:si>
     <x:t>30.4745</x:t>
   </x:si>
   <x:si>
     <x:t>-0.95</x:t>
   </x:si>
   <x:si>
     <x:t>-3.01</x:t>
   </x:si>
   <x:si>
     <x:t>31.58</x:t>
   </x:si>
   <x:si>
     <x:t>124,503</x:t>
   </x:si>
   <x:si>
     <x:t>3.63</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4198</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.03</x:t>
   </x:si>
   <x:si>
     <x:t>71,394</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.8905</x:t>
   </x:si>
   <x:si>
     <x:t>-0.93</x:t>
   </x:si>
   <x:si>
     <x:t>32.83</x:t>
   </x:si>
   <x:si>
     <x:t>123,214</x:t>
   </x:si>
   <x:si>
     <x:t>2.95</x:t>
@@ -802,53 +1072,50 @@
   <x:si>
     <x:t>1.99</x:t>
   </x:si>
   <x:si>
     <x:t>31.98</x:t>
   </x:si>
   <x:si>
     <x:t>99,425</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.5734</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.29</x:t>
   </x:si>
   <x:si>
     <x:t>66,941</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.3708</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>3.35</x:t>
   </x:si>
   <x:si>
     <x:t>31.80</x:t>
@@ -898,53 +1165,50 @@
   <x:si>
     <x:t>33.40</x:t>
   </x:si>
   <x:si>
     <x:t>88,972</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9103</x:t>
   </x:si>
   <x:si>
     <x:t>2.79</x:t>
   </x:si>
   <x:si>
     <x:t>33.91</x:t>
   </x:si>
   <x:si>
     <x:t>95,969</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9905</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>-3.32</x:t>
   </x:si>
   <x:si>
     <x:t>33.37</x:t>
   </x:si>
   <x:si>
     <x:t>206,995</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
@@ -973,77 +1237,68 @@
   <x:si>
     <x:t>35.0877</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>35.18</x:t>
   </x:si>
   <x:si>
     <x:t>70,731</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5082</x:t>
   </x:si>
   <x:si>
-    <x:t>1.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.16</x:t>
   </x:si>
   <x:si>
     <x:t>35.78</x:t>
   </x:si>
   <x:si>
     <x:t>115,344</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4216</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.70</x:t>
   </x:si>
   <x:si>
     <x:t>124,316</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3192</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>33.95</x:t>
@@ -1150,53 +1405,50 @@
   <x:si>
     <x:t>33.7575</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>-2.50</x:t>
   </x:si>
   <x:si>
     <x:t>34.63</x:t>
   </x:si>
   <x:si>
     <x:t>103,244</x:t>
   </x:si>
   <x:si>
     <x:t>2.58</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6245</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>34.99</x:t>
   </x:si>
   <x:si>
     <x:t>103,787</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2840</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>-1.74</x:t>
@@ -1321,53 +1573,50 @@
   <x:si>
     <x:t>37.92</x:t>
   </x:si>
   <x:si>
     <x:t>75,819</x:t>
   </x:si>
   <x:si>
     <x:t>-1.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.6310</x:t>
   </x:si>
   <x:si>
     <x:t>1.42</x:t>
   </x:si>
   <x:si>
     <x:t>36.93</x:t>
   </x:si>
   <x:si>
     <x:t>76,217</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.70</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.86</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1038</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>3.15</x:t>
   </x:si>
   <x:si>
     <x:t>36.30</x:t>
   </x:si>
   <x:si>
     <x:t>153,122</x:t>
   </x:si>
   <x:si>
     <x:t>-2.17</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
@@ -1417,56 +1666,50 @@
   <x:si>
     <x:t>1.32</x:t>
   </x:si>
   <x:si>
     <x:t>3.89</x:t>
   </x:si>
   <x:si>
     <x:t>34.51</x:t>
   </x:si>
   <x:si>
     <x:t>43,537</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8071</x:t>
   </x:si>
   <x:si>
     <x:t>33.82</x:t>
   </x:si>
   <x:si>
     <x:t>93,735</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9715</x:t>
   </x:si>
   <x:si>
     <x:t>-2.72</x:t>
   </x:si>
   <x:si>
     <x:t>34.28</x:t>
   </x:si>
   <x:si>
     <x:t>80,395</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9215</x:t>
   </x:si>
   <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>34.48</x:t>
@@ -1633,53 +1876,50 @@
   <x:si>
     <x:t>35.04</x:t>
   </x:si>
   <x:si>
     <x:t>110,201</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7072</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>34.22</x:t>
   </x:si>
   <x:si>
     <x:t>35,194</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2309</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>34.33</x:t>
   </x:si>
   <x:si>
     <x:t>45,996</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4530</x:t>
@@ -1846,53 +2086,50 @@
   <x:si>
     <x:t>34.47</x:t>
   </x:si>
   <x:si>
     <x:t>147,114</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8957</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>-4.25</x:t>
   </x:si>
   <x:si>
     <x:t>35.02</x:t>
   </x:si>
   <x:si>
     <x:t>126,909</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4457</x:t>
   </x:si>
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>2.90</x:t>
   </x:si>
   <x:si>
     <x:t>35.70</x:t>
   </x:si>
   <x:si>
     <x:t>103,818</x:t>
   </x:si>
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>-2.05</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
@@ -1945,53 +2182,50 @@
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.2960</x:t>
   </x:si>
   <x:si>
     <x:t>35.99</x:t>
   </x:si>
   <x:si>
     <x:t>118,800</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4677</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>37.10</x:t>
   </x:si>
   <x:si>
     <x:t>145,489</x:t>
   </x:si>
   <x:si>
     <x:t>1.73</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.8685</x:t>
   </x:si>
   <x:si>
     <x:t>-0.99</x:t>
   </x:si>
   <x:si>
     <x:t>-2.62</x:t>
   </x:si>
   <x:si>
     <x:t>37.79</x:t>
   </x:si>
   <x:si>
     <x:t>163,587</x:t>
@@ -2044,89 +2278,83 @@
   <x:si>
     <x:t>2.61</x:t>
   </x:si>
   <x:si>
     <x:t>37.95</x:t>
   </x:si>
   <x:si>
     <x:t>151,485</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.1979</x:t>
   </x:si>
   <x:si>
     <x:t>36.28</x:t>
   </x:si>
   <x:si>
     <x:t>66,410</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3430</x:t>
   </x:si>
   <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
     <x:t>35.67</x:t>
   </x:si>
   <x:si>
     <x:t>47,162</x:t>
   </x:si>
   <x:si>
     <x:t>-1.85</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9412</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>35.68</x:t>
   </x:si>
   <x:si>
     <x:t>104,711</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.73</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5804</x:t>
   </x:si>
   <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>35.90</x:t>
   </x:si>
   <x:si>
     <x:t>75,291</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0010</x:t>
@@ -2170,92 +2398,86 @@
   <x:si>
     <x:t>54,508</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6701</x:t>
   </x:si>
   <x:si>
     <x:t>36.75</x:t>
   </x:si>
   <x:si>
     <x:t>42,368</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.5731</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>36.95</x:t>
   </x:si>
   <x:si>
     <x:t>72,980</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6519</x:t>
   </x:si>
   <x:si>
     <x:t>1.67</x:t>
   </x:si>
   <x:si>
     <x:t>83,766</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0491</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>-1.60</x:t>
   </x:si>
   <x:si>
     <x:t>110,536</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.05</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6343</x:t>
   </x:si>
   <x:si>
     <x:t>36.07</x:t>
   </x:si>
   <x:si>
     <x:t>116,454</x:t>
   </x:si>
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3551</x:t>
   </x:si>
   <x:si>
     <x:t>-1.65</x:t>
@@ -2329,53 +2551,50 @@
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3445</x:t>
   </x:si>
   <x:si>
     <x:t>37.05</x:t>
   </x:si>
   <x:si>
     <x:t>103,923</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.0203</x:t>
   </x:si>
   <x:si>
     <x:t>102,907</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3155</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>-2.08</x:t>
   </x:si>
   <x:si>
     <x:t>36.26</x:t>
   </x:si>
   <x:si>
     <x:t>218,698</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.0886</x:t>
   </x:si>
   <x:si>
     <x:t>2.09</x:t>
@@ -2416,53 +2635,50 @@
   <x:si>
     <x:t>34.8984</x:t>
   </x:si>
   <x:si>
     <x:t>1.88</x:t>
   </x:si>
   <x:si>
     <x:t>34.44</x:t>
   </x:si>
   <x:si>
     <x:t>69,160</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2554</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
-    <x:t>1.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.73</x:t>
   </x:si>
   <x:si>
     <x:t>52,572</x:t>
   </x:si>
   <x:si>
     <x:t>-1.53</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8271</x:t>
   </x:si>
   <x:si>
     <x:t>33.58</x:t>
   </x:si>
   <x:si>
     <x:t>62,517</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7329</x:t>
@@ -2707,92 +2923,86 @@
   <x:si>
     <x:t>32.60</x:t>
   </x:si>
   <x:si>
     <x:t>180,777</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.3946</x:t>
   </x:si>
   <x:si>
     <x:t>33.64</x:t>
   </x:si>
   <x:si>
     <x:t>47,372</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9365</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.12</x:t>
   </x:si>
   <x:si>
     <x:t>49,847</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1169</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>4.68</x:t>
   </x:si>
   <x:si>
     <x:t>34.13</x:t>
   </x:si>
   <x:si>
     <x:t>129,918</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5908</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.20</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>2.24</x:t>
   </x:si>
   <x:si>
     <x:t>145,143</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.8781</x:t>
   </x:si>
   <x:si>
     <x:t>-2.81</x:t>
   </x:si>
   <x:si>
     <x:t>32.75</x:t>
   </x:si>
   <x:si>
     <x:t>55,881</x:t>
@@ -2827,53 +3037,50 @@
   <x:si>
     <x:t>28,550</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5801</x:t>
   </x:si>
   <x:si>
     <x:t>32.87</x:t>
   </x:si>
   <x:si>
     <x:t>45,457</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9524</x:t>
   </x:si>
   <x:si>
     <x:t>103,518</x:t>
   </x:si>
   <x:si>
-    <x:t>1.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.2973</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>34.11</x:t>
   </x:si>
   <x:si>
     <x:t>81,927</x:t>
   </x:si>
   <x:si>
     <x:t>2.44</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9039</x:t>
   </x:si>
   <x:si>
     <x:t>-1.93</x:t>
@@ -3067,53 +3274,50 @@
   <x:si>
     <x:t>1.72</x:t>
   </x:si>
   <x:si>
     <x:t>5.67</x:t>
   </x:si>
   <x:si>
     <x:t>31.19</x:t>
   </x:si>
   <x:si>
     <x:t>94,750</x:t>
   </x:si>
   <x:si>
     <x:t>-0.88</x:t>
   </x:si>
   <x:si>
     <x:t>-2.74</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.3467</x:t>
   </x:si>
   <x:si>
-    <x:t>0.68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.28</x:t>
   </x:si>
   <x:si>
     <x:t>30.21</x:t>
   </x:si>
   <x:si>
     <x:t>52,233</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.6703</x:t>
   </x:si>
   <x:si>
     <x:t>29.74</x:t>
   </x:si>
   <x:si>
     <x:t>29,381</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.6670</x:t>
@@ -3505,53 +3709,50 @@
   <x:si>
     <x:t>28/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0109</x:t>
   </x:si>
   <x:si>
     <x:t>-3.89</x:t>
   </x:si>
   <x:si>
     <x:t>27.85</x:t>
   </x:si>
   <x:si>
     <x:t>38,771</x:t>
   </x:si>
   <x:si>
     <x:t>3.11</x:t>
   </x:si>
   <x:si>
     <x:t>27/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1054</x:t>
   </x:si>
   <x:si>
-    <x:t>0.97</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28.23</x:t>
   </x:si>
   <x:si>
     <x:t>43,415</x:t>
   </x:si>
   <x:si>
     <x:t>26/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>28.17</x:t>
   </x:si>
   <x:si>
     <x:t>91,004</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.3554</x:t>
   </x:si>
   <x:si>
     <x:t>27.98</x:t>
@@ -3808,53 +4009,50 @@
   <x:si>
     <x:t>27.9775</x:t>
   </x:si>
   <x:si>
     <x:t>1.76</x:t>
   </x:si>
   <x:si>
     <x:t>30.62</x:t>
   </x:si>
   <x:si>
     <x:t>332,352</x:t>
   </x:si>
   <x:si>
     <x:t>2.64</x:t>
   </x:si>
   <x:si>
     <x:t>9.45</x:t>
   </x:si>
   <x:si>
     <x:t>28/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.4935</x:t>
   </x:si>
   <x:si>
-    <x:t>1.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26.15</x:t>
   </x:si>
   <x:si>
     <x:t>272,922</x:t>
   </x:si>
   <x:si>
     <x:t>-1.34</x:t>
   </x:si>
   <x:si>
     <x:t>-4.89</x:t>
   </x:si>
   <x:si>
     <x:t>27/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0656</x:t>
   </x:si>
   <x:si>
     <x:t>263,995</x:t>
   </x:si>
   <x:si>
     <x:t>26/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.9278</x:t>
@@ -4060,53 +4258,50 @@
   <x:si>
     <x:t>101,991</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4990</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
     <x:t>112,787</x:t>
   </x:si>
   <x:si>
     <x:t>1.69</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.0074</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-4.14</x:t>
   </x:si>
   <x:si>
     <x:t>32.88</x:t>
   </x:si>
   <x:si>
     <x:t>96,375</x:t>
   </x:si>
   <x:si>
     <x:t>2.73</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.3907</x:t>
   </x:si>
   <x:si>
     <x:t>30.85</x:t>
   </x:si>
   <x:si>
     <x:t>353,922</x:t>
   </x:si>
   <x:si>
     <x:t>-2.54</x:t>
@@ -4126,53 +4321,50 @@
   <x:si>
     <x:t>34.01</x:t>
   </x:si>
   <x:si>
     <x:t>79,917</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4519</x:t>
   </x:si>
   <x:si>
     <x:t>1.64</x:t>
   </x:si>
   <x:si>
     <x:t>100,393</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8960</x:t>
   </x:si>
   <x:si>
-    <x:t>0.79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.33</x:t>
   </x:si>
   <x:si>
     <x:t>71,076</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1081</x:t>
   </x:si>
   <x:si>
     <x:t>33.53</x:t>
   </x:si>
   <x:si>
     <x:t>139,149</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8758</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2025</x:t>
@@ -4246,53 +4438,50 @@
   <x:si>
     <x:t>174,089</x:t>
   </x:si>
   <x:si>
     <x:t>-3.28</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.8675</x:t>
   </x:si>
   <x:si>
     <x:t>32.71</x:t>
   </x:si>
   <x:si>
     <x:t>159,157</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.6235</x:t>
   </x:si>
   <x:si>
-    <x:t>0.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.00</x:t>
   </x:si>
   <x:si>
     <x:t>31.93</x:t>
   </x:si>
   <x:si>
     <x:t>96,026</x:t>
   </x:si>
   <x:si>
     <x:t>-2.13</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.6741</x:t>
   </x:si>
   <x:si>
     <x:t>3.83</x:t>
   </x:si>
   <x:si>
     <x:t>31.45</x:t>
   </x:si>
   <x:si>
     <x:t>90,681</x:t>
@@ -4318,53 +4507,50 @@
   <x:si>
     <x:t>31.3806</x:t>
   </x:si>
   <x:si>
     <x:t>1.82</x:t>
   </x:si>
   <x:si>
     <x:t>30.84</x:t>
   </x:si>
   <x:si>
     <x:t>130,954</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.8190</x:t>
   </x:si>
   <x:si>
     <x:t>31.03</x:t>
   </x:si>
   <x:si>
     <x:t>112,580</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.7277</x:t>
   </x:si>
   <x:si>
     <x:t>-2.18</x:t>
   </x:si>
   <x:si>
     <x:t>31.52</x:t>
   </x:si>
   <x:si>
     <x:t>165,217</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4124</x:t>
   </x:si>
   <x:si>
     <x:t>-1.82</x:t>
   </x:si>
   <x:si>
     <x:t>-5.48</x:t>
@@ -4913,53 +5099,50 @@
     <x:t>165,516</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.4043</x:t>
   </x:si>
   <x:si>
     <x:t>2.00</x:t>
   </x:si>
   <x:si>
     <x:t>27.20</x:t>
   </x:si>
   <x:si>
     <x:t>193,806</x:t>
   </x:si>
   <x:si>
     <x:t>-4.24</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>27.8467</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3.45</x:t>
   </x:si>
   <x:si>
     <x:t>27.59</x:t>
   </x:si>
   <x:si>
     <x:t>502,211</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>26.9170</x:t>
   </x:si>
   <x:si>
     <x:t>13.55</x:t>
   </x:si>
   <x:si>
     <x:t>25.25</x:t>
   </x:si>
   <x:si>
     <x:t>290,244</x:t>
   </x:si>
   <x:si>
     <x:t>-6.19</x:t>
   </x:si>
@@ -6436,56 +6619,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6424d4cbac1749e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re46d0060f47740f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3eacfe6f3cd4465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eaa2b3339374dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2771a96c79749bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88902bdcbc4441e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H400"/>
+  <x:dimension ref="A1:H416"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -6565,167 +6748,167 @@
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
@@ -6782,10076 +6965,10492 @@
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="G13" s="4" t="s">
+      <x:c r="H13" s="4" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="D14" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
+      <x:c r="E14" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="G15" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H15" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F16" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G16" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="H16" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="G82" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>885</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>894</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>898</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>899</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>904</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>923</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>934</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>948</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>955</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>956</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="C155" s="4" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
+      <x:c r="F155" s="4" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="C155" s="4" t="s">
+      <x:c r="G155" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H155" s="4" t="s">
         <x:v>959</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
+      <x:c r="C156" s="4" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="C156" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D156" s="4" t="s">
+      <x:c r="E156" s="4" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="E156" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
+      <x:c r="F157" s="4" t="s">
         <x:v>967</x:v>
       </x:c>
-      <x:c r="C157" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="F159" s="4" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="G159" s="4" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="H159" s="4" t="s">
         <x:v>977</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
+      <x:c r="E160" s="4" t="s">
         <x:v>982</x:v>
       </x:c>
-      <x:c r="C160" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E160" s="4" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>983</x:v>
       </x:c>
-      <x:c r="F160" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E161" s="4" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="F161" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G161" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H161" s="4" t="s">
         <x:v>986</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="C163" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="F163" s="4" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="G163" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H163" s="4" t="s">
         <x:v>995</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="C164" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D164" s="4" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
+      <x:c r="E164" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="C164" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E164" s="4" t="s">
+      <x:c r="F164" s="4" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="F164" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
+      <x:c r="C165" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="C165" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E165" s="4" t="s">
+      <x:c r="F165" s="4" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="F165" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="F166" s="4" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>1016</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>1017</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>1019</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>1022</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>1023</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>1033</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1038</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>1042</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>1043</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>1047</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>1052</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>1066</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>1072</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>1074</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>1082</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="F182" s="4" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="F182" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="C183" s="4" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="D183" s="4" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
+      <x:c r="E183" s="4" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="C183" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E183" s="4" t="s">
+      <x:c r="F183" s="4" t="s">
         <x:v>1086</x:v>
       </x:c>
-      <x:c r="F183" s="4" t="s">
+      <x:c r="G183" s="4" t="s">
         <x:v>1087</x:v>
       </x:c>
-      <x:c r="G183" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="E186" s="4" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="D186" s="4" t="s">
+      <x:c r="F186" s="4" t="s">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="E186" s="4" t="s">
+      <x:c r="G186" s="4" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="H186" s="4" t="s">
         <x:v>1102</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1104</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="C187" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D187" s="4" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E187" s="4" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
+      <x:c r="F187" s="4" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="C187" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="C188" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E188" s="4" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="F188" s="4" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="G188" s="4" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
+      <x:c r="H188" s="4" t="s">
         <x:v>1112</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>1120</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>1124</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>1127</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>1128</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>1129</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>1130</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>1134</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>1135</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>1136</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>1138</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>1141</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>1142</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>1144</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>1148</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>1153</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>1158</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1159</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>1162</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>1165</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>1169</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1170</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>1173</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1174</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>1178</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>1182</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>1183</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>1186</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>1187</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>1172</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>1194</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>1195</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1196</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>1198</x:v>
+        <x:v>1178</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>1201</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1203</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>1185</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>1206</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1207</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1192</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>1210</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>1211</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1212</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>1213</x:v>
+        <x:v>1199</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>1217</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1218</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>1206</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1222</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1223</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>1212</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>1226</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1227</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1228</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>1229</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>1217</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>1234</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1235</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1236</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>1237</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>1238</x:v>
+        <x:v>1223</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>1241</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>1245</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>1246</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1247</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>1248</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>1249</x:v>
+        <x:v>1233</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>1252</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1253</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1257</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1258</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>1259</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1263</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>1266</x:v>
+        <x:v>1205</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1270</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1271</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>1272</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1276</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>1279</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1280</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>1281</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1286</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1287</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>1288</x:v>
+        <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1291</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1292</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>1019</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1296</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1299</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1300</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>1280</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1303</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1305</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1309</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>1310</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>1311</x:v>
+        <x:v>1264</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1314</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>1297</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1047</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1323</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1324</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1327</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1328</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1329</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>1043</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>1316</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>1201</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1332</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1333</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>1334</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1337</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1338</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1341</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
-        <x:v>1342</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E232" s="4" t="s">
-        <x:v>1332</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1345</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>1022</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C233" s="4" t="s">
-        <x:v>1043</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>1348</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E233" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F233" s="4" t="s">
-        <x:v>1349</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>1350</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>1353</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>1354</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>1355</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1356</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>1357</x:v>
+        <x:v>1348</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
-        <x:v>1360</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1361</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>1362</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>1363</x:v>
+        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>1366</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1367</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1368</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1371</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1372</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>1376</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1377</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>1380</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1381</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1377</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1385</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="C242" s="4" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D242" s="4" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E242" s="4" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="F242" s="4" t="s">
         <x:v>1386</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="C243" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D243" s="4" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="E243" s="4" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="F243" s="4" t="s">
         <x:v>1390</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="C244" s="4" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D244" s="4" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="E244" s="4" t="s">
         <x:v>1394</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
+      <x:c r="F244" s="4" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="C244" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>1398</x:v>
+        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="C245" s="4" t="s">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="D245" s="4" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="E245" s="4" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="F245" s="4" t="s">
         <x:v>1399</x:v>
       </x:c>
-      <x:c r="B245" s="1" t="s">
+      <x:c r="G245" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H245" s="4" t="s">
         <x:v>1400</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="C246" s="4" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D246" s="4" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E246" s="4" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="B246" s="1" t="s">
+      <x:c r="F246" s="4" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="C246" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>1408</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1411</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1412</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>1416</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1417</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1418</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>1419</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>1422</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>1423</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1424</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>1416</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>1427</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1428</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1429</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>1422</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="C251" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>1432</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E251" s="4" t="s">
-        <x:v>1433</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="F251" s="4" t="s">
-        <x:v>1434</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="G251" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="H251" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>1437</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1438</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>1022</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="C253" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>1442</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E253" s="4" t="s">
-        <x:v>1443</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F253" s="4" t="s">
-        <x:v>1444</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C254" s="4" t="s">
-        <x:v>1447</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D254" s="4" t="s">
-        <x:v>1448</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E254" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
-        <x:v>1449</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>1350</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>1450</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="C255" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D255" s="4" t="s">
-        <x:v>1453</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E255" s="4" t="s">
-        <x:v>1454</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="F255" s="4" t="s">
-        <x:v>1455</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C256" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D256" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E256" s="4" t="s">
-        <x:v>1458</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F256" s="4" t="s">
-        <x:v>1459</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>1460</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>1463</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>1464</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>1465</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1466</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>1469</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="C259" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E259" s="4" t="s">
-        <x:v>1469</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F259" s="4" t="s">
-        <x:v>1471</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
-        <x:v>1474</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
-        <x:v>1475</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="C261" s="4" t="s">
-        <x:v>1478</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="D261" s="4" t="s">
-        <x:v>1479</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E261" s="4" t="s">
-        <x:v>1480</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F261" s="4" t="s">
-        <x:v>1481</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="G261" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="H261" s="4" t="s">
-        <x:v>1482</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="C262" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="D262" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E262" s="4" t="s">
-        <x:v>1485</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="F262" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="G262" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H262" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C263" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D263" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E263" s="4" t="s">
-        <x:v>1485</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="F263" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="C264" s="4" t="s">
-        <x:v>1488</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D264" s="4" t="s">
-        <x:v>1489</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="E264" s="4" t="s">
-        <x:v>1485</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="F264" s="4" t="s">
-        <x:v>1490</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="G264" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H264" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C265" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>1493</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="E265" s="4" t="s">
-        <x:v>1494</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="F265" s="4" t="s">
-        <x:v>1495</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="G265" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H265" s="4" t="s">
-        <x:v>1496</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="C266" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D266" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E266" s="4" t="s">
-        <x:v>1499</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="F266" s="4" t="s">
-        <x:v>1500</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="G266" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="C267" s="4" t="s">
-        <x:v>1503</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D267" s="4" t="s">
-        <x:v>1504</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E267" s="4" t="s">
-        <x:v>1505</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="F267" s="4" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="G267" s="4" t="s">
-        <x:v>955</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H267" s="4" t="s">
-        <x:v>1507</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="C268" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D268" s="4" t="s">
-        <x:v>1510</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E268" s="4" t="s">
-        <x:v>1511</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="F268" s="4" t="s">
-        <x:v>1512</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="G268" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H268" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="C269" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D269" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="E269" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="F269" s="4" t="s">
-        <x:v>1516</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="G269" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H269" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="C270" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="D270" s="4" t="s">
-        <x:v>1519</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E270" s="4" t="s">
-        <x:v>1520</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F270" s="4" t="s">
-        <x:v>1521</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="G270" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="H270" s="4" t="s">
-        <x:v>1522</x:v>
+        <x:v>1512</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C271" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D271" s="4" t="s">
-        <x:v>1525</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E271" s="4" t="s">
-        <x:v>1526</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="F271" s="4" t="s">
-        <x:v>1527</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="G271" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H271" s="4" t="s">
-        <x:v>1528</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>1531</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1532</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C273" s="4" t="s">
-        <x:v>1535</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D273" s="4" t="s">
-        <x:v>1536</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E273" s="4" t="s">
-        <x:v>1537</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="F273" s="4" t="s">
-        <x:v>1538</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="G273" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="H273" s="4" t="s">
-        <x:v>1539</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C274" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D274" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E274" s="4" t="s">
-        <x:v>1542</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="F274" s="4" t="s">
-        <x:v>1543</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C275" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D275" s="4" t="s">
-        <x:v>1546</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E275" s="4" t="s">
-        <x:v>1547</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="F275" s="4" t="s">
-        <x:v>1548</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="G275" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H275" s="4" t="s">
-        <x:v>1549</x:v>
+        <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="C276" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D276" s="4" t="s">
-        <x:v>1552</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E276" s="4" t="s">
-        <x:v>1553</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="F276" s="4" t="s">
-        <x:v>1554</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="G276" s="4" t="s">
-        <x:v>1555</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H276" s="4" t="s">
-        <x:v>1556</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="C277" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="D277" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="E277" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="F277" s="4" t="s">
-        <x:v>1559</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>1560</x:v>
+        <x:v>1544</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C278" s="4" t="s">
-        <x:v>1463</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D278" s="4" t="s">
-        <x:v>1563</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E278" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F278" s="4" t="s">
-        <x:v>1564</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C279" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D279" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E279" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F279" s="4" t="s">
-        <x:v>1567</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C280" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D280" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="E280" s="4" t="s">
-        <x:v>1570</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F280" s="4" t="s">
-        <x:v>1571</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="G280" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H280" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="C281" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D281" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="E281" s="4" t="s">
-        <x:v>1574</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="F281" s="4" t="s">
-        <x:v>1575</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>1558</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>1578</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1579</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>1582</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1583</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>1584</x:v>
+        <x:v>1569</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>1587</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>1588</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
-        <x:v>1589</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>1590</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="C285" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D285" s="4" t="s">
-        <x:v>1593</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E285" s="4" t="s">
-        <x:v>1594</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="F285" s="4" t="s">
-        <x:v>1595</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="G285" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H285" s="4" t="s">
-        <x:v>1596</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="E286" s="4" t="s">
-        <x:v>1599</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="F286" s="4" t="s">
-        <x:v>1600</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="G286" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H286" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="C287" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D287" s="4" t="s">
-        <x:v>1603</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E287" s="4" t="s">
-        <x:v>1604</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="F287" s="4" t="s">
-        <x:v>1605</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G287" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H287" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="C288" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D288" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E288" s="4" t="s">
-        <x:v>1252</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="F288" s="4" t="s">
-        <x:v>1608</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="G288" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H288" s="4" t="s">
-        <x:v>1609</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="C289" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="D289" s="4" t="s">
-        <x:v>1612</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="E289" s="4" t="s">
-        <x:v>1613</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="F289" s="4" t="s">
-        <x:v>1614</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="G289" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H289" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="C290" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D290" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E290" s="4" t="s">
-        <x:v>1617</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F290" s="4" t="s">
-        <x:v>1618</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="G290" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H290" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C291" s="4" t="s">
-        <x:v>1621</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D291" s="4" t="s">
-        <x:v>1622</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="E291" s="4" t="s">
-        <x:v>1623</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="F291" s="4" t="s">
-        <x:v>1624</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="G291" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H291" s="4" t="s">
-        <x:v>1510</x:v>
+        <x:v>1611</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C292" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D292" s="4" t="s">
-        <x:v>1627</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="E292" s="4" t="s">
-        <x:v>1628</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="F292" s="4" t="s">
-        <x:v>1629</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="G292" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="H292" s="4" t="s">
-        <x:v>1023</x:v>
+        <x:v>1618</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="C293" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D293" s="4" t="s">
-        <x:v>1632</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E293" s="4" t="s">
-        <x:v>1633</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F293" s="4" t="s">
-        <x:v>1634</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="G293" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H293" s="4" t="s">
-        <x:v>1635</x:v>
+        <x:v>1622</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="C294" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D294" s="4" t="s">
-        <x:v>1638</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E294" s="4" t="s">
-        <x:v>1639</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F294" s="4" t="s">
-        <x:v>1640</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="G294" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H294" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="C295" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D295" s="4" t="s">
-        <x:v>1643</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E295" s="4" t="s">
-        <x:v>1644</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F295" s="4" t="s">
-        <x:v>1645</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="G295" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H295" s="4" t="s">
-        <x:v>1646</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="C296" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D296" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E296" s="4" t="s">
-        <x:v>1649</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="F296" s="4" t="s">
-        <x:v>1650</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="G296" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H296" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C297" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D297" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E297" s="4" t="s">
-        <x:v>1653</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="F297" s="4" t="s">
-        <x:v>1654</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="G297" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="H297" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="C298" s="4" t="s">
-        <x:v>1657</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D298" s="4" t="s">
-        <x:v>1658</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E298" s="4" t="s">
-        <x:v>1659</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="F298" s="4" t="s">
-        <x:v>1660</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="G298" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H298" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="C299" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="D299" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E299" s="4" t="s">
-        <x:v>1663</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F299" s="4" t="s">
-        <x:v>1664</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="G299" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="H299" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>1646</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="C300" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D300" s="4" t="s">
-        <x:v>1667</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="E300" s="4" t="s">
-        <x:v>1668</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="F300" s="4" t="s">
-        <x:v>1669</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="G300" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H300" s="4" t="s">
-        <x:v>1066</x:v>
+        <x:v>1652</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="C301" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D301" s="4" t="s">
-        <x:v>1672</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="E301" s="4" t="s">
-        <x:v>1673</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="F301" s="4" t="s">
-        <x:v>1674</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="G301" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H301" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>1658</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="C302" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D302" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E302" s="4" t="s">
-        <x:v>1677</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="F302" s="4" t="s">
-        <x:v>1678</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="G302" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="4" t="s">
-        <x:v>1679</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="C303" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D303" s="4" t="s">
-        <x:v>1047</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E303" s="4" t="s">
-        <x:v>1682</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="F303" s="4" t="s">
-        <x:v>1683</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="G303" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H303" s="4" t="s">
-        <x:v>1684</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C304" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D304" s="4" t="s">
-        <x:v>1687</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E304" s="4" t="s">
-        <x:v>1688</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F304" s="4" t="s">
-        <x:v>1689</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="G304" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H304" s="4" t="s">
-        <x:v>1690</x:v>
+        <x:v>1671</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="C305" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D305" s="4" t="s">
-        <x:v>1693</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E305" s="4" t="s">
-        <x:v>1694</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="F305" s="4" t="s">
-        <x:v>1695</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="G305" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H305" s="4" t="s">
-        <x:v>1696</x:v>
+        <x:v>1239</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="C306" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D306" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E306" s="4" t="s">
-        <x:v>1699</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="F306" s="4" t="s">
-        <x:v>1700</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="G306" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="C307" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="D307" s="4" t="s">
-        <x:v>1703</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="E307" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="F307" s="4" t="s">
-        <x:v>1705</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="G307" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H307" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>1572</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C308" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D308" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E308" s="4" t="s">
-        <x:v>1708</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="F308" s="4" t="s">
-        <x:v>1709</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="G308" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H308" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="C309" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D309" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="E309" s="4" t="s">
-        <x:v>1712</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="F309" s="4" t="s">
-        <x:v>1713</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="G309" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="H309" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>1697</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="C310" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D310" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E310" s="4" t="s">
-        <x:v>1716</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="F310" s="4" t="s">
-        <x:v>1717</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="G310" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H310" s="4" t="s">
-        <x:v>1718</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="C311" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D311" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="E311" s="4" t="s">
-        <x:v>1712</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="F311" s="4" t="s">
-        <x:v>1721</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="G311" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H311" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1707</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="C312" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D312" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E312" s="4" t="s">
-        <x:v>1724</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="F312" s="4" t="s">
-        <x:v>1725</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="G312" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H312" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="C313" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D313" s="4" t="s">
-        <x:v>1728</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E313" s="4" t="s">
-        <x:v>1729</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="F313" s="4" t="s">
-        <x:v>1730</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="G313" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H313" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="C314" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="D314" s="4" t="s">
-        <x:v>1733</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="E314" s="4" t="s">
-        <x:v>1734</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="F314" s="4" t="s">
-        <x:v>1735</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="G314" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H314" s="4" t="s">
-        <x:v>1736</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="C315" s="4" t="s">
-        <x:v>1739</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="D315" s="4" t="s">
-        <x:v>1740</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E315" s="4" t="s">
-        <x:v>1741</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="F315" s="4" t="s">
-        <x:v>1742</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="G315" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H315" s="4" t="s">
-        <x:v>1743</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C316" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D316" s="4" t="s">
-        <x:v>1746</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="E316" s="4" t="s">
-        <x:v>1747</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="F316" s="4" t="s">
-        <x:v>1748</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="G316" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H316" s="4" t="s">
-        <x:v>1749</x:v>
+        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="C317" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D317" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="E317" s="4" t="s">
-        <x:v>1752</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="F317" s="4" t="s">
-        <x:v>1753</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="G317" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H317" s="4" t="s">
-        <x:v>1754</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="C318" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D318" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E318" s="4" t="s">
-        <x:v>1757</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="F318" s="4" t="s">
-        <x:v>1758</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="G318" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H318" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="C319" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D319" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E319" s="4" t="s">
-        <x:v>1761</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="F319" s="4" t="s">
-        <x:v>1762</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="G319" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H319" s="4" t="s">
-        <x:v>1763</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="C320" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D320" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E320" s="4" t="s">
-        <x:v>1761</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F320" s="4" t="s">
-        <x:v>1766</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="G320" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H320" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>1751</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="C321" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D321" s="4" t="s">
-        <x:v>1769</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="E321" s="4" t="s">
-        <x:v>1770</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="F321" s="4" t="s">
-        <x:v>1771</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="G321" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H321" s="4" t="s">
-        <x:v>1772</x:v>
+        <x:v>1757</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="C322" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D322" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E322" s="4" t="s">
-        <x:v>1775</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="F322" s="4" t="s">
-        <x:v>1776</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="G322" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H322" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="C323" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D323" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E323" s="4" t="s">
-        <x:v>1779</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="F323" s="4" t="s">
-        <x:v>1780</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="G323" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H323" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="C324" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D324" s="4" t="s">
-        <x:v>1783</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E324" s="4" t="s">
-        <x:v>1784</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="F324" s="4" t="s">
-        <x:v>1785</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="G324" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="H324" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="C325" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D325" s="4" t="s">
-        <x:v>1230</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E325" s="4" t="s">
-        <x:v>1788</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="F325" s="4" t="s">
-        <x:v>1789</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="G325" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H325" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="C326" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D326" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E326" s="4" t="s">
-        <x:v>1792</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="F326" s="4" t="s">
-        <x:v>1793</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="G326" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H326" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>1779</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="C327" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D327" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E327" s="4" t="s">
-        <x:v>1796</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="F327" s="4" t="s">
-        <x:v>1797</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="G327" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H327" s="4" t="s">
-        <x:v>1798</x:v>
+        <x:v>1143</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="C328" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D328" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E328" s="4" t="s">
-        <x:v>1801</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="F328" s="4" t="s">
-        <x:v>1802</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="G328" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H328" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C329" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="D329" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E329" s="4" t="s">
-        <x:v>1805</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="F329" s="4" t="s">
-        <x:v>1806</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="G329" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H329" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>1205</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="C330" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D330" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E330" s="4" t="s">
-        <x:v>1809</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="F330" s="4" t="s">
-        <x:v>1810</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="G330" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H330" s="4" t="s">
-        <x:v>1463</x:v>
+        <x:v>1797</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="C331" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="D331" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="E331" s="4" t="s">
-        <x:v>1813</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="F331" s="4" t="s">
-        <x:v>1814</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="G331" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H331" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>1804</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="C332" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D332" s="4" t="s">
-        <x:v>1817</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="E332" s="4" t="s">
-        <x:v>1818</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="F332" s="4" t="s">
-        <x:v>1819</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="G332" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H332" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>1810</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="C333" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D333" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E333" s="4" t="s">
-        <x:v>1822</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="F333" s="4" t="s">
-        <x:v>1823</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="G333" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H333" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>1815</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="C334" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D334" s="4" t="s">
-        <x:v>1826</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E334" s="4" t="s">
-        <x:v>1827</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="F334" s="4" t="s">
-        <x:v>1828</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="G334" s="4" t="s">
-        <x:v>1043</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H334" s="4" t="s">
-        <x:v>1829</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="C335" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D335" s="4" t="s">
-        <x:v>1832</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E335" s="4" t="s">
-        <x:v>1833</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="F335" s="4" t="s">
-        <x:v>1834</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="G335" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H335" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>1824</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C336" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D336" s="4" t="s">
-        <x:v>1679</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E336" s="4" t="s">
-        <x:v>1837</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="F336" s="4" t="s">
-        <x:v>1838</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="G336" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H336" s="4" t="s">
-        <x:v>1839</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1840</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="C337" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D337" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E337" s="4" t="s">
-        <x:v>1827</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="F337" s="4" t="s">
-        <x:v>1842</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="G337" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H337" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>1833</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="C338" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D338" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E338" s="4" t="s">
-        <x:v>1845</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="F338" s="4" t="s">
-        <x:v>1846</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="G338" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H338" s="4" t="s">
-        <x:v>1847</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="C339" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D339" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E339" s="4" t="s">
-        <x:v>1850</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="F339" s="4" t="s">
-        <x:v>1851</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="G339" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H339" s="4" t="s">
-        <x:v>1852</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="C340" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D340" s="4" t="s">
-        <x:v>1855</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="E340" s="4" t="s">
-        <x:v>1856</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="F340" s="4" t="s">
-        <x:v>1857</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="G340" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H340" s="4" t="s">
-        <x:v>1858</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="C341" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D341" s="4" t="s">
-        <x:v>1861</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E341" s="4" t="s">
-        <x:v>1862</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="F341" s="4" t="s">
-        <x:v>1863</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="G341" s="4" t="s">
-        <x:v>1864</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H341" s="4" t="s">
-        <x:v>1238</x:v>
+        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="C342" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D342" s="4" t="s">
-        <x:v>1867</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E342" s="4" t="s">
-        <x:v>1868</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="F342" s="4" t="s">
-        <x:v>1869</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="G342" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H342" s="4" t="s">
-        <x:v>1870</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="C343" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D343" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E343" s="4" t="s">
-        <x:v>1862</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F343" s="4" t="s">
-        <x:v>1873</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="G343" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H343" s="4" t="s">
-        <x:v>1874</x:v>
+        <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="C344" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D344" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E344" s="4" t="s">
-        <x:v>1877</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="F344" s="4" t="s">
-        <x:v>1878</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="G344" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H344" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="C345" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D345" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E345" s="4" t="s">
-        <x:v>1881</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="F345" s="4" t="s">
-        <x:v>1882</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="G345" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H345" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="C346" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D346" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E346" s="4" t="s">
-        <x:v>1885</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="F346" s="4" t="s">
-        <x:v>1886</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="G346" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H346" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>1525</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="C347" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D347" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E347" s="4" t="s">
-        <x:v>1889</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="F347" s="4" t="s">
-        <x:v>1890</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="G347" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H347" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="C348" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D348" s="4" t="s">
-        <x:v>1893</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="E348" s="4" t="s">
-        <x:v>1894</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="F348" s="4" t="s">
-        <x:v>1895</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="G348" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H348" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="C349" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D349" s="4" t="s">
-        <x:v>1898</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E349" s="4" t="s">
-        <x:v>1899</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="F349" s="4" t="s">
-        <x:v>1900</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="G349" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H349" s="4" t="s">
-        <x:v>1901</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="C350" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D350" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="E350" s="4" t="s">
-        <x:v>1904</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="F350" s="4" t="s">
-        <x:v>1905</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="G350" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H350" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>1890</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C351" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D351" s="4" t="s">
-        <x:v>1817</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="E351" s="4" t="s">
-        <x:v>1908</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="F351" s="4" t="s">
-        <x:v>1909</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="G351" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H351" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="C352" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D352" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E352" s="4" t="s">
-        <x:v>1912</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="F352" s="4" t="s">
-        <x:v>1913</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="G352" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H352" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>1900</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="C353" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D353" s="4" t="s">
-        <x:v>1916</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E353" s="4" t="s">
-        <x:v>1917</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="F353" s="4" t="s">
-        <x:v>1918</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="G353" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H353" s="4" t="s">
-        <x:v>1201</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="C354" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D354" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E354" s="4" t="s">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="F354" s="4" t="s">
+        <x:v>1907</x:v>
+      </x:c>
+      <x:c r="G354" s="4" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="H354" s="4" t="s">
         <x:v>1908</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1922</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="C355" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D355" s="4" t="s">
-        <x:v>1627</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E355" s="4" t="s">
-        <x:v>1925</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="F355" s="4" t="s">
-        <x:v>1926</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="G355" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H355" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>1913</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="C356" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D356" s="4" t="s">
-        <x:v>1929</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="E356" s="4" t="s">
-        <x:v>1930</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="F356" s="4" t="s">
-        <x:v>1931</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="G356" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H356" s="4" t="s">
-        <x:v>1460</x:v>
+        <x:v>1919</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="C357" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D357" s="4" t="s">
-        <x:v>1934</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E357" s="4" t="s">
-        <x:v>1917</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="F357" s="4" t="s">
-        <x:v>1935</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="G357" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="H357" s="4" t="s">
-        <x:v>1936</x:v>
+        <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="C358" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D358" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="E358" s="4" t="s">
-        <x:v>1939</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="F358" s="4" t="s">
-        <x:v>1940</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="G358" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H358" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>1931</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="C359" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D359" s="4" t="s">
-        <x:v>1728</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E359" s="4" t="s">
-        <x:v>1943</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="F359" s="4" t="s">
-        <x:v>1944</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="G359" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H359" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>1935</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="C360" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D360" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E360" s="4" t="s">
-        <x:v>1947</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="F360" s="4" t="s">
-        <x:v>1948</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="G360" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H360" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="C361" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D361" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E361" s="4" t="s">
-        <x:v>1951</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="F361" s="4" t="s">
-        <x:v>1952</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="G361" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H361" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="C362" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D362" s="4" t="s">
-        <x:v>1955</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E362" s="4" t="s">
-        <x:v>1956</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="F362" s="4" t="s">
-        <x:v>1957</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="G362" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H362" s="4" t="s">
-        <x:v>1958</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="C363" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D363" s="4" t="s">
-        <x:v>1961</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E363" s="4" t="s">
-        <x:v>1962</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="F363" s="4" t="s">
-        <x:v>1963</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="G363" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="C364" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D364" s="4" t="s">
-        <x:v>1966</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="E364" s="4" t="s">
-        <x:v>1837</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="F364" s="4" t="s">
-        <x:v>1967</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="G364" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H364" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1969</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="C365" s="4" t="s">
-        <x:v>1970</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D365" s="4" t="s">
-        <x:v>1971</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="E365" s="4" t="s">
-        <x:v>1972</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="F365" s="4" t="s">
-        <x:v>1973</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="G365" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H365" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>1962</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="C366" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D366" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E366" s="4" t="s">
-        <x:v>1976</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="F366" s="4" t="s">
-        <x:v>1977</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="G366" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H366" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="C367" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D367" s="4" t="s">
-        <x:v>1980</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="E367" s="4" t="s">
-        <x:v>1981</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="F367" s="4" t="s">
-        <x:v>1982</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="G367" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H367" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="C368" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D368" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E368" s="4" t="s">
-        <x:v>1985</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="F368" s="4" t="s">
-        <x:v>1986</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="G368" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H368" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1988</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="C369" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D369" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="E369" s="4" t="s">
-        <x:v>1989</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="F369" s="4" t="s">
-        <x:v>1990</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="G369" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H369" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="C370" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D370" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E370" s="4" t="s">
-        <x:v>1993</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="F370" s="4" t="s">
-        <x:v>1994</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="G370" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H370" s="4" t="s">
-        <x:v>1826</x:v>
+        <x:v>1983</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="C371" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D371" s="4" t="s">
-        <x:v>1997</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E371" s="4" t="s">
-        <x:v>1998</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="F371" s="4" t="s">
-        <x:v>1999</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="G371" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="H371" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="C372" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D372" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E372" s="4" t="s">
-        <x:v>2002</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F372" s="4" t="s">
-        <x:v>2003</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="G372" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H372" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="C373" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D373" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="E373" s="4" t="s">
-        <x:v>2006</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="F373" s="4" t="s">
-        <x:v>2007</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="G373" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H373" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>1997</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="C374" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D374" s="4" t="s">
-        <x:v>2010</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E374" s="4" t="s">
-        <x:v>2011</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="F374" s="4" t="s">
-        <x:v>2012</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="G374" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H374" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="C375" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D375" s="4" t="s">
-        <x:v>1733</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E375" s="4" t="s">
-        <x:v>2015</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="F375" s="4" t="s">
-        <x:v>2016</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="G375" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H375" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="C376" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D376" s="4" t="s">
-        <x:v>2019</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E376" s="4" t="s">
-        <x:v>2020</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F376" s="4" t="s">
-        <x:v>2021</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="G376" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H376" s="4" t="s">
-        <x:v>2022</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="C377" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D377" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E377" s="4" t="s">
-        <x:v>2025</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F377" s="4" t="s">
-        <x:v>2026</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="G377" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H377" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="C378" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="D378" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E378" s="4" t="s">
-        <x:v>2029</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F378" s="4" t="s">
-        <x:v>2030</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="G378" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H378" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>2019</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C379" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D379" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="E379" s="4" t="s">
-        <x:v>2033</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F379" s="4" t="s">
-        <x:v>2034</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="G379" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H379" s="4" t="s">
-        <x:v>2035</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C380" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D380" s="4" t="s">
-        <x:v>2038</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="E380" s="4" t="s">
-        <x:v>1796</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="F380" s="4" t="s">
-        <x:v>2039</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="G380" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H380" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C381" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="D381" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E381" s="4" t="s">
-        <x:v>2042</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="F381" s="4" t="s">
-        <x:v>2043</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="G381" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H381" s="4" t="s">
-        <x:v>2044</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="C382" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D382" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E382" s="4" t="s">
-        <x:v>2047</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="F382" s="4" t="s">
-        <x:v>2048</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="G382" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H382" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="C383" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D383" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="E383" s="4" t="s">
-        <x:v>1925</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="F383" s="4" t="s">
-        <x:v>2051</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="G383" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H383" s="4" t="s">
-        <x:v>2052</x:v>
+        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="C384" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D384" s="4" t="s">
-        <x:v>2055</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E384" s="4" t="s">
-        <x:v>2056</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="F384" s="4" t="s">
-        <x:v>2057</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="G384" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H384" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="C385" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D385" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E385" s="4" t="s">
-        <x:v>2060</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="F385" s="4" t="s">
-        <x:v>2061</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="G385" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H385" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="C386" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D386" s="4" t="s">
-        <x:v>2064</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E386" s="4" t="s">
-        <x:v>2065</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="F386" s="4" t="s">
-        <x:v>2066</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="G386" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="H386" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>1887</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="C387" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D387" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="E387" s="4" t="s">
-        <x:v>1930</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="F387" s="4" t="s">
-        <x:v>2069</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="G387" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H387" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="C388" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D388" s="4" t="s">
-        <x:v>2072</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E388" s="4" t="s">
-        <x:v>2073</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="F388" s="4" t="s">
-        <x:v>2074</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="G388" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H388" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>1264</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="C389" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D389" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E389" s="4" t="s">
-        <x:v>2077</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="F389" s="4" t="s">
-        <x:v>2078</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="G389" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H389" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="C390" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D390" s="4" t="s">
-        <x:v>2081</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="E390" s="4" t="s">
-        <x:v>2082</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="F390" s="4" t="s">
-        <x:v>2083</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="G390" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H390" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="C391" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D391" s="4" t="s">
-        <x:v>2086</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E391" s="4" t="s">
-        <x:v>2087</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="F391" s="4" t="s">
-        <x:v>2088</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="G391" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H391" s="4" t="s">
-        <x:v>2089</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="C392" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D392" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="E392" s="4" t="s">
-        <x:v>2092</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="F392" s="4" t="s">
-        <x:v>2093</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="G392" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H392" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>2083</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="C393" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D393" s="4" t="s">
-        <x:v>1736</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E393" s="4" t="s">
-        <x:v>2096</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="F393" s="4" t="s">
-        <x:v>2097</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="G393" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H393" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="C394" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D394" s="4" t="s">
-        <x:v>2100</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E394" s="4" t="s">
-        <x:v>2101</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="F394" s="4" t="s">
-        <x:v>2102</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G394" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H394" s="4" t="s">
-        <x:v>1672</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
-        <x:v>2103</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>2104</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="C395" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D395" s="4" t="s">
-        <x:v>2105</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E395" s="4" t="s">
-        <x:v>2106</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="F395" s="4" t="s">
-        <x:v>2107</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="G395" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H395" s="4" t="s">
-        <x:v>2108</x:v>
+        <x:v>2096</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
-        <x:v>2109</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>2110</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="C396" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D396" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E396" s="4" t="s">
-        <x:v>2111</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F396" s="4" t="s">
-        <x:v>2112</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="G396" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="H396" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
-        <x:v>2113</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>2114</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="C397" s="4" t="s">
-        <x:v>1439</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D397" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E397" s="4" t="s">
-        <x:v>2115</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="F397" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="G397" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H397" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>2105</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
-        <x:v>2116</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>2117</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="C398" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D398" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E398" s="4" t="s">
-        <x:v>2118</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F398" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="G398" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H398" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="B399" s="1" t="s">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="C399" s="4" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="D399" s="4" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E399" s="4" t="s">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="F399" s="4" t="s">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="G399" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H399" s="4" t="s">
+        <x:v>2113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A400" s="1" t="s">
+        <x:v>2114</x:v>
+      </x:c>
+      <x:c r="B400" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="C400" s="4" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="D400" s="4" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="E400" s="4" t="s">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="F400" s="4" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="G400" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H400" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A401" s="1" t="s">
         <x:v>2119</x:v>
       </x:c>
-      <x:c r="B399" s="1" t="s">
+      <x:c r="B401" s="1" t="s">
         <x:v>2120</x:v>
       </x:c>
-      <x:c r="C399" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E399" s="4" t="s">
+      <x:c r="C401" s="4" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="D401" s="4" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E401" s="4" t="s">
         <x:v>2121</x:v>
       </x:c>
-      <x:c r="F399" s="4" t="s">
+      <x:c r="F401" s="4" t="s">
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="G401" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H401" s="4" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A402" s="1" t="s">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="B402" s="1" t="s">
+        <x:v>2124</x:v>
+      </x:c>
+      <x:c r="C402" s="4" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D402" s="4" t="s">
+        <x:v>2125</x:v>
+      </x:c>
+      <x:c r="E402" s="4" t="s">
+        <x:v>2126</x:v>
+      </x:c>
+      <x:c r="F402" s="4" t="s">
+        <x:v>2127</x:v>
+      </x:c>
+      <x:c r="G402" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="H402" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A403" s="1" t="s">
+        <x:v>2128</x:v>
+      </x:c>
+      <x:c r="B403" s="1" t="s">
+        <x:v>2129</x:v>
+      </x:c>
+      <x:c r="C403" s="4" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D403" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E403" s="4" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="F403" s="4" t="s">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="G403" s="4" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H403" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A404" s="1" t="s">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="B404" s="1" t="s">
+        <x:v>2132</x:v>
+      </x:c>
+      <x:c r="C404" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D404" s="4" t="s">
+        <x:v>2133</x:v>
+      </x:c>
+      <x:c r="E404" s="4" t="s">
+        <x:v>2134</x:v>
+      </x:c>
+      <x:c r="F404" s="4" t="s">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="G404" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H404" s="4" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A405" s="1" t="s">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="B405" s="1" t="s">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="C405" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D405" s="4" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="E405" s="4" t="s">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="F405" s="4" t="s">
+        <x:v>2139</x:v>
+      </x:c>
+      <x:c r="G405" s="4" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="H405" s="4" t="s">
+        <x:v>511</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A406" s="1" t="s">
+        <x:v>2140</x:v>
+      </x:c>
+      <x:c r="B406" s="1" t="s">
+        <x:v>2141</x:v>
+      </x:c>
+      <x:c r="C406" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D406" s="4" t="s">
+        <x:v>2142</x:v>
+      </x:c>
+      <x:c r="E406" s="4" t="s">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="F406" s="4" t="s">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="G406" s="4" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="H406" s="4" t="s">
+        <x:v>420</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A407" s="1" t="s">
+        <x:v>2145</x:v>
+      </x:c>
+      <x:c r="B407" s="1" t="s">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="C407" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D407" s="4" t="s">
+        <x:v>2147</x:v>
+      </x:c>
+      <x:c r="E407" s="4" t="s">
+        <x:v>2148</x:v>
+      </x:c>
+      <x:c r="F407" s="4" t="s">
+        <x:v>2149</x:v>
+      </x:c>
+      <x:c r="G407" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H407" s="4" t="s">
+        <x:v>2150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A408" s="1" t="s">
+        <x:v>2151</x:v>
+      </x:c>
+      <x:c r="B408" s="1" t="s">
+        <x:v>2152</x:v>
+      </x:c>
+      <x:c r="C408" s="4" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="D408" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E408" s="4" t="s">
+        <x:v>2153</x:v>
+      </x:c>
+      <x:c r="F408" s="4" t="s">
+        <x:v>2154</x:v>
+      </x:c>
+      <x:c r="G408" s="4" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="H408" s="4" t="s">
+        <x:v>566</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="409" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A409" s="1" t="s">
+        <x:v>2155</x:v>
+      </x:c>
+      <x:c r="B409" s="1" t="s">
+        <x:v>2156</x:v>
+      </x:c>
+      <x:c r="C409" s="4" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D409" s="4" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="E409" s="4" t="s">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="F409" s="4" t="s">
+        <x:v>2158</x:v>
+      </x:c>
+      <x:c r="G409" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H409" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="410" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A410" s="1" t="s">
+        <x:v>2159</x:v>
+      </x:c>
+      <x:c r="B410" s="1" t="s">
+        <x:v>2160</x:v>
+      </x:c>
+      <x:c r="C410" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D410" s="4" t="s">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="E410" s="4" t="s">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="F410" s="4" t="s">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="G410" s="4" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H410" s="4" t="s">
+        <x:v>1733</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="411" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A411" s="1" t="s">
+        <x:v>2164</x:v>
+      </x:c>
+      <x:c r="B411" s="1" t="s">
+        <x:v>2165</x:v>
+      </x:c>
+      <x:c r="C411" s="4" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="D411" s="4" t="s">
+        <x:v>2166</x:v>
+      </x:c>
+      <x:c r="E411" s="4" t="s">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="F411" s="4" t="s">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="G411" s="4" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="H411" s="4" t="s">
+        <x:v>2169</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="412" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A412" s="1" t="s">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="B412" s="1" t="s">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="C412" s="4" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="D412" s="4" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="E412" s="4" t="s">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="F412" s="4" t="s">
+        <x:v>2173</x:v>
+      </x:c>
+      <x:c r="G412" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H412" s="4" t="s">
+        <x:v>654</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="413" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A413" s="1" t="s">
+        <x:v>2174</x:v>
+      </x:c>
+      <x:c r="B413" s="1" t="s">
+        <x:v>2175</x:v>
+      </x:c>
+      <x:c r="C413" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D413" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E413" s="4" t="s">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="F413" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G399" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>299</x:v>
+      <x:c r="G413" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H413" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="414" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A414" s="1" t="s">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="B414" s="1" t="s">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="C414" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D414" s="4" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="E414" s="4" t="s">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="F414" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G414" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H414" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="415" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A415" s="1" t="s">
+        <x:v>2180</x:v>
+      </x:c>
+      <x:c r="B415" s="1" t="s">
+        <x:v>2181</x:v>
+      </x:c>
+      <x:c r="C415" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D415" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E415" s="4" t="s">
+        <x:v>2182</x:v>
+      </x:c>
+      <x:c r="F415" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G415" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H415" s="4" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>