--- v3 (2026-01-16)
+++ v4 (2026-02-20)
@@ -1,242 +1,752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86c1e9b720f4f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4315f64a1fd94720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20260115" sheetId="1" r:id="R88902bdcbc4441e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20260219" sheetId="1" r:id="R4872f6931d144874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3320" uniqueCount="2183">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3520" uniqueCount="2294">
   <x:si>
     <x:t>Bitcoin ETF - VBTC</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>853,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-12.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-6.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>252,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.3189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-6.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.6770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.6213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.2676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.8593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.8721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-6.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.6121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.7437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,223</x:t>
+  </x:si>
+  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>28.7773</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29.17</x:t>
   </x:si>
   <x:si>
     <x:t>98,875</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
-    <x:t>1.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>29.5031</x:t>
   </x:si>
   <x:si>
-    <x:t>0.97</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.38</x:t>
   </x:si>
   <x:si>
     <x:t>28.80</x:t>
   </x:si>
   <x:si>
     <x:t>77,334</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>-2.38</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>28.5372</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>3.45</x:t>
   </x:si>
   <x:si>
     <x:t>27.54</x:t>
   </x:si>
   <x:si>
     <x:t>73,394</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>-3.49</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.5865</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
-    <x:t>1.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27.78</x:t>
   </x:si>
   <x:si>
     <x:t>65,697</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.2886</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
-    <x:t>27.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17,167</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.3688</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>27.45</x:t>
   </x:si>
   <x:si>
     <x:t>37,346</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.3581</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>27.75</x:t>
   </x:si>
   <x:si>
     <x:t>104,151</x:t>
   </x:si>
   <x:si>
-    <x:t>1.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.7423</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>-2.33</x:t>
   </x:si>
   <x:si>
     <x:t>28.18</x:t>
   </x:si>
   <x:si>
     <x:t>84,102</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>1.58</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
@@ -271,158 +781,131 @@
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>26.73</x:t>
   </x:si>
   <x:si>
     <x:t>158,624</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>-1.48</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>26.4560</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>26.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.38</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>31,092</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.5855</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>26.30</x:t>
   </x:si>
   <x:si>
     <x:t>48,812</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.3566</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>27.15</x:t>
   </x:si>
   <x:si>
     <x:t>98,155</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>3.01</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.4030</x:t>
   </x:si>
   <x:si>
     <x:t>26.27</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>56,194</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.4945</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.04</x:t>
   </x:si>
   <x:si>
     <x:t>26.68</x:t>
   </x:si>
   <x:si>
     <x:t>54,283</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.7728</x:t>
   </x:si>
   <x:si>
     <x:t>-0.48</x:t>
   </x:si>
   <x:si>
     <x:t>27.16</x:t>
   </x:si>
   <x:si>
     <x:t>61,973</x:t>
   </x:si>
   <x:si>
     <x:t>1.45</x:t>
@@ -457,53 +940,50 @@
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.29</x:t>
   </x:si>
   <x:si>
     <x:t>26.53</x:t>
   </x:si>
   <x:si>
     <x:t>63,062</x:t>
   </x:si>
   <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>2.11</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.3203</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>26.55</x:t>
   </x:si>
   <x:si>
     <x:t>84,586</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.7081</x:t>
   </x:si>
   <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>26.24</x:t>
   </x:si>
   <x:si>
     <x:t>139,437</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
@@ -532,86 +1012,74 @@
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>4.53</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.4086</x:t>
   </x:si>
   <x:si>
     <x:t>-1.16</x:t>
   </x:si>
   <x:si>
     <x:t>28.05</x:t>
   </x:si>
   <x:si>
     <x:t>40,977</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
-    <x:t>2.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.7289</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.57</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>27.56</x:t>
   </x:si>
   <x:si>
     <x:t>47,867</x:t>
   </x:si>
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.2953</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>28.25</x:t>
   </x:si>
   <x:si>
     <x:t>30,368</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.4121</x:t>
   </x:si>
   <x:si>
     <x:t>0.76</x:t>
   </x:si>
   <x:si>
     <x:t>2.75</x:t>
   </x:si>
   <x:si>
     <x:t>47,225</x:t>
@@ -676,53 +1144,50 @@
   <x:si>
     <x:t>28.51</x:t>
   </x:si>
   <x:si>
     <x:t>251,195</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5318</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>192,828</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1302</x:t>
   </x:si>
   <x:si>
     <x:t>1.71</x:t>
   </x:si>
   <x:si>
     <x:t>6.47</x:t>
   </x:si>
   <x:si>
     <x:t>26.88</x:t>
   </x:si>
   <x:si>
     <x:t>255,310</x:t>
   </x:si>
   <x:si>
     <x:t>-4.44</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
@@ -742,53 +1207,50 @@
   <x:si>
     <x:t>286,806</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1426</x:t>
   </x:si>
   <x:si>
     <x:t>1.10</x:t>
   </x:si>
   <x:si>
     <x:t>28.30</x:t>
   </x:si>
   <x:si>
     <x:t>75,185</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8367</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>28.28</x:t>
   </x:si>
   <x:si>
     <x:t>145,958</x:t>
   </x:si>
   <x:si>
     <x:t>1.59</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8918</x:t>
@@ -865,65 +1327,59 @@
   <x:si>
     <x:t>26.3166</x:t>
   </x:si>
   <x:si>
     <x:t>-0.85</x:t>
   </x:si>
   <x:si>
     <x:t>-3.12</x:t>
   </x:si>
   <x:si>
     <x:t>27.02</x:t>
   </x:si>
   <x:si>
     <x:t>242,035</x:t>
   </x:si>
   <x:si>
     <x:t>2.67</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.1652</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.45</x:t>
   </x:si>
   <x:si>
     <x:t>29.00</x:t>
   </x:si>
   <x:si>
     <x:t>159,878</x:t>
   </x:si>
   <x:si>
-    <x:t>1.83</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6.75</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8468</x:t>
   </x:si>
   <x:si>
     <x:t>-3.59</x:t>
   </x:si>
   <x:si>
     <x:t>28.50</x:t>
   </x:si>
   <x:si>
     <x:t>122,323</x:t>
   </x:si>
   <x:si>
     <x:t>2.35</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.8847</x:t>
@@ -1045,173 +1501,158 @@
   <x:si>
     <x:t>32.8207</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.92</x:t>
   </x:si>
   <x:si>
     <x:t>32.97</x:t>
   </x:si>
   <x:si>
     <x:t>140,943</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.2015</x:t>
   </x:si>
   <x:si>
-    <x:t>0.63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.99</x:t>
   </x:si>
   <x:si>
     <x:t>31.98</x:t>
   </x:si>
   <x:si>
     <x:t>99,425</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.5734</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.29</x:t>
   </x:si>
   <x:si>
     <x:t>66,941</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.3708</x:t>
   </x:si>
   <x:si>
-    <x:t>1.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.35</x:t>
   </x:si>
   <x:si>
     <x:t>31.80</x:t>
   </x:si>
   <x:si>
     <x:t>230,711</x:t>
   </x:si>
   <x:si>
     <x:t>-1.76</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.3209</x:t>
   </x:si>
   <x:si>
     <x:t>-1.70</x:t>
   </x:si>
   <x:si>
     <x:t>-5.16</x:t>
   </x:si>
   <x:si>
     <x:t>33.06</x:t>
   </x:si>
   <x:si>
     <x:t>82,340</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>5.55</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.0241</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.89</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.61</x:t>
   </x:si>
   <x:si>
     <x:t>33.40</x:t>
   </x:si>
   <x:si>
     <x:t>88,972</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9103</x:t>
   </x:si>
   <x:si>
     <x:t>2.79</x:t>
   </x:si>
   <x:si>
     <x:t>33.91</x:t>
   </x:si>
   <x:si>
     <x:t>95,969</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9905</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>-3.32</x:t>
   </x:si>
   <x:si>
     <x:t>33.37</x:t>
   </x:si>
   <x:si>
     <x:t>206,995</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1230</x:t>
@@ -1225,89 +1666,83 @@
   <x:si>
     <x:t>96,359</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.0877</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>35.18</x:t>
   </x:si>
   <x:si>
     <x:t>70,731</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5082</x:t>
   </x:si>
   <x:si>
     <x:t>3.16</x:t>
   </x:si>
   <x:si>
     <x:t>35.78</x:t>
   </x:si>
   <x:si>
     <x:t>115,344</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4216</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>34.70</x:t>
   </x:si>
   <x:si>
     <x:t>124,316</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3192</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>33.95</x:t>
   </x:si>
   <x:si>
     <x:t>51,449</x:t>
   </x:si>
   <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
@@ -1372,53 +1807,50 @@
   <x:si>
     <x:t>168,718</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.56</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>34.08</x:t>
   </x:si>
   <x:si>
     <x:t>177,975</x:t>
   </x:si>
   <x:si>
-    <x:t>0.88</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.66</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7575</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>-2.50</x:t>
   </x:si>
   <x:si>
     <x:t>34.63</x:t>
   </x:si>
   <x:si>
     <x:t>103,244</x:t>
   </x:si>
   <x:si>
     <x:t>2.58</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
@@ -1429,71 +1861,65 @@
   <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>34.99</x:t>
   </x:si>
   <x:si>
     <x:t>103,787</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2840</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.74</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>35.42</x:t>
   </x:si>
   <x:si>
     <x:t>98,418</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9095</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>35.62</x:t>
   </x:si>
   <x:si>
     <x:t>212,311</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4427</x:t>
   </x:si>
   <x:si>
     <x:t>-2.53</x:t>
   </x:si>
   <x:si>
     <x:t>37.46</x:t>
   </x:si>
   <x:si>
     <x:t>40,840</x:t>
@@ -1630,53 +2056,50 @@
   <x:si>
     <x:t>3.06</x:t>
   </x:si>
   <x:si>
     <x:t>35.19</x:t>
   </x:si>
   <x:si>
     <x:t>33,140</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9014</x:t>
   </x:si>
   <x:si>
     <x:t>34.96</x:t>
   </x:si>
   <x:si>
     <x:t>54,978</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.1226</x:t>
   </x:si>
   <x:si>
     <x:t>1.32</x:t>
   </x:si>
   <x:si>
     <x:t>3.89</x:t>
   </x:si>
   <x:si>
     <x:t>34.51</x:t>
   </x:si>
   <x:si>
     <x:t>43,537</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8071</x:t>
@@ -1696,53 +2119,50 @@
   <x:si>
     <x:t>-2.72</x:t>
   </x:si>
   <x:si>
     <x:t>34.28</x:t>
   </x:si>
   <x:si>
     <x:t>80,395</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9215</x:t>
   </x:si>
   <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>34.48</x:t>
   </x:si>
   <x:si>
     <x:t>45,385</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2902</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>34.68</x:t>
   </x:si>
   <x:si>
     <x:t>58,469</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4907</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
@@ -1801,71 +2221,65 @@
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.1834</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>35.51</x:t>
   </x:si>
   <x:si>
     <x:t>77,255</x:t>
   </x:si>
   <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.3425</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>35.21</x:t>
   </x:si>
   <x:si>
     <x:t>36,956</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9981</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>35.50</x:t>
   </x:si>
   <x:si>
     <x:t>61,441</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.4975</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>46,910</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.7621</x:t>
@@ -1909,62 +2323,56 @@
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>34.33</x:t>
   </x:si>
   <x:si>
     <x:t>45,996</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4530</x:t>
   </x:si>
   <x:si>
     <x:t>34.23</x:t>
   </x:si>
   <x:si>
     <x:t>56,910</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4105</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.60</x:t>
   </x:si>
   <x:si>
     <x:t>63,577</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.1640</x:t>
   </x:si>
   <x:si>
     <x:t>34.32</x:t>
   </x:si>
   <x:si>
     <x:t>51,608</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6669</x:t>
   </x:si>
   <x:si>
     <x:t>34.42</x:t>
@@ -1990,83 +2398,74 @@
   <x:si>
     <x:t>2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.18</x:t>
   </x:si>
   <x:si>
     <x:t>55,948</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5047</x:t>
   </x:si>
   <x:si>
     <x:t>33.35</x:t>
   </x:si>
   <x:si>
     <x:t>163,997</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5614</x:t>
   </x:si>
   <x:si>
     <x:t>-1.24</x:t>
   </x:si>
   <x:si>
     <x:t>34.45</x:t>
   </x:si>
   <x:si>
     <x:t>49,556</x:t>
   </x:si>
   <x:si>
-    <x:t>0.89</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.65</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8060</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>35.15</x:t>
   </x:si>
   <x:si>
     <x:t>45,839</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8505</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>34.76</x:t>
   </x:si>
   <x:si>
     <x:t>220,898</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
@@ -2197,95 +2596,86 @@
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4677</x:t>
   </x:si>
   <x:si>
     <x:t>37.10</x:t>
   </x:si>
   <x:si>
     <x:t>145,489</x:t>
   </x:si>
   <x:si>
     <x:t>1.73</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.8685</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.99</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.62</x:t>
   </x:si>
   <x:si>
     <x:t>37.79</x:t>
   </x:si>
   <x:si>
     <x:t>163,587</x:t>
   </x:si>
   <x:si>
     <x:t>2.50</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.8597</x:t>
   </x:si>
   <x:si>
     <x:t>1.96</x:t>
   </x:si>
   <x:si>
     <x:t>36.99</x:t>
   </x:si>
   <x:si>
     <x:t>65,052</x:t>
   </x:si>
   <x:si>
     <x:t>-2.30</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1308</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>37.07</x:t>
   </x:si>
   <x:si>
     <x:t>99,683</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.1412</x:t>
   </x:si>
   <x:si>
     <x:t>2.61</x:t>
   </x:si>
   <x:si>
     <x:t>37.95</x:t>
   </x:si>
   <x:si>
     <x:t>151,485</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
@@ -2341,140 +2731,128 @@
   <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>35.90</x:t>
   </x:si>
   <x:si>
     <x:t>75,291</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0010</x:t>
   </x:si>
   <x:si>
     <x:t>126,359</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.6029</x:t>
   </x:si>
   <x:si>
     <x:t>-1.33</x:t>
   </x:si>
   <x:si>
     <x:t>-3.60</x:t>
   </x:si>
   <x:si>
     <x:t>36.42</x:t>
   </x:si>
   <x:si>
     <x:t>114,436</x:t>
   </x:si>
   <x:si>
     <x:t>2.30</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.9307</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>54,508</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6701</x:t>
   </x:si>
   <x:si>
     <x:t>36.75</x:t>
   </x:si>
   <x:si>
     <x:t>42,368</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.5731</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>36.95</x:t>
   </x:si>
   <x:si>
     <x:t>72,980</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6519</x:t>
   </x:si>
   <x:si>
     <x:t>1.67</x:t>
   </x:si>
   <x:si>
     <x:t>83,766</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0491</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>110,536</x:t>
   </x:si>
   <x:si>
     <x:t>-1.05</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6343</x:t>
   </x:si>
   <x:si>
     <x:t>36.07</x:t>
   </x:si>
   <x:si>
     <x:t>116,454</x:t>
   </x:si>
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3551</x:t>
@@ -2662,53 +3040,50 @@
   <x:si>
     <x:t>52,572</x:t>
   </x:si>
   <x:si>
     <x:t>-1.53</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8271</x:t>
   </x:si>
   <x:si>
     <x:t>33.58</x:t>
   </x:si>
   <x:si>
     <x:t>62,517</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7329</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.04</x:t>
   </x:si>
   <x:si>
     <x:t>75,877</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9774</x:t>
   </x:si>
   <x:si>
     <x:t>53,929</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.8837</x:t>
   </x:si>
   <x:si>
     <x:t>33.80</x:t>
   </x:si>
   <x:si>
     <x:t>68,063</x:t>
@@ -2788,98 +3163,92 @@
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5447</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>33.19</x:t>
   </x:si>
   <x:si>
     <x:t>44,157</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9203</x:t>
   </x:si>
   <x:si>
-    <x:t>1.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>55,402</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.3344</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>32.20</x:t>
   </x:si>
   <x:si>
     <x:t>126,995</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.4509</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>32.69</x:t>
   </x:si>
   <x:si>
     <x:t>38,956</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.5578</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.95</x:t>
   </x:si>
   <x:si>
     <x:t>38,111</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.4230</x:t>
   </x:si>
   <x:si>
     <x:t>32.91</x:t>
   </x:si>
   <x:si>
     <x:t>61,230</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
@@ -3136,53 +3505,50 @@
   <x:si>
     <x:t>1.37</x:t>
   </x:si>
   <x:si>
     <x:t>4.02</x:t>
   </x:si>
   <x:si>
     <x:t>35.01</x:t>
   </x:si>
   <x:si>
     <x:t>143,408</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9345</x:t>
   </x:si>
   <x:si>
     <x:t>87,400</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5797</x:t>
   </x:si>
   <x:si>
     <x:t>33.70</x:t>
   </x:si>
   <x:si>
     <x:t>78,165</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.0274</x:t>
   </x:si>
   <x:si>
     <x:t>32.65</x:t>
   </x:si>
   <x:si>
     <x:t>104,773</x:t>
   </x:si>
   <x:si>
     <x:t>-1.14</x:t>
@@ -3490,68 +3856,62 @@
   <x:si>
     <x:t>34,707</x:t>
   </x:si>
   <x:si>
     <x:t>15/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.8802</x:t>
   </x:si>
   <x:si>
     <x:t>27.36</x:t>
   </x:si>
   <x:si>
     <x:t>54,788</x:t>
   </x:si>
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>14/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.2434</x:t>
   </x:si>
   <x:si>
-    <x:t>0.84</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27.24</x:t>
   </x:si>
   <x:si>
     <x:t>49,898</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0156</x:t>
   </x:si>
   <x:si>
-    <x:t>1.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4.15</x:t>
   </x:si>
   <x:si>
     <x:t>26.52</x:t>
   </x:si>
   <x:si>
     <x:t>69,296</x:t>
   </x:si>
   <x:si>
     <x:t>-1.83</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.9389</x:t>
   </x:si>
   <x:si>
     <x:t>-4.51</x:t>
   </x:si>
   <x:si>
     <x:t>26.92</x:t>
   </x:si>
   <x:si>
     <x:t>58,151</x:t>
@@ -3745,53 +4105,50 @@
   <x:si>
     <x:t>28.17</x:t>
   </x:si>
   <x:si>
     <x:t>91,004</x:t>
   </x:si>
   <x:si>
     <x:t>25/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.3554</x:t>
   </x:si>
   <x:si>
     <x:t>27.98</x:t>
   </x:si>
   <x:si>
     <x:t>87,726</x:t>
   </x:si>
   <x:si>
     <x:t>24/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5228</x:t>
   </x:si>
   <x:si>
-    <x:t>5.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28.16</x:t>
   </x:si>
   <x:si>
     <x:t>55,172</x:t>
   </x:si>
   <x:si>
     <x:t>21/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.1603</x:t>
   </x:si>
   <x:si>
     <x:t>27.31</x:t>
   </x:si>
   <x:si>
     <x:t>73,042</x:t>
   </x:si>
   <x:si>
     <x:t>20/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.0806</x:t>
   </x:si>
   <x:si>
     <x:t>27.49</x:t>
@@ -3820,53 +4177,50 @@
   <x:si>
     <x:t>-2.69</x:t>
   </x:si>
   <x:si>
     <x:t>18/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.1578</x:t>
   </x:si>
   <x:si>
     <x:t>-2.59</x:t>
   </x:si>
   <x:si>
     <x:t>26.51</x:t>
   </x:si>
   <x:si>
     <x:t>48,631</x:t>
   </x:si>
   <x:si>
     <x:t>17/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.8538</x:t>
   </x:si>
   <x:si>
-    <x:t>26.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>82,708</x:t>
   </x:si>
   <x:si>
     <x:t>14/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.1615</x:t>
   </x:si>
   <x:si>
     <x:t>4.49</x:t>
   </x:si>
   <x:si>
     <x:t>26.39</x:t>
   </x:si>
   <x:si>
     <x:t>88,924</x:t>
   </x:si>
   <x:si>
     <x:t>-2.84</x:t>
   </x:si>
   <x:si>
     <x:t>13/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>25.9946</x:t>
@@ -3958,53 +4312,50 @@
   <x:si>
     <x:t>28.5313</x:t>
   </x:si>
   <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>29.53</x:t>
   </x:si>
   <x:si>
     <x:t>86,361</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.50</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.8490</x:t>
   </x:si>
   <x:si>
-    <x:t>28.82</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>92,460</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.5937</x:t>
   </x:si>
   <x:si>
     <x:t>2.20</x:t>
   </x:si>
   <x:si>
     <x:t>27.55</x:t>
   </x:si>
   <x:si>
     <x:t>148,949</x:t>
   </x:si>
   <x:si>
     <x:t>-3.65</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.9775</x:t>
@@ -4717,53 +5068,50 @@
   <x:si>
     <x:t>31.3920</x:t>
   </x:si>
   <x:si>
     <x:t>-1.69</x:t>
   </x:si>
   <x:si>
     <x:t>-5.11</x:t>
   </x:si>
   <x:si>
     <x:t>32.94</x:t>
   </x:si>
   <x:si>
     <x:t>439,132</x:t>
   </x:si>
   <x:si>
     <x:t>4.93</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>33.0833</x:t>
   </x:si>
   <x:si>
-    <x:t>-3.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33.46</x:t>
   </x:si>
   <x:si>
     <x:t>361,029</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>34.1669</x:t>
   </x:si>
   <x:si>
     <x:t>34.26</x:t>
   </x:si>
   <x:si>
     <x:t>215,898</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>33.8993</x:t>
   </x:si>
   <x:si>
     <x:t>4.36</x:t>
@@ -4939,53 +5287,50 @@
   <x:si>
     <x:t>28/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.3078</x:t>
   </x:si>
   <x:si>
     <x:t>30.04</x:t>
   </x:si>
   <x:si>
     <x:t>139,331</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>30.3224</x:t>
   </x:si>
   <x:si>
     <x:t>1.60</x:t>
   </x:si>
   <x:si>
     <x:t>154,007</x:t>
   </x:si>
   <x:si>
-    <x:t>-4.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>28.7214</x:t>
   </x:si>
   <x:si>
     <x:t>-3.22</x:t>
   </x:si>
   <x:si>
     <x:t>29.52</x:t>
   </x:si>
   <x:si>
     <x:t>191,581</x:t>
   </x:si>
   <x:si>
     <x:t>2.78</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2024</x:t>
   </x:si>
   <x:si>
     <x:t>29.6765</x:t>
   </x:si>
   <x:si>
     <x:t>-4.48</x:t>
@@ -5740,53 +6085,50 @@
   <x:si>
     <x:t>17.5379</x:t>
   </x:si>
   <x:si>
     <x:t>17.18</x:t>
   </x:si>
   <x:si>
     <x:t>25,200</x:t>
   </x:si>
   <x:si>
     <x:t>-2.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.6230</x:t>
   </x:si>
   <x:si>
     <x:t>17.37</x:t>
   </x:si>
   <x:si>
     <x:t>36,126</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.3669</x:t>
   </x:si>
   <x:si>
     <x:t>6.35</x:t>
   </x:si>
   <x:si>
     <x:t>16.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,448</x:t>
   </x:si>
   <x:si>
     <x:t>-4.07</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>16.3294</x:t>
   </x:si>
   <x:si>
     <x:t>-3.79</x:t>
@@ -5806,53 +6148,50 @@
   <x:si>
     <x:t>16.9725</x:t>
   </x:si>
   <x:si>
     <x:t>-3.09</x:t>
   </x:si>
   <x:si>
     <x:t>17.34</x:t>
   </x:si>
   <x:si>
     <x:t>29,504</x:t>
   </x:si>
   <x:si>
     <x:t>2.17</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.5145</x:t>
   </x:si>
   <x:si>
     <x:t>76,629</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.5792</x:t>
   </x:si>
   <x:si>
     <x:t>17.80</x:t>
   </x:si>
   <x:si>
     <x:t>52,910</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.6496</x:t>
   </x:si>
   <x:si>
     <x:t>17.38</x:t>
   </x:si>
   <x:si>
     <x:t>49,031</x:t>
   </x:si>
   <x:si>
     <x:t>30/08/2024</x:t>
@@ -6289,53 +6628,50 @@
   <x:si>
     <x:t>17/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.5621</x:t>
   </x:si>
   <x:si>
     <x:t>19.91</x:t>
   </x:si>
   <x:si>
     <x:t>71,131</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.6268</x:t>
   </x:si>
   <x:si>
     <x:t>19.31</x:t>
   </x:si>
   <x:si>
     <x:t>149,554</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.1479</x:t>
   </x:si>
   <x:si>
     <x:t>10.14</x:t>
   </x:si>
   <x:si>
     <x:t>95,972</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17.3854</x:t>
   </x:si>
   <x:si>
     <x:t>17.19</x:t>
   </x:si>
   <x:si>
     <x:t>50,403</x:t>
   </x:si>
   <x:si>
     <x:t>-1.12</x:t>
@@ -6425,53 +6761,50 @@
     <x:t>-3.85</x:t>
   </x:si>
   <x:si>
     <x:t>18.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,759</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.9205</x:t>
   </x:si>
   <x:si>
     <x:t>19.33</x:t>
   </x:si>
   <x:si>
     <x:t>64,735</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.3656</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>5.17</x:t>
   </x:si>
   <x:si>
     <x:t>19.42</x:t>
   </x:si>
   <x:si>
     <x:t>94,287</x:t>
   </x:si>
   <x:si>
     <x:t>28/06/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.4135</x:t>
   </x:si>
   <x:si>
     <x:t>-2.25</x:t>
   </x:si>
   <x:si>
     <x:t>18.94</x:t>
   </x:si>
   <x:si>
     <x:t>47,123</x:t>
   </x:si>
   <x:si>
     <x:t>2.86</x:t>
   </x:si>
@@ -6619,56 +6952,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eaa2b3339374dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2771a96c79749bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88902bdcbc4441e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30e76f462f9449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R404acc5f093f47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4872f6931d144874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H416"/>
+  <x:dimension ref="A1:H441"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -6777,138 +7110,138 @@
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="C8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="C9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
+      <x:c r="D9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
@@ -6965,10492 +7298,11142 @@
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="s">
+      <x:c r="F41" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E41" s="4" t="s">
+      <x:c r="G41" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F41" s="4" t="s">
+      <x:c r="H41" s="4" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
+      <x:c r="F42" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H42" s="4" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F92" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="G92" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H92" s="4" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F99" s="4" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="G99" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H99" s="4" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E100" s="4" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="F100" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
+      <x:c r="G100" s="4" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H100" s="4" t="s">
         <x:v>653</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E101" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
+      <x:c r="F101" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E101" s="4" t="s">
+      <x:c r="G101" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H101" s="4" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E102" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
+      <x:c r="F102" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="s">
+      <x:c r="G102" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H102" s="4" t="s">
         <x:v>666</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E103" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="B103" s="1" t="s">
+      <x:c r="F103" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="s">
+      <x:c r="G103" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H103" s="4" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
+      <x:c r="E104" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="C104" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D104" s="4" t="s">
+      <x:c r="F104" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="E104" s="4" t="s">
+      <x:c r="G104" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="F104" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
+      <x:c r="F105" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C105" s="4" t="s">
+      <x:c r="G105" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H105" s="4" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
+      <x:c r="E106" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C106" s="4" t="s">
+      <x:c r="F106" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D106" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="G112" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H112" s="4" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="C113" s="4" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="G113" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
+      <x:c r="H113" s="4" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C114" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E114" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="F114" s="4" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="G114" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H114" s="4" t="s">
         <x:v>737</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="F135" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="C135" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="F136" s="4" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="G136" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="H136" s="4" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="F137" s="4" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="G137" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H137" s="4" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E143" s="4" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
+      <x:c r="G143" s="4" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="H143" s="4" t="s">
         <x:v>894</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
+      <x:c r="E144" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="C144" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D144" s="4" t="s">
+      <x:c r="F144" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="E144" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
+      <x:c r="F145" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="C145" s="4" t="s">
+      <x:c r="G145" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="D145" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E145" s="4" t="s">
+      <x:c r="H145" s="4" t="s">
         <x:v>906</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
+      <x:c r="C146" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="C146" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
+      <x:c r="E147" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="C147" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E147" s="4" t="s">
+      <x:c r="F147" s="4" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="F147" s="4" t="s">
+      <x:c r="G147" s="4" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="H147" s="4" t="s">
         <x:v>916</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="C149" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="C149" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D149" s="4" t="s">
+      <x:c r="F149" s="4" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="E149" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="C150" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
+      <x:c r="F150" s="4" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="C150" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="C151" s="4" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
         <x:v>931</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
+      <x:c r="E151" s="4" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="C151" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="F152" s="4" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="G152" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H152" s="4" t="s">
         <x:v>937</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="G153" s="4" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H153" s="4" t="s">
         <x:v>942</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="C155" s="4" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
+      <x:c r="G155" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H155" s="4" t="s">
         <x:v>954</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="G156" s="4" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
+      <x:c r="H156" s="4" t="s">
         <x:v>961</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
+      <x:c r="E157" s="4" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="C157" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E157" s="4" t="s">
+      <x:c r="F157" s="4" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="F157" s="4" t="s">
+      <x:c r="G157" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H157" s="4" t="s">
         <x:v>967</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
         <x:v>978</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
+      <x:c r="D160" s="4" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="C160" s="4" t="s">
+      <x:c r="E160" s="4" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="D160" s="4" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="E160" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
+      <x:c r="E161" s="4" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="C161" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>934</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>995</x:v>
+        <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>998</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>999</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>1000</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1016</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>1017</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>1020</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1021</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>1033</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>1038</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>1039</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>1052</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>1066</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>1069</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1074</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>966</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>1083</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>1084</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>1088</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>1093</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>1100</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>1096</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>1097</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1101</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>1105</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>1118</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>1120</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>1126</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>1129</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>1129</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>1134</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>1135</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1136</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>1140</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>1141</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1142</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>1144</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>1150</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>1164</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>1158</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>1159</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>1165</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>1176</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>1169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>1170</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>1175</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>1178</x:v>
+        <x:v>1164</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>1182</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1183</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>1188</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>1192</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="D206" s="4" t="s">
+      <x:c r="F206" s="4" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="E206" s="4" t="s">
+      <x:c r="G206" s="4" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="F206" s="4" t="s">
+      <x:c r="H206" s="4" t="s">
         <x:v>1198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1199</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
+      <x:c r="C207" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D207" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E207" s="4" t="s">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="F207" s="4" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="C207" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D207" s="4" t="s">
+      <x:c r="G207" s="4" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="E207" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>1206</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="C208" s="4" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="B208" s="1" t="s">
+      <x:c r="F208" s="4" t="s">
         <x:v>1208</x:v>
       </x:c>
-      <x:c r="C208" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D208" s="4" t="s">
+      <x:c r="G208" s="4" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="E208" s="4" t="s">
+      <x:c r="H208" s="4" t="s">
         <x:v>1210</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1212</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="C209" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="E209" s="4" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="C209" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D209" s="4" t="s">
+      <x:c r="F209" s="4" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="E209" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>1217</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E210" s="4" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
+      <x:c r="F210" s="4" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="C210" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>1223</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="C211" s="4" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D211" s="4" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="E211" s="4" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="G211" s="4" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="H211" s="4" t="s">
         <x:v>1224</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="C212" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
         <x:v>1228</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="E213" s="4" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="F213" s="4" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="G213" s="4" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="H213" s="4" t="s">
         <x:v>1234</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="C214" s="4" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C214" s="4" t="s">
+      <x:c r="F214" s="4" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="D214" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="E215" s="4" t="s">
         <x:v>1243</x:v>
       </x:c>
-      <x:c r="C215" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E215" s="4" t="s">
+      <x:c r="F215" s="4" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="F215" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
+      <x:c r="C216" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D216" s="4" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="E216" s="4" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="C216" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D216" s="4" t="s">
+      <x:c r="F216" s="4" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="E216" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="C217" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D217" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E217" s="4" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1254</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1257</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1258</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1261</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1263</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="E220" s="4" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="F220" s="4" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="G220" s="4" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="H220" s="4" t="s">
         <x:v>1266</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1274</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>1277</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1279</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>1280</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1283</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1284</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>1286</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1289</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1294</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>1296</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>1300</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>1301</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1302</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1303</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>1305</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1309</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>1292</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1312</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1313</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1314</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1320</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1323</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1324</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>1326</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>1329</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1330</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
-        <x:v>1331</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>1332</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>1333</x:v>
+        <x:v>1319</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E232" s="4" t="s">
-        <x:v>1336</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1337</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>1338</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>1339</x:v>
+        <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C233" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E233" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F233" s="4" t="s">
-        <x:v>1342</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>1345</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1346</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>1347</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>1348</x:v>
+        <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>1351</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
-        <x:v>1352</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1353</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>1354</x:v>
+        <x:v>1343</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1357</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1358</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1088</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>1361</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1362</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>1365</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1366</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>1369</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>1370</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1371</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>1374</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1375</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>1376</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>1377</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>1380</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1381</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>1382</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C242" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E242" s="4" t="s">
-        <x:v>1385</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="F242" s="4" t="s">
-        <x:v>1386</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E243" s="4" t="s">
-        <x:v>1389</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="F243" s="4" t="s">
-        <x:v>1390</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
-        <x:v>1393</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
-        <x:v>1394</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="F244" s="4" t="s">
-        <x:v>1395</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>998</x:v>
+        <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="C245" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D245" s="4" t="s">
-        <x:v>1268</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="E245" s="4" t="s">
-        <x:v>1398</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="F245" s="4" t="s">
-        <x:v>1399</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>1400</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C246" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E246" s="4" t="s">
-        <x:v>1403</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F246" s="4" t="s">
-        <x:v>1404</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1407</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1408</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1398</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1411</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>1414</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>1416</x:v>
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>1419</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1420</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1421</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>1422</x:v>
+        <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="C251" s="4" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="D251" s="4" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="E251" s="4" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="F251" s="4" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="G251" s="4" t="s">
+        <x:v>1422</x:v>
+      </x:c>
+      <x:c r="H251" s="4" t="s">
         <x:v>1423</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>1431</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>1432</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1433</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="C253" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D253" s="4" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="E253" s="4" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="F253" s="4" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="G253" s="4" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="H253" s="4" t="s">
         <x:v>1434</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="C254" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D254" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E254" s="4" t="s">
-        <x:v>1440</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
-        <x:v>1441</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="C255" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D255" s="4" t="s">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="E255" s="4" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="F255" s="4" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
+      <x:c r="G255" s="4" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H255" s="4" t="s">
         <x:v>1443</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="C256" s="4" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="D256" s="4" t="s">
         <x:v>1446</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
+      <x:c r="E256" s="4" t="s">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="C256" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F256" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1449</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>1456</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>1452</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1453</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="C259" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
-        <x:v>1456</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E259" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F259" s="4" t="s">
-        <x:v>1457</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>1465</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
-        <x:v>1460</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
-        <x:v>1461</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>1462</x:v>
+        <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C261" s="4" t="s">
-        <x:v>1465</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D261" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E261" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="F261" s="4" t="s">
-        <x:v>1466</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="G261" s="4" t="s">
-        <x:v>1465</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H261" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="C262" s="4" t="s">
-        <x:v>1436</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D262" s="4" t="s">
-        <x:v>1469</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E262" s="4" t="s">
-        <x:v>1470</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="F262" s="4" t="s">
-        <x:v>1471</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="G262" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H262" s="4" t="s">
-        <x:v>1472</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="C263" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D263" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E263" s="4" t="s">
-        <x:v>1475</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="F263" s="4" t="s">
-        <x:v>1476</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="C264" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D264" s="4" t="s">
-        <x:v>1479</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E264" s="4" t="s">
-        <x:v>1480</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="F264" s="4" t="s">
-        <x:v>1481</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="G264" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H264" s="4" t="s">
-        <x:v>1482</x:v>
+        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="C265" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>1485</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="E265" s="4" t="s">
-        <x:v>1486</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="F265" s="4" t="s">
-        <x:v>1487</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="G265" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="H265" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="C266" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D266" s="4" t="s">
-        <x:v>1490</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E266" s="4" t="s">
-        <x:v>1491</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="F266" s="4" t="s">
-        <x:v>1492</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="G266" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="C267" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D267" s="4" t="s">
-        <x:v>1495</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E267" s="4" t="s">
-        <x:v>1496</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="F267" s="4" t="s">
-        <x:v>1497</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="G267" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H267" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="C268" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D268" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E268" s="4" t="s">
-        <x:v>1500</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="F268" s="4" t="s">
-        <x:v>1501</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="G268" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H268" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="C269" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D269" s="4" t="s">
-        <x:v>1504</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E269" s="4" t="s">
-        <x:v>1505</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="F269" s="4" t="s">
-        <x:v>1506</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="G269" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="H269" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C270" s="4" t="s">
-        <x:v>1509</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D270" s="4" t="s">
-        <x:v>1510</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="E270" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="F270" s="4" t="s">
-        <x:v>1511</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="G270" s="4" t="s">
-        <x:v>1416</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H270" s="4" t="s">
-        <x:v>1512</x:v>
+        <x:v>1517</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="C271" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D271" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E271" s="4" t="s">
-        <x:v>1516</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="F271" s="4" t="s">
-        <x:v>1517</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="G271" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="H271" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>1520</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1521</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>1522</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="C273" s="4" t="s">
-        <x:v>1525</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D273" s="4" t="s">
-        <x:v>1526</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E273" s="4" t="s">
-        <x:v>1527</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="F273" s="4" t="s">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="G273" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H273" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="C274" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D274" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E274" s="4" t="s">
-        <x:v>1531</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F274" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>1382</x:v>
+        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="C275" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D275" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E275" s="4" t="s">
-        <x:v>1531</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="F275" s="4" t="s">
-        <x:v>1533</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G275" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H275" s="4" t="s">
-        <x:v>1382</x:v>
+        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C276" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D276" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E276" s="4" t="s">
-        <x:v>1536</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="F276" s="4" t="s">
-        <x:v>1537</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="G276" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="H276" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>1545</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="C277" s="4" t="s">
-        <x:v>1540</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D277" s="4" t="s">
-        <x:v>1541</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="E277" s="4" t="s">
-        <x:v>1542</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="F277" s="4" t="s">
-        <x:v>1543</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>1544</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="C278" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D278" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="E278" s="4" t="s">
-        <x:v>1547</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F278" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="C279" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D279" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E279" s="4" t="s">
-        <x:v>1547</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="F279" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="C280" s="4" t="s">
-        <x:v>1550</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D280" s="4" t="s">
-        <x:v>1551</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E280" s="4" t="s">
-        <x:v>1547</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="F280" s="4" t="s">
-        <x:v>1552</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="G280" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H280" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="C281" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D281" s="4" t="s">
-        <x:v>1555</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E281" s="4" t="s">
-        <x:v>1556</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F281" s="4" t="s">
-        <x:v>1557</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>1558</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>1561</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1562</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>1565</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>1566</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>1567</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1568</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>1569</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>1573</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="C285" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D285" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E285" s="4" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="F285" s="4" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="G285" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="H285" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
-        <x:v>1581</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E286" s="4" t="s">
-        <x:v>1582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F286" s="4" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="G286" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="H286" s="4" t="s">
-        <x:v>1584</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
+      <x:c r="C287" s="4" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="D287" s="4" t="s">
         <x:v>1586</x:v>
       </x:c>
-      <x:c r="C287" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D287" s="4" t="s">
+      <x:c r="E287" s="4" t="s">
         <x:v>1587</x:v>
       </x:c>
-      <x:c r="E287" s="4" t="s">
+      <x:c r="F287" s="4" t="s">
         <x:v>1588</x:v>
       </x:c>
-      <x:c r="F287" s="4" t="s">
+      <x:c r="G287" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="H287" s="4" t="s">
         <x:v>1589</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="B288" s="1" t="s">
+      <x:c r="C288" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D288" s="4" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="E288" s="4" t="s">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="C288" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E288" s="4" t="s">
+      <x:c r="F288" s="4" t="s">
         <x:v>1593</x:v>
       </x:c>
-      <x:c r="F288" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G288" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H288" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
         <x:v>1595</x:v>
       </x:c>
-      <x:c r="B289" s="1" t="s">
+      <x:c r="C289" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D289" s="4" t="s">
         <x:v>1596</x:v>
       </x:c>
-      <x:c r="C289" s="4" t="s">
+      <x:c r="E289" s="4" t="s">
         <x:v>1597</x:v>
       </x:c>
-      <x:c r="D289" s="4" t="s">
+      <x:c r="F289" s="4" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="E289" s="4" t="s">
+      <x:c r="G289" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="H289" s="4" t="s">
         <x:v>1599</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="C290" s="4" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D290" s="4" t="s">
         <x:v>1602</x:v>
       </x:c>
-      <x:c r="B290" s="1" t="s">
+      <x:c r="E290" s="4" t="s">
         <x:v>1603</x:v>
       </x:c>
-      <x:c r="C290" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E290" s="4" t="s">
+      <x:c r="F290" s="4" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="F290" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G290" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H290" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="B291" s="1" t="s">
+      <x:c r="C291" s="4" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="D291" s="4" t="s">
         <x:v>1607</x:v>
       </x:c>
-      <x:c r="C291" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D291" s="4" t="s">
+      <x:c r="E291" s="4" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="E291" s="4" t="s">
+      <x:c r="F291" s="4" t="s">
         <x:v>1609</x:v>
       </x:c>
-      <x:c r="F291" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G291" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H291" s="4" t="s">
-        <x:v>1611</x:v>
+        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="C292" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D292" s="4" t="s">
         <x:v>1612</x:v>
       </x:c>
-      <x:c r="B292" s="1" t="s">
+      <x:c r="E292" s="4" t="s">
         <x:v>1613</x:v>
       </x:c>
-      <x:c r="C292" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D292" s="4" t="s">
+      <x:c r="F292" s="4" t="s">
         <x:v>1614</x:v>
       </x:c>
-      <x:c r="E292" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G292" s="4" t="s">
-        <x:v>1617</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H292" s="4" t="s">
-        <x:v>1618</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="C293" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D293" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E293" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="F293" s="4" t="s">
-        <x:v>1621</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="G293" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H293" s="4" t="s">
-        <x:v>1622</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>1620</x:v>
+      </x:c>
+      <x:c r="C294" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D294" s="4" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+      <x:c r="E294" s="4" t="s">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="F294" s="4" t="s">
         <x:v>1623</x:v>
       </x:c>
-      <x:c r="B294" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G294" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H294" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="C295" s="4" t="s">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="D295" s="4" t="s">
         <x:v>1627</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
+      <x:c r="E295" s="4" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="F295" s="4" t="s">
         <x:v>1628</x:v>
       </x:c>
-      <x:c r="C295" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F295" s="4" t="s">
+      <x:c r="G295" s="4" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="H295" s="4" t="s">
         <x:v>1629</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="C296" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D296" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="E296" s="4" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="F296" s="4" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="G296" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H296" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="C297" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D297" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E297" s="4" t="s">
-        <x:v>1636</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="F297" s="4" t="s">
-        <x:v>1637</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="G297" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="H297" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>1639</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="C298" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="D298" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="E298" s="4" t="s">
-        <x:v>1640</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="F298" s="4" t="s">
-        <x:v>1641</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="G298" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H298" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="C299" s="4" t="s">
-        <x:v>1644</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D299" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E299" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="F299" s="4" t="s">
-        <x:v>1645</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G299" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="H299" s="4" t="s">
-        <x:v>1646</x:v>
+        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>1649</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
         <x:v>1647</x:v>
       </x:c>
-      <x:c r="B300" s="1" t="s">
+      <x:c r="C300" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D300" s="4" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="E300" s="4" t="s">
         <x:v>1648</x:v>
       </x:c>
-      <x:c r="C300" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E300" s="4" t="s">
+      <x:c r="F300" s="4" t="s">
         <x:v>1650</x:v>
       </x:c>
-      <x:c r="F300" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G300" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="H300" s="4" t="s">
-        <x:v>1652</x:v>
+        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="C301" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D301" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E301" s="4" t="s">
         <x:v>1653</x:v>
       </x:c>
-      <x:c r="B301" s="1" t="s">
+      <x:c r="F301" s="4" t="s">
         <x:v>1654</x:v>
       </x:c>
-      <x:c r="C301" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G301" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H301" s="4" t="s">
-        <x:v>1658</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="C302" s="4" t="s">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="D302" s="4" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="E302" s="4" t="s">
         <x:v>1659</x:v>
       </x:c>
-      <x:c r="B302" s="1" t="s">
+      <x:c r="F302" s="4" t="s">
         <x:v>1660</x:v>
       </x:c>
-      <x:c r="C302" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E302" s="4" t="s">
+      <x:c r="G302" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H302" s="4" t="s">
         <x:v>1661</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="B303" s="1" t="s">
         <x:v>1663</x:v>
       </x:c>
-      <x:c r="B303" s="1" t="s">
+      <x:c r="C303" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D303" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E303" s="4" t="s">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="C303" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F303" s="4" t="s">
-        <x:v>1667</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G303" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H303" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="C304" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D304" s="4" t="s">
-        <x:v>1083</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E304" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="F304" s="4" t="s">
-        <x:v>1670</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G304" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H304" s="4" t="s">
-        <x:v>1671</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="C305" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="D305" s="4" t="s">
-        <x:v>1674</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="E305" s="4" t="s">
-        <x:v>1675</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="F305" s="4" t="s">
-        <x:v>1676</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="G305" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H305" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="C306" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="D306" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="E306" s="4" t="s">
-        <x:v>1679</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="F306" s="4" t="s">
-        <x:v>1680</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="G306" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="H306" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>1675</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C307" s="4" t="s">
-        <x:v>1683</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D307" s="4" t="s">
-        <x:v>1684</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E307" s="4" t="s">
-        <x:v>1685</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="F307" s="4" t="s">
-        <x:v>1686</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="G307" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H307" s="4" t="s">
-        <x:v>1572</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C308" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="D308" s="4" t="s">
-        <x:v>1689</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="E308" s="4" t="s">
-        <x:v>1690</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="F308" s="4" t="s">
-        <x:v>1691</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="G308" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="H308" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>1686</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C309" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D309" s="4" t="s">
-        <x:v>1694</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E309" s="4" t="s">
-        <x:v>1695</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="F309" s="4" t="s">
-        <x:v>1696</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="G309" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H309" s="4" t="s">
-        <x:v>1697</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="C310" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D310" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E310" s="4" t="s">
-        <x:v>1700</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="F310" s="4" t="s">
-        <x:v>1701</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="G310" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H310" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="C311" s="4" t="s">
-        <x:v>1286</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D311" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="E311" s="4" t="s">
-        <x:v>1705</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="F311" s="4" t="s">
-        <x:v>1706</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="G311" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H311" s="4" t="s">
-        <x:v>1707</x:v>
+        <x:v>1700</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="C312" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D312" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E312" s="4" t="s">
-        <x:v>1710</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F312" s="4" t="s">
-        <x:v>1711</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="G312" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H312" s="4" t="s">
-        <x:v>998</x:v>
+        <x:v>1706</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="C313" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D313" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E313" s="4" t="s">
-        <x:v>1714</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="F313" s="4" t="s">
-        <x:v>1715</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="G313" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H313" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="C314" s="4" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="D314" s="4" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="E314" s="4" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="F314" s="4" t="s">
         <x:v>1716</x:v>
       </x:c>
-      <x:c r="B314" s="1" t="s">
+      <x:c r="G314" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="H314" s="4" t="s">
         <x:v>1717</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C315" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="D315" s="4" t="s">
-        <x:v>1220</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E315" s="4" t="s">
-        <x:v>1724</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="F315" s="4" t="s">
-        <x:v>1725</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="G315" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H315" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
+        <x:v>1722</x:v>
+      </x:c>
+      <x:c r="B316" s="1" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="C316" s="4" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="D316" s="4" t="s">
+        <x:v>1724</x:v>
+      </x:c>
+      <x:c r="E316" s="4" t="s">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="F316" s="4" t="s">
         <x:v>1726</x:v>
       </x:c>
-      <x:c r="B316" s="1" t="s">
+      <x:c r="G316" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H316" s="4" t="s">
         <x:v>1727</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="B317" s="1" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="C317" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D317" s="4" t="s">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="E317" s="4" t="s">
         <x:v>1731</x:v>
       </x:c>
-      <x:c r="B317" s="1" t="s">
+      <x:c r="F317" s="4" t="s">
         <x:v>1732</x:v>
       </x:c>
-      <x:c r="C317" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D317" s="4" t="s">
+      <x:c r="G317" s="4" t="s">
         <x:v>1733</x:v>
       </x:c>
-      <x:c r="E317" s="4" t="s">
+      <x:c r="H317" s="4" t="s">
         <x:v>1734</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
         <x:v>1736</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
+      <x:c r="C318" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D318" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E318" s="4" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="F318" s="4" t="s">
         <x:v>1737</x:v>
       </x:c>
-      <x:c r="C318" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E318" s="4" t="s">
+      <x:c r="G318" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="H318" s="4" t="s">
         <x:v>1738</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>1739</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>1740</x:v>
+      </x:c>
+      <x:c r="C319" s="4" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="D319" s="4" t="s">
         <x:v>1741</x:v>
       </x:c>
-      <x:c r="B319" s="1" t="s">
+      <x:c r="E319" s="4" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="F319" s="4" t="s">
         <x:v>1742</x:v>
       </x:c>
-      <x:c r="C319" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G319" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H319" s="4" t="s">
-        <x:v>1745</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="C320" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D320" s="4" t="s">
-        <x:v>1748</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E320" s="4" t="s">
-        <x:v>1749</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F320" s="4" t="s">
-        <x:v>1750</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="G320" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H320" s="4" t="s">
-        <x:v>1751</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="C321" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D321" s="4" t="s">
-        <x:v>1754</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E321" s="4" t="s">
-        <x:v>1755</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="F321" s="4" t="s">
-        <x:v>1756</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="G321" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H321" s="4" t="s">
-        <x:v>1757</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="C322" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D322" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E322" s="4" t="s">
-        <x:v>1760</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="F322" s="4" t="s">
-        <x:v>1761</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="G322" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H322" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="C323" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D323" s="4" t="s">
-        <x:v>1764</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E323" s="4" t="s">
-        <x:v>1765</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="F323" s="4" t="s">
-        <x:v>1766</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="G323" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H323" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="C324" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="D324" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E324" s="4" t="s">
-        <x:v>1769</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F324" s="4" t="s">
-        <x:v>1770</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="G324" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="H324" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="C325" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D325" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E325" s="4" t="s">
-        <x:v>1773</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="F325" s="4" t="s">
-        <x:v>1774</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="G325" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H325" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>1767</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="C326" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D326" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E326" s="4" t="s">
-        <x:v>1777</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="F326" s="4" t="s">
-        <x:v>1778</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="G326" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H326" s="4" t="s">
-        <x:v>1779</x:v>
+        <x:v>1773</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="C327" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D327" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E327" s="4" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="F327" s="4" t="s">
-        <x:v>1782</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="G327" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H327" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="C328" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D328" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="E328" s="4" t="s">
-        <x:v>1785</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="F328" s="4" t="s">
-        <x:v>1786</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="G328" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H328" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="C329" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D329" s="4" t="s">
-        <x:v>1789</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E329" s="4" t="s">
-        <x:v>1790</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F329" s="4" t="s">
-        <x:v>1791</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="G329" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H329" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>1786</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C330" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D330" s="4" t="s">
-        <x:v>1794</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E330" s="4" t="s">
-        <x:v>1795</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="F330" s="4" t="s">
-        <x:v>1796</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="G330" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H330" s="4" t="s">
-        <x:v>1797</x:v>
+        <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="C331" s="4" t="s">
-        <x:v>1800</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D331" s="4" t="s">
-        <x:v>1801</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E331" s="4" t="s">
-        <x:v>1802</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="F331" s="4" t="s">
-        <x:v>1803</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="G331" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H331" s="4" t="s">
-        <x:v>1804</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="C332" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="D332" s="4" t="s">
-        <x:v>1807</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="E332" s="4" t="s">
-        <x:v>1808</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="F332" s="4" t="s">
-        <x:v>1809</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="G332" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H332" s="4" t="s">
-        <x:v>1810</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="C333" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D333" s="4" t="s">
-        <x:v>1300</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="E333" s="4" t="s">
-        <x:v>1813</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="F333" s="4" t="s">
-        <x:v>1814</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="G333" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H333" s="4" t="s">
-        <x:v>1815</x:v>
+        <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="C334" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D334" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="E334" s="4" t="s">
-        <x:v>1818</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="F334" s="4" t="s">
-        <x:v>1819</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="G334" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="H334" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>1812</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="C335" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D335" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E335" s="4" t="s">
-        <x:v>1822</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="F335" s="4" t="s">
-        <x:v>1823</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="G335" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H335" s="4" t="s">
-        <x:v>1824</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="C336" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D336" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E336" s="4" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="F336" s="4" t="s">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="G336" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="H336" s="4" t="s">
         <x:v>1822</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="C337" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D337" s="4" t="s">
-        <x:v>1830</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E337" s="4" t="s">
-        <x:v>1831</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="F337" s="4" t="s">
-        <x:v>1832</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="G337" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H337" s="4" t="s">
-        <x:v>1833</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="C338" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D338" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E338" s="4" t="s">
-        <x:v>1836</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="F338" s="4" t="s">
-        <x:v>1837</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="G338" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H338" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="C339" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="D339" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="E339" s="4" t="s">
-        <x:v>1840</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="F339" s="4" t="s">
-        <x:v>1841</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="G339" s="4" t="s">
-        <x:v>944</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H339" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="C340" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D340" s="4" t="s">
-        <x:v>1844</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E340" s="4" t="s">
-        <x:v>1845</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="F340" s="4" t="s">
-        <x:v>1846</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="G340" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H340" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="C341" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D341" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="E341" s="4" t="s">
-        <x:v>1849</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="F341" s="4" t="s">
-        <x:v>1850</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="G341" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="H341" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="C342" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D342" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="E342" s="4" t="s">
-        <x:v>1853</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="F342" s="4" t="s">
-        <x:v>1854</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="G342" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H342" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="B343" s="1" t="s">
+        <x:v>1852</x:v>
+      </x:c>
+      <x:c r="C343" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D343" s="4" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E343" s="4" t="s">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="F343" s="4" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="G343" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H343" s="4" t="s">
         <x:v>1855</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="B344" s="1" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="C344" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D344" s="4" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="E344" s="4" t="s">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="F344" s="4" t="s">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="G344" s="4" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="H344" s="4" t="s">
         <x:v>1860</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="B345" s="1" t="s">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="C345" s="4" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="D345" s="4" t="s">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="E345" s="4" t="s">
         <x:v>1864</x:v>
       </x:c>
-      <x:c r="B345" s="1" t="s">
+      <x:c r="F345" s="4" t="s">
         <x:v>1865</x:v>
       </x:c>
-      <x:c r="C345" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E345" s="4" t="s">
+      <x:c r="G345" s="4" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H345" s="4" t="s">
         <x:v>1866</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="B346" s="1" t="s">
         <x:v>1868</x:v>
       </x:c>
-      <x:c r="B346" s="1" t="s">
+      <x:c r="C346" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D346" s="4" t="s">
         <x:v>1869</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="E346" s="4" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="F346" s="4" t="s">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="G346" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H346" s="4" t="s">
-        <x:v>1525</x:v>
+        <x:v>1872</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="C347" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D347" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E347" s="4" t="s">
-        <x:v>1874</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="F347" s="4" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="G347" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H347" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="C348" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D348" s="4" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="E348" s="4" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="F348" s="4" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="G348" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H348" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="C349" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D349" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E349" s="4" t="s">
-        <x:v>1883</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="F349" s="4" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="G349" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="H349" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="C350" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D350" s="4" t="s">
-        <x:v>1887</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E350" s="4" t="s">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="F350" s="4" t="s">
         <x:v>1889</x:v>
       </x:c>
       <x:c r="G350" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H350" s="4" t="s">
-        <x:v>1890</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
+        <x:v>1890</x:v>
+      </x:c>
+      <x:c r="B351" s="1" t="s">
         <x:v>1891</x:v>
       </x:c>
-      <x:c r="B351" s="1" t="s">
+      <x:c r="C351" s="4" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="D351" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="E351" s="4" t="s">
         <x:v>1892</x:v>
       </x:c>
-      <x:c r="C351" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D351" s="4" t="s">
+      <x:c r="F351" s="4" t="s">
         <x:v>1893</x:v>
       </x:c>
-      <x:c r="E351" s="4" t="s">
+      <x:c r="G351" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H351" s="4" t="s">
         <x:v>1894</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
+        <x:v>1895</x:v>
+      </x:c>
+      <x:c r="B352" s="1" t="s">
         <x:v>1896</x:v>
       </x:c>
-      <x:c r="B352" s="1" t="s">
+      <x:c r="C352" s="4" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="D352" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E352" s="4" t="s">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="F352" s="4" t="s">
         <x:v>1897</x:v>
       </x:c>
-      <x:c r="C352" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G352" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H352" s="4" t="s">
-        <x:v>1900</x:v>
+        <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="B353" s="1" t="s">
+        <x:v>1899</x:v>
+      </x:c>
+      <x:c r="C353" s="4" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D353" s="4" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="E353" s="4" t="s">
+        <x:v>1900</x:v>
+      </x:c>
+      <x:c r="F353" s="4" t="s">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="B353" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G353" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H353" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="B354" s="1" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="C354" s="4" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="D354" s="4" t="s">
         <x:v>1904</x:v>
       </x:c>
-      <x:c r="B354" s="1" t="s">
+      <x:c r="E354" s="4" t="s">
         <x:v>1905</x:v>
       </x:c>
-      <x:c r="C354" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E354" s="4" t="s">
+      <x:c r="F354" s="4" t="s">
         <x:v>1906</x:v>
       </x:c>
-      <x:c r="F354" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G354" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H354" s="4" t="s">
-        <x:v>1908</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
+        <x:v>1907</x:v>
+      </x:c>
+      <x:c r="B355" s="1" t="s">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="C355" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D355" s="4" t="s">
         <x:v>1909</x:v>
       </x:c>
-      <x:c r="B355" s="1" t="s">
+      <x:c r="E355" s="4" t="s">
         <x:v>1910</x:v>
       </x:c>
-      <x:c r="C355" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E355" s="4" t="s">
+      <x:c r="F355" s="4" t="s">
         <x:v>1911</x:v>
       </x:c>
-      <x:c r="F355" s="4" t="s">
+      <x:c r="G355" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H355" s="4" t="s">
         <x:v>1912</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1913</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="B356" s="1" t="s">
         <x:v>1914</x:v>
       </x:c>
-      <x:c r="B356" s="1" t="s">
+      <x:c r="C356" s="4" t="s">
         <x:v>1915</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>711</x:v>
       </x:c>
       <x:c r="D356" s="4" t="s">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="E356" s="4" t="s">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="F356" s="4" t="s">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="G356" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H356" s="4" t="s">
         <x:v>1919</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
         <x:v>1920</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
         <x:v>1921</x:v>
       </x:c>
       <x:c r="C357" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D357" s="4" t="s">
         <x:v>1922</x:v>
       </x:c>
       <x:c r="E357" s="4" t="s">
         <x:v>1923</x:v>
       </x:c>
       <x:c r="F357" s="4" t="s">
         <x:v>1924</x:v>
       </x:c>
       <x:c r="G357" s="4" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="H357" s="4" t="s">
         <x:v>1925</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
         <x:v>1926</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="C358" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D358" s="4" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="E358" s="4" t="s">
         <x:v>1928</x:v>
       </x:c>
-      <x:c r="E358" s="4" t="s">
+      <x:c r="F358" s="4" t="s">
         <x:v>1929</x:v>
       </x:c>
-      <x:c r="F358" s="4" t="s">
+      <x:c r="G358" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H358" s="4" t="s">
         <x:v>1930</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1931</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
+        <x:v>1931</x:v>
+      </x:c>
+      <x:c r="B359" s="1" t="s">
         <x:v>1932</x:v>
       </x:c>
-      <x:c r="B359" s="1" t="s">
+      <x:c r="C359" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D359" s="4" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E359" s="4" t="s">
         <x:v>1933</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1923</x:v>
       </x:c>
       <x:c r="F359" s="4" t="s">
         <x:v>1934</x:v>
       </x:c>
       <x:c r="G359" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H359" s="4" t="s">
-        <x:v>1935</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="B360" s="1" t="s">
         <x:v>1936</x:v>
       </x:c>
-      <x:c r="B360" s="1" t="s">
+      <x:c r="C360" s="4" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D360" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E360" s="4" t="s">
         <x:v>1937</x:v>
       </x:c>
-      <x:c r="C360" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E360" s="4" t="s">
+      <x:c r="F360" s="4" t="s">
         <x:v>1938</x:v>
       </x:c>
-      <x:c r="F360" s="4" t="s">
+      <x:c r="G360" s="4" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="H360" s="4" t="s">
         <x:v>1939</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
         <x:v>1940</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="C361" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D361" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E361" s="4" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="F361" s="4" t="s">
         <x:v>1942</x:v>
       </x:c>
-      <x:c r="F361" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G361" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H361" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="B362" s="1" t="s">
         <x:v>1944</x:v>
       </x:c>
-      <x:c r="B362" s="1" t="s">
+      <x:c r="C362" s="4" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="D362" s="4" t="s">
         <x:v>1945</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="E362" s="4" t="s">
         <x:v>1946</x:v>
       </x:c>
       <x:c r="F362" s="4" t="s">
         <x:v>1947</x:v>
       </x:c>
       <x:c r="G362" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H362" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1948</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="C363" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D363" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E363" s="4" t="s">
-        <x:v>1950</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="F363" s="4" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G363" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H363" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="C364" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D364" s="4" t="s">
-        <x:v>1954</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E364" s="4" t="s">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="F364" s="4" t="s">
         <x:v>1956</x:v>
       </x:c>
       <x:c r="G364" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H364" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="C365" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D365" s="4" t="s">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="E365" s="4" t="s">
         <x:v>1960</x:v>
       </x:c>
       <x:c r="F365" s="4" t="s">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="G365" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H365" s="4" t="s">
-        <x:v>1962</x:v>
+        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="B366" s="1" t="s">
         <x:v>1963</x:v>
       </x:c>
-      <x:c r="B366" s="1" t="s">
+      <x:c r="C366" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D366" s="4" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="E366" s="4" t="s">
         <x:v>1964</x:v>
       </x:c>
-      <x:c r="C366" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E366" s="4" t="s">
+      <x:c r="F366" s="4" t="s">
         <x:v>1965</x:v>
       </x:c>
-      <x:c r="F366" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G366" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H366" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="B367" s="1" t="s">
         <x:v>1967</x:v>
       </x:c>
-      <x:c r="B367" s="1" t="s">
+      <x:c r="C367" s="4" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D367" s="4" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E367" s="4" t="s">
         <x:v>1968</x:v>
       </x:c>
-      <x:c r="C367" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E367" s="4" t="s">
+      <x:c r="F367" s="4" t="s">
         <x:v>1969</x:v>
       </x:c>
-      <x:c r="F367" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G367" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H367" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="B368" s="1" t="s">
         <x:v>1971</x:v>
       </x:c>
-      <x:c r="B368" s="1" t="s">
+      <x:c r="C368" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D368" s="4" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="E368" s="4" t="s">
         <x:v>1972</x:v>
       </x:c>
-      <x:c r="C368" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E368" s="4" t="s">
+      <x:c r="F368" s="4" t="s">
         <x:v>1973</x:v>
       </x:c>
-      <x:c r="F368" s="4" t="s">
+      <x:c r="G368" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H368" s="4" t="s">
         <x:v>1974</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="C369" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D369" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E369" s="4" t="s">
         <x:v>1977</x:v>
       </x:c>
-      <x:c r="E369" s="4" t="s">
+      <x:c r="F369" s="4" t="s">
         <x:v>1978</x:v>
       </x:c>
-      <x:c r="F369" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G369" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H369" s="4" t="s">
-        <x:v>1268</x:v>
+        <x:v>1100</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="B370" s="1" t="s">
         <x:v>1980</x:v>
       </x:c>
-      <x:c r="B370" s="1" t="s">
+      <x:c r="C370" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D370" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E370" s="4" t="s">
         <x:v>1981</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1969</x:v>
       </x:c>
       <x:c r="F370" s="4" t="s">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="G370" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H370" s="4" t="s">
-        <x:v>1983</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="B371" s="1" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="B371" s="1" t="s">
+      <x:c r="C371" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D371" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E371" s="4" t="s">
         <x:v>1985</x:v>
       </x:c>
-      <x:c r="C371" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E371" s="4" t="s">
+      <x:c r="F371" s="4" t="s">
         <x:v>1986</x:v>
       </x:c>
-      <x:c r="F371" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G371" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H371" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>1642</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="B372" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
-      <x:c r="B372" s="1" t="s">
+      <x:c r="C372" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D372" s="4" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E372" s="4" t="s">
         <x:v>1989</x:v>
       </x:c>
-      <x:c r="C372" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D372" s="4" t="s">
+      <x:c r="F372" s="4" t="s">
         <x:v>1990</x:v>
       </x:c>
-      <x:c r="E372" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G372" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H372" s="4" t="s">
-        <x:v>1522</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="B373" s="1" t="s">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="C373" s="4" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="D373" s="4" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="B373" s="1" t="s">
+      <x:c r="E373" s="4" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="C373" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D373" s="4" t="s">
+      <x:c r="F373" s="4" t="s">
         <x:v>1995</x:v>
       </x:c>
-      <x:c r="E373" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G373" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H373" s="4" t="s">
-        <x:v>1997</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="B374" s="1" t="s">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="C374" s="4" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="D374" s="4" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="E374" s="4" t="s">
         <x:v>1998</x:v>
       </x:c>
-      <x:c r="B374" s="1" t="s">
+      <x:c r="F374" s="4" t="s">
         <x:v>1999</x:v>
       </x:c>
-      <x:c r="C374" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G374" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="H374" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>1183</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="B375" s="1" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="C375" s="4" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D375" s="4" t="s">
         <x:v>2002</x:v>
       </x:c>
-      <x:c r="B375" s="1" t="s">
+      <x:c r="E375" s="4" t="s">
         <x:v>2003</x:v>
       </x:c>
-      <x:c r="C375" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E375" s="4" t="s">
+      <x:c r="F375" s="4" t="s">
         <x:v>2004</x:v>
       </x:c>
-      <x:c r="F375" s="4" t="s">
+      <x:c r="G375" s="4" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="H375" s="4" t="s">
         <x:v>2005</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="C376" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D376" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="E376" s="4" t="s">
-        <x:v>2008</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F376" s="4" t="s">
-        <x:v>2009</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="G376" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H376" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="C377" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D377" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="E377" s="4" t="s">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F377" s="4" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="G377" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="H377" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>2015</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="C378" s="4" t="s">
-        <x:v>1215</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="D378" s="4" t="s">
-        <x:v>2016</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E378" s="4" t="s">
-        <x:v>2017</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="F378" s="4" t="s">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="G378" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H378" s="4" t="s">
-        <x:v>2019</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B379" s="1" t="s">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B379" s="1" t="s">
+      <x:c r="C379" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D379" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E379" s="4" t="s">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="C379" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D379" s="4" t="s">
+      <x:c r="F379" s="4" t="s">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="E379" s="4" t="s">
+      <x:c r="G379" s="4" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="H379" s="4" t="s">
         <x:v>2023</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B380" s="1" t="s">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B380" s="1" t="s">
+      <x:c r="C380" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D380" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E380" s="4" t="s">
         <x:v>2026</x:v>
       </x:c>
-      <x:c r="C380" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D380" s="4" t="s">
+      <x:c r="F380" s="4" t="s">
         <x:v>2027</x:v>
       </x:c>
-      <x:c r="E380" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G380" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H380" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="B381" s="1" t="s">
         <x:v>2029</x:v>
       </x:c>
-      <x:c r="B381" s="1" t="s">
+      <x:c r="C381" s="4" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="D381" s="4" t="s">
         <x:v>2030</x:v>
       </x:c>
-      <x:c r="C381" s="4" t="s">
+      <x:c r="E381" s="4" t="s">
         <x:v>2031</x:v>
       </x:c>
-      <x:c r="D381" s="4" t="s">
+      <x:c r="F381" s="4" t="s">
         <x:v>2032</x:v>
       </x:c>
-      <x:c r="E381" s="4" t="s">
+      <x:c r="G381" s="4" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="H381" s="4" t="s">
         <x:v>2033</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="B382" s="1" t="s">
         <x:v>2035</x:v>
       </x:c>
-      <x:c r="B382" s="1" t="s">
+      <x:c r="C382" s="4" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="D382" s="4" t="s">
         <x:v>2036</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="E382" s="4" t="s">
         <x:v>2037</x:v>
       </x:c>
       <x:c r="F382" s="4" t="s">
         <x:v>2038</x:v>
       </x:c>
       <x:c r="G382" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="H382" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>1423</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
-        <x:v>2039</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="C383" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D383" s="4" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="E383" s="4" t="s">
-        <x:v>2042</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="F383" s="4" t="s">
-        <x:v>2043</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="G383" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H383" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>2045</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="C384" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D384" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E384" s="4" t="s">
-        <x:v>2046</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="F384" s="4" t="s">
-        <x:v>2047</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="G384" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H384" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C385" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D385" s="4" t="s">
-        <x:v>1283</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E385" s="4" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="F385" s="4" t="s">
-        <x:v>2051</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="G385" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H385" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="C386" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D386" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E386" s="4" t="s">
-        <x:v>2054</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="F386" s="4" t="s">
-        <x:v>2055</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="G386" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H386" s="4" t="s">
-        <x:v>1887</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="C387" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D387" s="4" t="s">
-        <x:v>2058</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E387" s="4" t="s">
         <x:v>2059</x:v>
       </x:c>
       <x:c r="F387" s="4" t="s">
         <x:v>2060</x:v>
       </x:c>
       <x:c r="G387" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="H387" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
         <x:v>2061</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
         <x:v>2062</x:v>
       </x:c>
       <x:c r="C388" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D388" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E388" s="4" t="s">
         <x:v>2063</x:v>
       </x:c>
       <x:c r="F388" s="4" t="s">
         <x:v>2064</x:v>
       </x:c>
       <x:c r="G388" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H388" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
         <x:v>2065</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
         <x:v>2066</x:v>
       </x:c>
       <x:c r="C389" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D389" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="E389" s="4" t="s">
-        <x:v>2067</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="F389" s="4" t="s">
-        <x:v>2068</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="G389" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H389" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="C390" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D390" s="4" t="s">
-        <x:v>2071</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E390" s="4" t="s">
-        <x:v>2072</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="F390" s="4" t="s">
-        <x:v>2073</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="G390" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H390" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>2075</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
-        <x:v>2074</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="C391" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D391" s="4" t="s">
-        <x:v>1794</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E391" s="4" t="s">
-        <x:v>2076</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="F391" s="4" t="s">
-        <x:v>2077</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="G391" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H391" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C392" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D392" s="4" t="s">
-        <x:v>2080</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="E392" s="4" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F392" s="4" t="s">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="G392" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="H392" s="4" t="s">
-        <x:v>2083</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
         <x:v>2084</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>2085</x:v>
       </x:c>
       <x:c r="C393" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D393" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E393" s="4" t="s">
         <x:v>2086</x:v>
       </x:c>
       <x:c r="F393" s="4" t="s">
         <x:v>2087</x:v>
       </x:c>
       <x:c r="G393" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H393" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
         <x:v>2088</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>2089</x:v>
       </x:c>
       <x:c r="C394" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D394" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E394" s="4" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="F394" s="4" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="G394" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H394" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="C395" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D395" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E395" s="4" t="s">
-        <x:v>2094</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F395" s="4" t="s">
         <x:v>2095</x:v>
       </x:c>
       <x:c r="G395" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H395" s="4" t="s">
         <x:v>2096</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
         <x:v>2097</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
         <x:v>2098</x:v>
       </x:c>
       <x:c r="C396" s="4" t="s">
-        <x:v>1329</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D396" s="4" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="E396" s="4" t="s">
         <x:v>2099</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1857</x:v>
       </x:c>
       <x:c r="F396" s="4" t="s">
         <x:v>2100</x:v>
       </x:c>
       <x:c r="G396" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="H396" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
         <x:v>2101</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
         <x:v>2102</x:v>
       </x:c>
       <x:c r="C397" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D397" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="E397" s="4" t="s">
-        <x:v>2103</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="F397" s="4" t="s">
-        <x:v>2104</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="G397" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H397" s="4" t="s">
-        <x:v>2105</x:v>
+        <x:v>1639</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
         <x:v>2106</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
         <x:v>2107</x:v>
       </x:c>
       <x:c r="C398" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D398" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="E398" s="4" t="s">
-        <x:v>2108</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="F398" s="4" t="s">
         <x:v>2109</x:v>
       </x:c>
       <x:c r="G398" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H398" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>2110</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
-        <x:v>2110</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>2111</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="C399" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D399" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E399" s="4" t="s">
-        <x:v>1986</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="F399" s="4" t="s">
-        <x:v>2112</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="G399" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H399" s="4" t="s">
-        <x:v>2113</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
-        <x:v>2114</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>2115</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="C400" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D400" s="4" t="s">
-        <x:v>2116</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="E400" s="4" t="s">
         <x:v>2117</x:v>
       </x:c>
       <x:c r="F400" s="4" t="s">
         <x:v>2118</x:v>
       </x:c>
       <x:c r="G400" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H400" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
         <x:v>2119</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
         <x:v>2120</x:v>
       </x:c>
       <x:c r="C401" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D401" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E401" s="4" t="s">
         <x:v>2121</x:v>
       </x:c>
       <x:c r="F401" s="4" t="s">
         <x:v>2122</x:v>
       </x:c>
       <x:c r="G401" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="H401" s="4" t="s">
-        <x:v>1217</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
         <x:v>2123</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
         <x:v>2124</x:v>
       </x:c>
       <x:c r="C402" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D402" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E402" s="4" t="s">
         <x:v>2125</x:v>
       </x:c>
-      <x:c r="E402" s="4" t="s">
+      <x:c r="F402" s="4" t="s">
         <x:v>2126</x:v>
       </x:c>
-      <x:c r="F402" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G402" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H402" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
+        <x:v>2127</x:v>
+      </x:c>
+      <x:c r="B403" s="1" t="s">
         <x:v>2128</x:v>
       </x:c>
-      <x:c r="B403" s="1" t="s">
+      <x:c r="C403" s="4" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="D403" s="4" t="s">
         <x:v>2129</x:v>
       </x:c>
-      <x:c r="C403" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E403" s="4" t="s">
-        <x:v>1991</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="F403" s="4" t="s">
-        <x:v>2130</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="G403" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H403" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>2132</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="C404" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D404" s="4" t="s">
-        <x:v>2133</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="E404" s="4" t="s">
-        <x:v>2134</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="F404" s="4" t="s">
-        <x:v>2135</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="G404" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H404" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>1024</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="C405" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D405" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E405" s="4" t="s">
-        <x:v>2138</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F405" s="4" t="s">
-        <x:v>2139</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="G405" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="H405" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
-        <x:v>2140</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="C406" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="D406" s="4" t="s">
-        <x:v>2142</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="E406" s="4" t="s">
-        <x:v>2143</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="F406" s="4" t="s">
-        <x:v>2144</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="G406" s="4" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="H406" s="4" t="s">
         <x:v>616</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="C407" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D407" s="4" t="s">
-        <x:v>2147</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E407" s="4" t="s">
-        <x:v>2148</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="F407" s="4" t="s">
-        <x:v>2149</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="G407" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H407" s="4" t="s">
-        <x:v>2150</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="C408" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D408" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="E408" s="4" t="s">
-        <x:v>2153</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="F408" s="4" t="s">
-        <x:v>2154</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="G408" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H408" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
-        <x:v>2155</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>2156</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="C409" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D409" s="4" t="s">
-        <x:v>1797</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E409" s="4" t="s">
-        <x:v>2157</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="F409" s="4" t="s">
-        <x:v>2158</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="G409" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H409" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="C410" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D410" s="4" t="s">
-        <x:v>2161</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E410" s="4" t="s">
-        <x:v>2162</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="F410" s="4" t="s">
-        <x:v>2163</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="G410" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H410" s="4" t="s">
-        <x:v>1733</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="C411" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D411" s="4" t="s">
-        <x:v>2166</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E411" s="4" t="s">
         <x:v>2167</x:v>
       </x:c>
       <x:c r="F411" s="4" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="G411" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H411" s="4" t="s">
-        <x:v>2169</x:v>
+        <x:v>2002</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
+        <x:v>2169</x:v>
+      </x:c>
+      <x:c r="B412" s="1" t="s">
         <x:v>2170</x:v>
       </x:c>
-      <x:c r="B412" s="1" t="s">
+      <x:c r="C412" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D412" s="4" t="s">
         <x:v>2171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
       <x:c r="E412" s="4" t="s">
         <x:v>2172</x:v>
       </x:c>
       <x:c r="F412" s="4" t="s">
         <x:v>2173</x:v>
       </x:c>
       <x:c r="G412" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H412" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
         <x:v>2174</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
         <x:v>2175</x:v>
       </x:c>
       <x:c r="C413" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D413" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="E413" s="4" t="s">
         <x:v>2176</x:v>
       </x:c>
       <x:c r="F413" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="G413" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H413" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
-        <x:v>2177</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>2178</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="C414" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D414" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E414" s="4" t="s">
-        <x:v>2179</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="F414" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="G414" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H414" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>2181</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="C415" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D415" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="E415" s="4" t="s">
-        <x:v>2182</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="F415" s="4" t="s">
+        <x:v>2186</x:v>
+      </x:c>
+      <x:c r="G415" s="4" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="H415" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="416" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A416" s="1" t="s">
+        <x:v>2187</x:v>
+      </x:c>
+      <x:c r="B416" s="1" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="C416" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D416" s="4" t="s">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="E416" s="4" t="s">
+        <x:v>2189</x:v>
+      </x:c>
+      <x:c r="F416" s="4" t="s">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="G416" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H416" s="4" t="s">
+        <x:v>786</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="417" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A417" s="1" t="s">
+        <x:v>2191</x:v>
+      </x:c>
+      <x:c r="B417" s="1" t="s">
+        <x:v>2192</x:v>
+      </x:c>
+      <x:c r="C417" s="4" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D417" s="4" t="s">
+        <x:v>2193</x:v>
+      </x:c>
+      <x:c r="E417" s="4" t="s">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="F417" s="4" t="s">
+        <x:v>2195</x:v>
+      </x:c>
+      <x:c r="G417" s="4" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H417" s="4" t="s">
+        <x:v>2196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="418" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A418" s="1" t="s">
+        <x:v>2197</x:v>
+      </x:c>
+      <x:c r="B418" s="1" t="s">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="C418" s="4" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="D418" s="4" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="E418" s="4" t="s">
+        <x:v>2199</x:v>
+      </x:c>
+      <x:c r="F418" s="4" t="s">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="G418" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H418" s="4" t="s">
+        <x:v>997</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="419" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A419" s="1" t="s">
+        <x:v>2201</x:v>
+      </x:c>
+      <x:c r="B419" s="1" t="s">
+        <x:v>2202</x:v>
+      </x:c>
+      <x:c r="C419" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D419" s="4" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="E419" s="4" t="s">
+        <x:v>2203</x:v>
+      </x:c>
+      <x:c r="F419" s="4" t="s">
+        <x:v>2204</x:v>
+      </x:c>
+      <x:c r="G419" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H419" s="4" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="420" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A420" s="1" t="s">
+        <x:v>2205</x:v>
+      </x:c>
+      <x:c r="B420" s="1" t="s">
+        <x:v>2206</x:v>
+      </x:c>
+      <x:c r="C420" s="4" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="D420" s="4" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="E420" s="4" t="s">
+        <x:v>2207</x:v>
+      </x:c>
+      <x:c r="F420" s="4" t="s">
+        <x:v>2208</x:v>
+      </x:c>
+      <x:c r="G420" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H420" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="421" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A421" s="1" t="s">
+        <x:v>2209</x:v>
+      </x:c>
+      <x:c r="B421" s="1" t="s">
+        <x:v>2210</x:v>
+      </x:c>
+      <x:c r="C421" s="4" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="D421" s="4" t="s">
+        <x:v>2211</x:v>
+      </x:c>
+      <x:c r="E421" s="4" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="F421" s="4" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="G421" s="4" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="H421" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="422" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A422" s="1" t="s">
+        <x:v>2213</x:v>
+      </x:c>
+      <x:c r="B422" s="1" t="s">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="C422" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D422" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E422" s="4" t="s">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="F422" s="4" t="s">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="G422" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H422" s="4" t="s">
+        <x:v>2217</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="423" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A423" s="1" t="s">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="B423" s="1" t="s">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="C423" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D423" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E423" s="4" t="s">
+        <x:v>2220</x:v>
+      </x:c>
+      <x:c r="F423" s="4" t="s">
+        <x:v>2221</x:v>
+      </x:c>
+      <x:c r="G423" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H423" s="4" t="s">
+        <x:v>399</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="424" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A424" s="1" t="s">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="B424" s="1" t="s">
+        <x:v>2223</x:v>
+      </x:c>
+      <x:c r="C424" s="4" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="D424" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E424" s="4" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="F424" s="4" t="s">
+        <x:v>2224</x:v>
+      </x:c>
+      <x:c r="G424" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H424" s="4" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="425" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A425" s="1" t="s">
+        <x:v>2226</x:v>
+      </x:c>
+      <x:c r="B425" s="1" t="s">
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="C425" s="4" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="D425" s="4" t="s">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="E425" s="4" t="s">
+        <x:v>2229</x:v>
+      </x:c>
+      <x:c r="F425" s="4" t="s">
+        <x:v>2230</x:v>
+      </x:c>
+      <x:c r="G425" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H425" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="426" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A426" s="1" t="s">
+        <x:v>2231</x:v>
+      </x:c>
+      <x:c r="B426" s="1" t="s">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="C426" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D426" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="E426" s="4" t="s">
+        <x:v>2233</x:v>
+      </x:c>
+      <x:c r="F426" s="4" t="s">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="G426" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H426" s="4" t="s">
+        <x:v>1337</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="427" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A427" s="1" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="B427" s="1" t="s">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="C427" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D427" s="4" t="s">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="E427" s="4" t="s">
+        <x:v>2238</x:v>
+      </x:c>
+      <x:c r="F427" s="4" t="s">
+        <x:v>2239</x:v>
+      </x:c>
+      <x:c r="G427" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="H427" s="4" t="s">
+        <x:v>527</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="428" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A428" s="1" t="s">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="B428" s="1" t="s">
+        <x:v>2241</x:v>
+      </x:c>
+      <x:c r="C428" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D428" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E428" s="4" t="s">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="F428" s="4" t="s">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="G428" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H428" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="429" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A429" s="1" t="s">
+        <x:v>2243</x:v>
+      </x:c>
+      <x:c r="B429" s="1" t="s">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="C429" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D429" s="4" t="s">
+        <x:v>2245</x:v>
+      </x:c>
+      <x:c r="E429" s="4" t="s">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="F429" s="4" t="s">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="G429" s="4" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="H429" s="4" t="s">
+        <x:v>791</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="430" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A430" s="1" t="s">
+        <x:v>2248</x:v>
+      </x:c>
+      <x:c r="B430" s="1" t="s">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="C430" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="D430" s="4" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E430" s="4" t="s">
+        <x:v>2250</x:v>
+      </x:c>
+      <x:c r="F430" s="4" t="s">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="G430" s="4" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="H430" s="4" t="s">
+        <x:v>653</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="431" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A431" s="1" t="s">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="B431" s="1" t="s">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="C431" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D431" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E431" s="4" t="s">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="F431" s="4" t="s">
+        <x:v>2255</x:v>
+      </x:c>
+      <x:c r="G431" s="4" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="H431" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="432" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A432" s="1" t="s">
+        <x:v>2256</x:v>
+      </x:c>
+      <x:c r="B432" s="1" t="s">
+        <x:v>2257</x:v>
+      </x:c>
+      <x:c r="C432" s="4" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D432" s="4" t="s">
+        <x:v>2258</x:v>
+      </x:c>
+      <x:c r="E432" s="4" t="s">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="F432" s="4" t="s">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="G432" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H432" s="4" t="s">
+        <x:v>2261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A433" s="1" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="B433" s="1" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="C433" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D433" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E433" s="4" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="F433" s="4" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="G433" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H433" s="4" t="s">
+        <x:v>706</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A434" s="1" t="s">
+        <x:v>2266</x:v>
+      </x:c>
+      <x:c r="B434" s="1" t="s">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="C434" s="4" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="D434" s="4" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="E434" s="4" t="s">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="F434" s="4" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="G434" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H434" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A435" s="1" t="s">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="B435" s="1" t="s">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="C435" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D435" s="4" t="s">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="E435" s="4" t="s">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="F435" s="4" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="G435" s="4" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H435" s="4" t="s">
+        <x:v>1848</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A436" s="1" t="s">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="B436" s="1" t="s">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="C436" s="4" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="D436" s="4" t="s">
+        <x:v>2277</x:v>
+      </x:c>
+      <x:c r="E436" s="4" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="F436" s="4" t="s">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="G436" s="4" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="H436" s="4" t="s">
+        <x:v>2280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A437" s="1" t="s">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="B437" s="1" t="s">
+        <x:v>2282</x:v>
+      </x:c>
+      <x:c r="C437" s="4" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="D437" s="4" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="E437" s="4" t="s">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="F437" s="4" t="s">
+        <x:v>2284</x:v>
+      </x:c>
+      <x:c r="G437" s="4" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H437" s="4" t="s">
+        <x:v>790</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A438" s="1" t="s">
+        <x:v>2285</x:v>
+      </x:c>
+      <x:c r="B438" s="1" t="s">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="C438" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D438" s="4" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="E438" s="4" t="s">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="F438" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G415" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>90</x:v>
+      <x:c r="G438" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H438" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A439" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="B439" s="1" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="C439" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D439" s="4" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="E439" s="4" t="s">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="F439" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G439" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H439" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A440" s="1" t="s">
+        <x:v>2291</x:v>
+      </x:c>
+      <x:c r="B440" s="1" t="s">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="C440" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D440" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E440" s="4" t="s">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="F440" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G440" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H440" s="4" t="s">
+        <x:v>150</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>