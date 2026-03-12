--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -1,80 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4315f64a1fd94720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859c8bbfc4df45b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20260219" sheetId="1" r:id="R4872f6931d144874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VBTC_asat_20260311" sheetId="1" r:id="R6511c9e1591c4a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3520" uniqueCount="2294">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3632" uniqueCount="2362">
   <x:si>
     <x:t>Bitcoin ETF - VBTC</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-6.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.3803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1862</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>19.14</x:t>
   </x:si>
   <x:si>
     <x:t>76,371</x:t>
   </x:si>
   <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2026</x:t>
@@ -121,53 +448,50 @@
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.43</x:t>
   </x:si>
   <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6520</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>19.61</x:t>
   </x:si>
   <x:si>
     <x:t>139,581</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6527</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>5.17</x:t>
   </x:si>
   <x:si>
     <x:t>18.97</x:t>
   </x:si>
   <x:si>
     <x:t>84,330</x:t>
   </x:si>
   <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>-3.47</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026</x:t>
@@ -211,77 +535,68 @@
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6625</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>-2.42</x:t>
   </x:si>
   <x:si>
     <x:t>19.93</x:t>
   </x:si>
   <x:si>
     <x:t>87,209</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.36</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.1506</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.40</x:t>
   </x:si>
   <x:si>
     <x:t>192,910</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.24</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2818</x:t>
   </x:si>
   <x:si>
     <x:t>1.68</x:t>
   </x:si>
   <x:si>
     <x:t>9.02</x:t>
   </x:si>
   <x:si>
     <x:t>19.39</x:t>
   </x:si>
   <x:si>
     <x:t>853,466</x:t>
   </x:si>
   <x:si>
     <x:t>-0.89</x:t>
   </x:si>
   <x:si>
     <x:t>-4.40</x:t>
@@ -304,53 +619,50 @@
   <x:si>
     <x:t>243,796</x:t>
   </x:si>
   <x:si>
     <x:t>1.86</x:t>
   </x:si>
   <x:si>
     <x:t>9.98</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.2314</x:t>
   </x:si>
   <x:si>
     <x:t>22.00</x:t>
   </x:si>
   <x:si>
     <x:t>150,779</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
-    <x:t>3.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.7587</x:t>
   </x:si>
   <x:si>
     <x:t>-0.99</x:t>
   </x:si>
   <x:si>
     <x:t>-4.36</x:t>
   </x:si>
   <x:si>
     <x:t>22.85</x:t>
   </x:si>
   <x:si>
     <x:t>84,548</x:t>
   </x:si>
   <x:si>
     <x:t>1.09</x:t>
   </x:si>
   <x:si>
     <x:t>5.02</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
@@ -370,101 +682,92 @@
   <x:si>
     <x:t>252,144</x:t>
   </x:si>
   <x:si>
     <x:t>-0.72</x:t>
   </x:si>
   <x:si>
     <x:t>-3.17</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.3189</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>23.93</x:t>
   </x:si>
   <x:si>
     <x:t>159,024</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.60</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>24.0660</x:t>
   </x:si>
   <x:si>
     <x:t>-1.61</x:t>
   </x:si>
   <x:si>
     <x:t>-6.27</x:t>
   </x:si>
   <x:si>
     <x:t>25.15</x:t>
   </x:si>
   <x:si>
     <x:t>109,934</x:t>
   </x:si>
   <x:si>
     <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>4.50</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.6770</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>25.70</x:t>
   </x:si>
   <x:si>
     <x:t>117,152</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>25.6213</x:t>
   </x:si>
   <x:si>
     <x:t>-2.46</x:t>
   </x:si>
   <x:si>
     <x:t>25.85</x:t>
   </x:si>
   <x:si>
     <x:t>115,549</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
@@ -646,101 +949,92 @@
   <x:si>
     <x:t>73,394</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>-3.49</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.5865</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>27.78</x:t>
   </x:si>
   <x:si>
     <x:t>65,697</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.2886</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>17,167</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.3688</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>27.45</x:t>
   </x:si>
   <x:si>
     <x:t>37,346</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.3581</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27.75</x:t>
   </x:si>
   <x:si>
     <x:t>104,151</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>27.7423</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>-2.33</x:t>
   </x:si>
   <x:si>
     <x:t>28.18</x:t>
   </x:si>
   <x:si>
     <x:t>84,102</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
@@ -964,53 +1258,50 @@
   <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>26.55</x:t>
   </x:si>
   <x:si>
     <x:t>84,586</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.7081</x:t>
   </x:si>
   <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>26.24</x:t>
   </x:si>
   <x:si>
     <x:t>139,437</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.75</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.1543</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>-4.58</x:t>
   </x:si>
   <x:si>
     <x:t>27.34</x:t>
   </x:si>
   <x:si>
     <x:t>59,195</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>4.53</x:t>
@@ -1024,125 +1315,113 @@
   <x:si>
     <x:t>-1.16</x:t>
   </x:si>
   <x:si>
     <x:t>28.05</x:t>
   </x:si>
   <x:si>
     <x:t>40,977</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.7289</x:t>
   </x:si>
   <x:si>
     <x:t>27.56</x:t>
   </x:si>
   <x:si>
     <x:t>47,867</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.2953</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>28.25</x:t>
   </x:si>
   <x:si>
     <x:t>30,368</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.4121</x:t>
   </x:si>
   <x:si>
-    <x:t>0.76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.75</x:t>
   </x:si>
   <x:si>
     <x:t>47,225</x:t>
   </x:si>
   <x:si>
     <x:t>-0.96</x:t>
   </x:si>
   <x:si>
     <x:t>-3.39</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.6518</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
-    <x:t>1.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>111,707</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.2738</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.27</x:t>
   </x:si>
   <x:si>
     <x:t>60,585</x:t>
   </x:si>
   <x:si>
     <x:t>0.91</x:t>
   </x:si>
   <x:si>
     <x:t>3.32</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
     <x:t>28.51</x:t>
   </x:si>
   <x:si>
     <x:t>251,195</x:t>
@@ -1189,98 +1468,89 @@
   <x:si>
     <x:t>-4.44</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>26.4217</x:t>
   </x:si>
   <x:si>
     <x:t>-1.72</x:t>
   </x:si>
   <x:si>
     <x:t>-6.11</x:t>
   </x:si>
   <x:si>
     <x:t>26.57</x:t>
   </x:si>
   <x:si>
     <x:t>286,806</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
-    <x:t>0.56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>28.1426</x:t>
   </x:si>
   <x:si>
     <x:t>1.10</x:t>
   </x:si>
   <x:si>
     <x:t>28.30</x:t>
   </x:si>
   <x:si>
     <x:t>75,185</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8367</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28.28</x:t>
   </x:si>
   <x:si>
     <x:t>145,958</x:t>
   </x:si>
   <x:si>
     <x:t>1.59</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.8918</x:t>
   </x:si>
   <x:si>
-    <x:t>0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.38</x:t>
   </x:si>
   <x:si>
     <x:t>27.22</x:t>
   </x:si>
   <x:si>
     <x:t>151,342</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>-2.41</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27.2428</x:t>
   </x:si>
   <x:si>
     <x:t>-0.54</x:t>
   </x:si>
   <x:si>
     <x:t>-1.94</x:t>
@@ -1426,89 +1696,83 @@
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.3833</x:t>
   </x:si>
   <x:si>
     <x:t>-3.58</x:t>
   </x:si>
   <x:si>
     <x:t>30.30</x:t>
   </x:si>
   <x:si>
     <x:t>167,887</x:t>
   </x:si>
   <x:si>
     <x:t>3.12</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.4745</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.01</x:t>
   </x:si>
   <x:si>
     <x:t>31.58</x:t>
   </x:si>
   <x:si>
     <x:t>124,503</x:t>
   </x:si>
   <x:si>
     <x:t>3.63</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.4198</x:t>
   </x:si>
   <x:si>
     <x:t>32.03</x:t>
   </x:si>
   <x:si>
     <x:t>71,394</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31.8905</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.93</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>32.83</x:t>
   </x:si>
   <x:si>
     <x:t>123,214</x:t>
   </x:si>
   <x:si>
     <x:t>2.95</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.8207</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.92</x:t>
   </x:si>
   <x:si>
     <x:t>32.97</x:t>
   </x:si>
   <x:si>
     <x:t>140,943</x:t>
@@ -1591,53 +1855,50 @@
   <x:si>
     <x:t>82,340</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>5.55</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.0241</x:t>
   </x:si>
   <x:si>
     <x:t>-2.61</x:t>
   </x:si>
   <x:si>
     <x:t>33.40</x:t>
   </x:si>
   <x:si>
     <x:t>88,972</x:t>
   </x:si>
   <x:si>
-    <x:t>1.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9103</x:t>
   </x:si>
   <x:si>
     <x:t>2.79</x:t>
   </x:si>
   <x:si>
     <x:t>33.91</x:t>
   </x:si>
   <x:si>
     <x:t>95,969</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.9905</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>-3.32</x:t>
@@ -1690,149 +1951,134 @@
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5082</x:t>
   </x:si>
   <x:si>
     <x:t>3.16</x:t>
   </x:si>
   <x:si>
     <x:t>35.78</x:t>
   </x:si>
   <x:si>
     <x:t>115,344</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4216</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.70</x:t>
   </x:si>
   <x:si>
     <x:t>124,316</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.3192</x:t>
   </x:si>
   <x:si>
-    <x:t>0.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>33.95</x:t>
   </x:si>
   <x:si>
     <x:t>51,449</x:t>
   </x:si>
   <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7210</x:t>
   </x:si>
   <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>-3.40</x:t>
   </x:si>
   <x:si>
     <x:t>33.84</x:t>
   </x:si>
   <x:si>
     <x:t>71,136</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9075</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>1.35</x:t>
   </x:si>
   <x:si>
     <x:t>33.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,602</x:t>
   </x:si>
   <x:si>
     <x:t>-3.57</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4425</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.75</x:t>
   </x:si>
   <x:si>
     <x:t>34.35</x:t>
   </x:si>
   <x:si>
     <x:t>168,718</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.1960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.56</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>34.08</x:t>
   </x:si>
   <x:si>
     <x:t>177,975</x:t>
   </x:si>
   <x:si>
     <x:t>2.66</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.7575</x:t>
@@ -1846,74 +2092,68 @@
   <x:si>
     <x:t>34.63</x:t>
   </x:si>
   <x:si>
     <x:t>103,244</x:t>
   </x:si>
   <x:si>
     <x:t>2.58</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.6245</x:t>
   </x:si>
   <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>34.99</x:t>
   </x:si>
   <x:si>
     <x:t>103,787</x:t>
   </x:si>
   <x:si>
-    <x:t>0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2840</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>35.42</x:t>
   </x:si>
   <x:si>
     <x:t>98,418</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9095</x:t>
   </x:si>
   <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>35.62</x:t>
   </x:si>
   <x:si>
     <x:t>212,311</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.4427</x:t>
   </x:si>
   <x:si>
     <x:t>-2.53</x:t>
@@ -1948,53 +2188,50 @@
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.9555</x:t>
   </x:si>
   <x:si>
     <x:t>1.51</x:t>
   </x:si>
   <x:si>
     <x:t>37.57</x:t>
   </x:si>
   <x:si>
     <x:t>60,262</x:t>
   </x:si>
   <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>37.3919</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.76</x:t>
   </x:si>
   <x:si>
     <x:t>38.20</x:t>
   </x:si>
   <x:si>
     <x:t>75,839</x:t>
   </x:si>
   <x:si>
     <x:t>2.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>38.4535</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>2.19</x:t>
   </x:si>
   <x:si>
     <x:t>37.92</x:t>
@@ -2029,53 +2266,50 @@
   <x:si>
     <x:t>37.1038</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>3.15</x:t>
   </x:si>
   <x:si>
     <x:t>36.30</x:t>
   </x:si>
   <x:si>
     <x:t>153,122</x:t>
   </x:si>
   <x:si>
     <x:t>-2.17</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.9708</x:t>
   </x:si>
   <x:si>
-    <x:t>1.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.06</x:t>
   </x:si>
   <x:si>
     <x:t>35.19</x:t>
   </x:si>
   <x:si>
     <x:t>33,140</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9014</x:t>
   </x:si>
   <x:si>
     <x:t>34.96</x:t>
   </x:si>
   <x:si>
     <x:t>54,978</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
@@ -2128,53 +2362,50 @@
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.9215</x:t>
   </x:si>
   <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>34.48</x:t>
   </x:si>
   <x:si>
     <x:t>45,385</x:t>
   </x:si>
   <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2902</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>34.68</x:t>
   </x:si>
   <x:si>
     <x:t>58,469</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.4907</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>-2.57</x:t>
   </x:si>
   <x:si>
     <x:t>34.75</x:t>
   </x:si>
   <x:si>
     <x:t>83,122</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
@@ -2716,95 +2947,89 @@
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>35.68</x:t>
   </x:si>
   <x:si>
     <x:t>104,711</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.5804</x:t>
   </x:si>
   <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>35.90</x:t>
   </x:si>
   <x:si>
     <x:t>75,291</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.0010</x:t>
   </x:si>
   <x:si>
     <x:t>126,359</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.6029</x:t>
   </x:si>
   <x:si>
     <x:t>-1.33</x:t>
   </x:si>
   <x:si>
     <x:t>-3.60</x:t>
   </x:si>
   <x:si>
     <x:t>36.42</x:t>
   </x:si>
   <x:si>
     <x:t>114,436</x:t>
   </x:si>
   <x:si>
     <x:t>2.30</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.9307</x:t>
   </x:si>
   <x:si>
-    <x:t>0.71</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>54,508</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.6701</x:t>
   </x:si>
   <x:si>
     <x:t>36.75</x:t>
   </x:si>
   <x:si>
     <x:t>42,368</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.5731</x:t>
   </x:si>
   <x:si>
     <x:t>36.95</x:t>
   </x:si>
   <x:si>
     <x:t>72,980</x:t>
@@ -2980,53 +3205,50 @@
   <x:si>
     <x:t>37.82</x:t>
   </x:si>
   <x:si>
     <x:t>181,270</x:t>
   </x:si>
   <x:si>
     <x:t>1.97</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>36.3283</x:t>
   </x:si>
   <x:si>
     <x:t>4.10</x:t>
   </x:si>
   <x:si>
     <x:t>36.40</x:t>
   </x:si>
   <x:si>
     <x:t>166,139</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.8984</x:t>
   </x:si>
   <x:si>
     <x:t>1.88</x:t>
   </x:si>
   <x:si>
     <x:t>34.44</x:t>
   </x:si>
   <x:si>
     <x:t>69,160</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.2554</x:t>
@@ -3481,53 +3703,50 @@
   <x:si>
     <x:t>127,755</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0138</x:t>
   </x:si>
   <x:si>
     <x:t>-3.64</x:t>
   </x:si>
   <x:si>
     <x:t>116,679</x:t>
   </x:si>
   <x:si>
     <x:t>2.96</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>35.2995</x:t>
   </x:si>
   <x:si>
-    <x:t>1.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4.02</x:t>
   </x:si>
   <x:si>
     <x:t>35.01</x:t>
   </x:si>
   <x:si>
     <x:t>143,408</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.9345</x:t>
   </x:si>
   <x:si>
     <x:t>87,400</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>33.5797</x:t>
@@ -3673,53 +3892,50 @@
   <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.6703</x:t>
   </x:si>
   <x:si>
     <x:t>29.74</x:t>
   </x:si>
   <x:si>
     <x:t>29,381</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>29.6670</x:t>
   </x:si>
   <x:si>
     <x:t>29.70</x:t>
   </x:si>
   <x:si>
     <x:t>69,418</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.5262</x:t>
   </x:si>
   <x:si>
     <x:t>30.72</x:t>
   </x:si>
   <x:si>
     <x:t>101,590</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>30.7046</x:t>
   </x:si>
   <x:si>
     <x:t>30.19</x:t>
   </x:si>
   <x:si>
     <x:t>40,499</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
@@ -4747,53 +4963,50 @@
   <x:si>
     <x:t>138,238</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.5349</x:t>
   </x:si>
   <x:si>
     <x:t>33.21</x:t>
   </x:si>
   <x:si>
     <x:t>232,821</x:t>
   </x:si>
   <x:si>
     <x:t>-3.84</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.0852</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>251,253</x:t>
   </x:si>
   <x:si>
     <x:t>17/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34.5103</x:t>
   </x:si>
   <x:si>
     <x:t>5.00</x:t>
   </x:si>
   <x:si>
     <x:t>33.38</x:t>
   </x:si>
   <x:si>
     <x:t>174,089</x:t>
   </x:si>
   <x:si>
     <x:t>-3.28</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>32.8675</x:t>
@@ -5683,53 +5896,50 @@
   <x:si>
     <x:t>22/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.5298</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>43,390</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.6317</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>101,083</x:t>
   </x:si>
   <x:si>
-    <x:t>1.79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.8569</x:t>
   </x:si>
   <x:si>
     <x:t>57,095</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.3138</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>38,663</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.6834</x:t>
@@ -5746,53 +5956,50 @@
   <x:si>
     <x:t>15/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>20.2749</x:t>
   </x:si>
   <x:si>
     <x:t>1.65</x:t>
   </x:si>
   <x:si>
     <x:t>19.89</x:t>
   </x:si>
   <x:si>
     <x:t>59,248</x:t>
   </x:si>
   <x:si>
     <x:t>-1.90</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.9454</x:t>
   </x:si>
   <x:si>
-    <x:t>0.96</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5.07</x:t>
   </x:si>
   <x:si>
     <x:t>19.30</x:t>
   </x:si>
   <x:si>
     <x:t>80,469</x:t>
   </x:si>
   <x:si>
     <x:t>-3.24</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.9829</x:t>
   </x:si>
   <x:si>
     <x:t>5.73</x:t>
   </x:si>
   <x:si>
     <x:t>18.31</x:t>
   </x:si>
   <x:si>
     <x:t>32,354</x:t>
@@ -6749,53 +6956,50 @@
     <x:t>18.1299</x:t>
   </x:si>
   <x:si>
     <x:t>163,412</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.1924</x:t>
   </x:si>
   <x:si>
     <x:t>-3.85</x:t>
   </x:si>
   <x:si>
     <x:t>18.66</x:t>
   </x:si>
   <x:si>
     <x:t>78,759</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.9205</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>19.33</x:t>
   </x:si>
   <x:si>
     <x:t>64,735</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>19.3656</x:t>
   </x:si>
   <x:si>
     <x:t>19.42</x:t>
   </x:si>
   <x:si>
     <x:t>94,287</x:t>
   </x:si>
   <x:si>
     <x:t>28/06/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18.4135</x:t>
   </x:si>
   <x:si>
     <x:t>-2.25</x:t>
   </x:si>
@@ -6952,56 +7156,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30e76f462f9449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R404acc5f093f47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4872f6931d144874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5f9937cf6f443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4eacd70b73354790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6511c9e1591c4a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H441"/>
+  <x:dimension ref="A1:H455"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -7110,11330 +7314,11694 @@
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="G36" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="G36" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E37" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="E67" s="4" t="s">
+      <x:c r="F67" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="F67" s="4" t="s">
+      <x:c r="G67" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H67" s="4" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
+      <x:c r="C68" s="4" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D68" s="4" t="s">
+      <x:c r="E68" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="E68" s="4" t="s">
+      <x:c r="F68" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="F68" s="4" t="s">
+      <x:c r="G68" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H68" s="4" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
+      <x:c r="C69" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D69" s="4" t="s">
+      <x:c r="E69" s="4" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="E69" s="4" t="s">
+      <x:c r="G69" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="F69" s="4" t="s">
+      <x:c r="H69" s="4" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
+      <x:c r="C70" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="s">
+      <x:c r="D70" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="s">
+      <x:c r="G70" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="E70" s="4" t="s">
+      <x:c r="H70" s="4" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
+      <x:c r="G71" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="s">
+      <x:c r="H71" s="4" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F72" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
+      <x:c r="G72" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D72" s="4" t="s">
+      <x:c r="H72" s="4" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="G73" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
+      <x:c r="G74" s="4" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="H74" s="4" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
+      <x:c r="E75" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="s">
+      <x:c r="F75" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E75" s="4" t="s">
+      <x:c r="G75" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="F75" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
+      <x:c r="E76" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="s">
+      <x:c r="F76" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
+      <x:c r="G77" s="4" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H77" s="4" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="G78" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
+      <x:c r="H78" s="4" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
+      <x:c r="F79" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C79" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D79" s="4" t="s">
+      <x:c r="G79" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="E79" s="4" t="s">
+      <x:c r="H79" s="4" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="D80" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="s">
+      <x:c r="E80" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="D80" s="4" t="s">
+      <x:c r="F80" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="E80" s="4" t="s">
+      <x:c r="G80" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="F80" s="4" t="s">
+      <x:c r="H80" s="4" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="D81" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D81" s="4" t="s">
+      <x:c r="E81" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E81" s="4" t="s">
+      <x:c r="F81" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="F81" s="4" t="s">
+      <x:c r="G81" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H81" s="4" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="C82" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D82" s="4" t="s">
+      <x:c r="E82" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="s">
+      <x:c r="F82" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="F82" s="4" t="s">
+      <x:c r="G82" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="s">
+      <x:c r="E83" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E83" s="4" t="s">
+      <x:c r="F83" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F83" s="4" t="s">
+      <x:c r="G83" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="C84" s="4" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="s">
+      <x:c r="F89" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="E89" s="4" t="s">
+      <x:c r="G89" s="4" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
+      <x:c r="E90" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="s">
+      <x:c r="F90" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="s">
+      <x:c r="G90" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H90" s="4" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
+      <x:c r="F91" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C91" s="4" t="s">
+      <x:c r="G91" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D91" s="4" t="s">
+      <x:c r="H91" s="4" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F92" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
+      <x:c r="G92" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="s">
+      <x:c r="H92" s="4" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F93" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
+      <x:c r="G93" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H93" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E94" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F94" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
+      <x:c r="G94" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D94" s="4" t="s">
+      <x:c r="H94" s="4" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="F97" s="4" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="G97" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H97" s="4" t="s">
         <x:v>629</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="G98" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
+      <x:c r="H98" s="4" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="F99" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
+      <x:c r="G99" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H99" s="4" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="E100" s="4" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="F100" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="F108" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
+      <x:c r="G108" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H108" s="4" t="s">
         <x:v>697</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="F109" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="C109" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F110" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
+      <x:c r="G110" s="4" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H110" s="4" t="s">
         <x:v>708</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="E111" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="F111" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="s">
+      <x:c r="G111" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D111" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
+      <x:c r="G112" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H112" s="4" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C113" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="G113" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H113" s="4" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C114" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="E114" s="4" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="F114" s="4" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="G114" s="4" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="H114" s="4" t="s">
         <x:v>732</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="F115" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
+      <x:c r="G115" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H115" s="4" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="F116" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="C116" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E116" s="4" t="s">
+      <x:c r="G116" s="4" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H116" s="4" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="D117" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="C117" s="4" t="s">
+      <x:c r="E117" s="4" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>741</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="C118" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="E118" s="4" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="F118" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="G118" s="4" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="H118" s="4" t="s">
         <x:v>752</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C127" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="E127" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="C127" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H132" s="4" t="s">
         <x:v>834</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
+      <x:c r="C133" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="C133" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D133" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E133" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="E133" s="4" t="s">
+      <x:c r="F133" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="F133" s="4" t="s">
+      <x:c r="G133" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H133" s="4" t="s">
         <x:v>840</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
+      <x:c r="C134" s="4" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="C134" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D134" s="4" t="s">
+      <x:c r="E134" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="E134" s="4" t="s">
+      <x:c r="F134" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="F134" s="4" t="s">
+      <x:c r="G134" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H134" s="4" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="E135" s="4" t="s">
+      <x:c r="F135" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="F135" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="C136" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E136" s="4" t="s">
+      <x:c r="F136" s="4" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="F136" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="F137" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="G138" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
+      <x:c r="H138" s="4" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="E139" s="4" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
+      <x:c r="F139" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="C139" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E140" s="4" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="F140" s="4" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="G140" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
+      <x:c r="F141" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="C141" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D141" s="4" t="s">
+      <x:c r="G141" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H141" s="4" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E142" s="4" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="F142" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
+      <x:c r="G142" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H142" s="4" t="s">
         <x:v>886</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
+      <x:c r="E143" s="4" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="C143" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D143" s="4" t="s">
+      <x:c r="F143" s="4" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="E143" s="4" t="s">
+      <x:c r="G143" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H143" s="4" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
+      <x:c r="D144" s="4" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="C144" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D144" s="4" t="s">
+      <x:c r="E144" s="4" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="E144" s="4" t="s">
+      <x:c r="F144" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="F144" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
+      <x:c r="C145" s="4" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
+      <x:c r="D146" s="4" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="C146" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>860</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>923</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>958</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>961</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>970</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>980</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>997</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>1000</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
+      <x:c r="C164" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D164" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="C164" s="4" t="s">
+      <x:c r="F164" s="4" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="D164" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="F165" s="4" t="s">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="F166" s="4" t="s">
         <x:v>1011</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
+      <x:c r="G166" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H166" s="4" t="s">
         <x:v>1012</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="C167" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D167" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E167" s="4" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
+      <x:c r="F167" s="4" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="C167" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F167" s="4" t="s">
+      <x:c r="G167" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H167" s="4" t="s">
         <x:v>1017</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>1031</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>1035</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>1036</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>1046</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>1050</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>1051</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1059</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>1065</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>1069</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>1074</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>1078</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>1081</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>1082</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>1093</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>1094</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>1097</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>1098</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>1103</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>1105</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>1118</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>1126</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>1127</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>1130</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1134</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>1138</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>1140</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1144</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1148</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1156</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>1157</x:v>
+        <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>1161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>1162</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>1167</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>1170</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>1171</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>1183</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>1174</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>1175</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>1183</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>1179</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1180</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>1192</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>1183</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1188</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1192</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>1195</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1196</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>1198</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1201</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>1206</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1207</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1208</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>1209</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>1210</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>1213</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1214</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1215</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>1183</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1218</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1219</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>1115</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>1222</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1223</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>1224</x:v>
+        <x:v>1231</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>1227</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1228</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>1231</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1232</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>1234</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1237</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1238</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1239</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>1242</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1243</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1244</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1247</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1248</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1251</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1251</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1253</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1257</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1258</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>1261</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>1262</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1263</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>1266</x:v>
+        <x:v>1271</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>1283</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1272</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1276</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1277</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1280</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1281</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1286</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1289</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1291</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>1292</x:v>
+        <x:v>1306</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1296</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1297</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>1298</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>1301</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1302</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1303</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>1305</x:v>
+        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1309</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1310</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>1311</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>1312</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>1315</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1317</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
-        <x:v>1318</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>1322</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E232" s="4" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>1326</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
+      <x:c r="C233" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
         <x:v>1328</x:v>
       </x:c>
-      <x:c r="C233" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D233" s="4" t="s">
+      <x:c r="E233" s="4" t="s">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="E233" s="4" t="s">
+      <x:c r="F233" s="4" t="s">
         <x:v>1330</x:v>
       </x:c>
-      <x:c r="F233" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>1332</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="C234" s="4" t="s">
         <x:v>1333</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
+      <x:c r="D234" s="4" t="s">
         <x:v>1334</x:v>
       </x:c>
-      <x:c r="C234" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D234" s="4" t="s">
+      <x:c r="E234" s="4" t="s">
         <x:v>1335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1280</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>1340</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1342</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>1343</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1346</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1347</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1350</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>1351</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1352</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>1353</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>1356</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1357</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>1359</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>1292</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>1360</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1361</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>1364</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1365</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>1368</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1369</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>1364</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="C242" s="4" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="D242" s="4" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="E242" s="4" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="F242" s="4" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="G242" s="4" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="H242" s="4" t="s">
         <x:v>1370</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="C243" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D243" s="4" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="E243" s="4" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
+      <x:c r="F243" s="4" t="s">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="C243" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E243" s="4" t="s">
+      <x:c r="G243" s="4" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="F243" s="4" t="s">
+      <x:c r="H243" s="4" t="s">
         <x:v>1377</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="F244" s="4" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="G244" s="4" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
         <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="C245" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="D245" s="4" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E245" s="4" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="F245" s="4" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C246" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="E246" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="F246" s="4" t="s">
-        <x:v>1392</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>1395</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1396</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1397</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>1398</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>1401</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1402</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1403</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>1404</x:v>
+        <x:v>1409</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>1407</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1408</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>1383</x:v>
+        <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>1411</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1412</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1413</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>1414</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C251" s="4" t="s">
-        <x:v>1418</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>1419</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E251" s="4" t="s">
-        <x:v>1420</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="F251" s="4" t="s">
-        <x:v>1421</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G251" s="4" t="s">
-        <x:v>1422</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H251" s="4" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>1426</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1427</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C253" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>1430</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E253" s="4" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="F253" s="4" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>1433</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>1434</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
+      <x:c r="C254" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D254" s="4" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="E254" s="4" t="s">
         <x:v>1436</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="C255" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D255" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E255" s="4" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="E255" s="4" t="s">
+      <x:c r="F255" s="4" t="s">
         <x:v>1441</x:v>
       </x:c>
-      <x:c r="F255" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>1443</x:v>
+        <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="C256" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D256" s="4" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="E256" s="4" t="s">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
+      <x:c r="F256" s="4" t="s">
         <x:v>1445</x:v>
       </x:c>
-      <x:c r="C256" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>1449</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>1450</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>1453</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1454</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>1455</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>1456</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1459</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>1456</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="C259" s="4" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D259" s="4" t="s">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="E259" s="4" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="B259" s="1" t="s">
+      <x:c r="F259" s="4" t="s">
         <x:v>1461</x:v>
       </x:c>
-      <x:c r="C259" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>1464</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>1465</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>1468</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
-        <x:v>1469</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
-        <x:v>1470</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>1471</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="C261" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D261" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="E261" s="4" t="s">
-        <x:v>1474</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="F261" s="4" t="s">
-        <x:v>1475</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="G261" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="H261" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>1470</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="C262" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="D262" s="4" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="E262" s="4" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="F262" s="4" t="s">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="G262" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H262" s="4" t="s">
         <x:v>1476</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="C263" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D263" s="4" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E263" s="4" t="s">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="F263" s="4" t="s">
         <x:v>1480</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="C264" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D264" s="4" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="E264" s="4" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
+      <x:c r="F264" s="4" t="s">
         <x:v>1485</x:v>
       </x:c>
-      <x:c r="C264" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D264" s="4" t="s">
+      <x:c r="G264" s="4" t="s">
         <x:v>1486</x:v>
       </x:c>
-      <x:c r="E264" s="4" t="s">
+      <x:c r="H264" s="4" t="s">
         <x:v>1487</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
         <x:v>1489</x:v>
       </x:c>
-      <x:c r="B265" s="1" t="s">
+      <x:c r="C265" s="4" t="s">
         <x:v>1490</x:v>
       </x:c>
-      <x:c r="C265" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="E265" s="4" t="s">
-        <x:v>1491</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="F265" s="4" t="s">
-        <x:v>1492</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="G265" s="4" t="s">
-        <x:v>1493</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="H265" s="4" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C266" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D266" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E266" s="4" t="s">
-        <x:v>1497</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F266" s="4" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="G266" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>1499</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="C267" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D267" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="E267" s="4" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F267" s="4" t="s">
-        <x:v>1503</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="G267" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="H267" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="C268" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D268" s="4" t="s">
-        <x:v>1237</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E268" s="4" t="s">
-        <x:v>1506</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F268" s="4" t="s">
-        <x:v>1507</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="G268" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H268" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="C269" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D269" s="4" t="s">
-        <x:v>1510</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E269" s="4" t="s">
-        <x:v>1511</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="F269" s="4" t="s">
-        <x:v>1512</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="G269" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H269" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="C270" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D270" s="4" t="s">
-        <x:v>1387</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E270" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="F270" s="4" t="s">
-        <x:v>1516</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="G270" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="H270" s="4" t="s">
-        <x:v>1517</x:v>
+        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C271" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D271" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E271" s="4" t="s">
-        <x:v>1520</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="F271" s="4" t="s">
-        <x:v>1521</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="G271" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="H271" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>1524</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1525</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="C273" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D273" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="E273" s="4" t="s">
-        <x:v>1515</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F273" s="4" t="s">
-        <x:v>1528</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G273" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="H273" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>1537</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="C274" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D274" s="4" t="s">
-        <x:v>1531</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E274" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="F274" s="4" t="s">
-        <x:v>1532</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>1533</x:v>
+        <x:v>1543</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C275" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D275" s="4" t="s">
-        <x:v>1536</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E275" s="4" t="s">
-        <x:v>1537</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="F275" s="4" t="s">
-        <x:v>1538</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="G275" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H275" s="4" t="s">
-        <x:v>1539</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="C276" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D276" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E276" s="4" t="s">
-        <x:v>1542</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="F276" s="4" t="s">
-        <x:v>1543</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="G276" s="4" t="s">
-        <x:v>1544</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H276" s="4" t="s">
-        <x:v>1545</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="C277" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D277" s="4" t="s">
-        <x:v>1548</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E277" s="4" t="s">
-        <x:v>1549</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="F277" s="4" t="s">
-        <x:v>1550</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="C278" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D278" s="4" t="s">
-        <x:v>1553</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="E278" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="F278" s="4" t="s">
-        <x:v>1554</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="C279" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D279" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="E279" s="4" t="s">
-        <x:v>1557</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="F279" s="4" t="s">
-        <x:v>1558</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="C280" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D280" s="4" t="s">
-        <x:v>1401</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E280" s="4" t="s">
-        <x:v>1561</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="F280" s="4" t="s">
-        <x:v>1562</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="G280" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="H280" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C281" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D281" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E281" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="F281" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1566</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>1569</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1570</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>1383</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>1573</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
-        <x:v>1574</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>1589</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C285" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D285" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E285" s="4" t="s">
-        <x:v>1577</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="F285" s="4" t="s">
-        <x:v>1578</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="G285" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="H285" s="4" t="s">
-        <x:v>1579</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>1582</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E286" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="F286" s="4" t="s">
-        <x:v>1583</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="G286" s="4" t="s">
-        <x:v>1582</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H286" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="C287" s="4" t="s">
-        <x:v>1553</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D287" s="4" t="s">
-        <x:v>1586</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E287" s="4" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="F287" s="4" t="s">
-        <x:v>1588</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="G287" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H287" s="4" t="s">
-        <x:v>1589</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="C288" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="D288" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E288" s="4" t="s">
-        <x:v>1592</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F288" s="4" t="s">
-        <x:v>1593</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="G288" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H288" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>1605</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C289" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D289" s="4" t="s">
-        <x:v>1596</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="E289" s="4" t="s">
-        <x:v>1597</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="F289" s="4" t="s">
-        <x:v>1598</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="G289" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H289" s="4" t="s">
-        <x:v>1599</x:v>
+        <x:v>1611</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C290" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D290" s="4" t="s">
-        <x:v>1602</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E290" s="4" t="s">
-        <x:v>1603</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="F290" s="4" t="s">
-        <x:v>1604</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="G290" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="H290" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>1617</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="C291" s="4" t="s">
-        <x:v>1209</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D291" s="4" t="s">
-        <x:v>1607</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="E291" s="4" t="s">
-        <x:v>1608</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="F291" s="4" t="s">
-        <x:v>1609</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="G291" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H291" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="C292" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D292" s="4" t="s">
-        <x:v>1612</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E292" s="4" t="s">
-        <x:v>1613</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F292" s="4" t="s">
-        <x:v>1614</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="G292" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H292" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="C293" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D293" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E293" s="4" t="s">
-        <x:v>1617</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="F293" s="4" t="s">
-        <x:v>1618</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="G293" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H293" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="C294" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="D294" s="4" t="s">
-        <x:v>1621</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="E294" s="4" t="s">
-        <x:v>1622</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="F294" s="4" t="s">
-        <x:v>1623</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="G294" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H294" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="C295" s="4" t="s">
-        <x:v>1626</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D295" s="4" t="s">
-        <x:v>1627</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E295" s="4" t="s">
-        <x:v>1126</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F295" s="4" t="s">
-        <x:v>1628</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G295" s="4" t="s">
-        <x:v>1533</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H295" s="4" t="s">
-        <x:v>1629</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="C296" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D296" s="4" t="s">
-        <x:v>1632</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E296" s="4" t="s">
-        <x:v>1633</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F296" s="4" t="s">
-        <x:v>1634</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="G296" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H296" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="C297" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D297" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E297" s="4" t="s">
-        <x:v>1637</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="F297" s="4" t="s">
-        <x:v>1638</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="G297" s="4" t="s">
-        <x:v>1359</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="H297" s="4" t="s">
-        <x:v>1639</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="C298" s="4" t="s">
-        <x:v>1642</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="D298" s="4" t="s">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="E298" s="4" t="s">
-        <x:v>1644</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F298" s="4" t="s">
-        <x:v>1645</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="G298" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H298" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="C299" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D299" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E299" s="4" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="F299" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="G299" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="H299" s="4" t="s">
-        <x:v>1499</x:v>
+        <x:v>1651</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="C300" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D300" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E300" s="4" t="s">
-        <x:v>1648</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F300" s="4" t="s">
-        <x:v>1650</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="G300" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H300" s="4" t="s">
-        <x:v>1499</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="C301" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="D301" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E301" s="4" t="s">
-        <x:v>1653</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="F301" s="4" t="s">
-        <x:v>1654</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="G301" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H301" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>1660</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="C302" s="4" t="s">
-        <x:v>1657</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D302" s="4" t="s">
-        <x:v>1658</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E302" s="4" t="s">
-        <x:v>1659</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="F302" s="4" t="s">
-        <x:v>1660</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="G302" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H302" s="4" t="s">
-        <x:v>1661</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="C303" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D303" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="E303" s="4" t="s">
-        <x:v>1664</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="F303" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="G303" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H303" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>1670</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="C304" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D304" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="E304" s="4" t="s">
-        <x:v>1664</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="F304" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="G304" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H304" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C305" s="4" t="s">
-        <x:v>1667</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D305" s="4" t="s">
-        <x:v>1668</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="E305" s="4" t="s">
-        <x:v>1664</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="F305" s="4" t="s">
-        <x:v>1669</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="G305" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H305" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="C306" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D306" s="4" t="s">
-        <x:v>1672</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="E306" s="4" t="s">
-        <x:v>1673</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="F306" s="4" t="s">
-        <x:v>1674</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="G306" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H306" s="4" t="s">
-        <x:v>1675</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="C307" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D307" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E307" s="4" t="s">
-        <x:v>1678</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="F307" s="4" t="s">
-        <x:v>1679</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="G307" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H307" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="C308" s="4" t="s">
-        <x:v>1682</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D308" s="4" t="s">
-        <x:v>1683</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="E308" s="4" t="s">
-        <x:v>1684</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="F308" s="4" t="s">
-        <x:v>1685</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="G308" s="4" t="s">
-        <x:v>1147</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H308" s="4" t="s">
-        <x:v>1686</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="C309" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="D309" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="E309" s="4" t="s">
-        <x:v>1689</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F309" s="4" t="s">
-        <x:v>1690</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="G309" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="H309" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>1700</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="C310" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D310" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E310" s="4" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="F310" s="4" t="s">
-        <x:v>1694</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="G310" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H310" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C311" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D311" s="4" t="s">
-        <x:v>1697</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E311" s="4" t="s">
-        <x:v>1698</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="F311" s="4" t="s">
-        <x:v>1699</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="G311" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="H311" s="4" t="s">
-        <x:v>1700</x:v>
+        <x:v>1710</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="C312" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D312" s="4" t="s">
-        <x:v>1703</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="E312" s="4" t="s">
-        <x:v>1704</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="F312" s="4" t="s">
-        <x:v>1705</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="G312" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H312" s="4" t="s">
-        <x:v>1706</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="C313" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D313" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E313" s="4" t="s">
-        <x:v>1709</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="F313" s="4" t="s">
-        <x:v>1710</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G313" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H313" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="C314" s="4" t="s">
-        <x:v>1713</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D314" s="4" t="s">
-        <x:v>1714</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E314" s="4" t="s">
-        <x:v>1715</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="F314" s="4" t="s">
-        <x:v>1716</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="G314" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H314" s="4" t="s">
-        <x:v>1717</x:v>
+        <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="C315" s="4" t="s">
-        <x:v>1224</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D315" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E315" s="4" t="s">
-        <x:v>1720</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="F315" s="4" t="s">
-        <x:v>1721</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="G315" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H315" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C316" s="4" t="s">
-        <x:v>1292</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D316" s="4" t="s">
-        <x:v>1724</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E316" s="4" t="s">
-        <x:v>1725</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F316" s="4" t="s">
-        <x:v>1726</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="G316" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H316" s="4" t="s">
-        <x:v>1727</x:v>
+        <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="C317" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D317" s="4" t="s">
-        <x:v>1730</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E317" s="4" t="s">
-        <x:v>1731</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="F317" s="4" t="s">
-        <x:v>1732</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G317" s="4" t="s">
-        <x:v>1733</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H317" s="4" t="s">
-        <x:v>1734</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="C318" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D318" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E318" s="4" t="s">
         <x:v>1735</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F318" s="4" t="s">
-        <x:v>1737</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G318" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H318" s="4" t="s">
-        <x:v>1738</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="C319" s="4" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="D319" s="4" t="s">
         <x:v>1739</x:v>
       </x:c>
-      <x:c r="B319" s="1" t="s">
+      <x:c r="E319" s="4" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="F319" s="4" t="s">
         <x:v>1740</x:v>
       </x:c>
-      <x:c r="C319" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G319" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H319" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
+        <x:v>1741</x:v>
+      </x:c>
+      <x:c r="B320" s="1" t="s">
+        <x:v>1742</x:v>
+      </x:c>
+      <x:c r="C320" s="4" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="D320" s="4" t="s">
         <x:v>1743</x:v>
       </x:c>
-      <x:c r="B320" s="1" t="s">
+      <x:c r="E320" s="4" t="s">
         <x:v>1744</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1214</x:v>
       </x:c>
       <x:c r="F320" s="4" t="s">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="G320" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="H320" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>1746</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="C321" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D321" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E321" s="4" t="s">
-        <x:v>1748</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F321" s="4" t="s">
-        <x:v>1749</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="G321" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H321" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="C322" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="D322" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="E322" s="4" t="s">
-        <x:v>1752</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="F322" s="4" t="s">
-        <x:v>1753</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="G322" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="H322" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>1757</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="C323" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D323" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E323" s="4" t="s">
-        <x:v>1756</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="F323" s="4" t="s">
-        <x:v>1757</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="G323" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H323" s="4" t="s">
-        <x:v>1209</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="C324" s="4" t="s">
-        <x:v>1760</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D324" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E324" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="F324" s="4" t="s">
-        <x:v>1761</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="G324" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H324" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="C325" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D325" s="4" t="s">
-        <x:v>1764</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E325" s="4" t="s">
-        <x:v>1765</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="F325" s="4" t="s">
-        <x:v>1766</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="G325" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H325" s="4" t="s">
-        <x:v>1767</x:v>
+        <x:v>1771</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="C326" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D326" s="4" t="s">
-        <x:v>1770</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="E326" s="4" t="s">
-        <x:v>1771</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="F326" s="4" t="s">
-        <x:v>1772</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="G326" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H326" s="4" t="s">
-        <x:v>1773</x:v>
+        <x:v>1777</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="C327" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D327" s="4" t="s">
-        <x:v>1335</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E327" s="4" t="s">
-        <x:v>1776</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="F327" s="4" t="s">
-        <x:v>1777</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="G327" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H327" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="C328" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="D328" s="4" t="s">
-        <x:v>1780</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="E328" s="4" t="s">
-        <x:v>1781</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="F328" s="4" t="s">
-        <x:v>1782</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="G328" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H328" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>1788</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="C329" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D329" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E329" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="F329" s="4" t="s">
-        <x:v>1785</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="G329" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H329" s="4" t="s">
-        <x:v>1786</x:v>
+        <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="C330" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D330" s="4" t="s">
-        <x:v>1789</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="E330" s="4" t="s">
-        <x:v>1790</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="F330" s="4" t="s">
-        <x:v>1791</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="G330" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H330" s="4" t="s">
-        <x:v>1359</x:v>
+        <x:v>1798</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="C331" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D331" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="E331" s="4" t="s">
-        <x:v>1794</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="F331" s="4" t="s">
-        <x:v>1795</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="G331" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="H331" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>1805</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="C332" s="4" t="s">
-        <x:v>1798</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D332" s="4" t="s">
-        <x:v>1799</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E332" s="4" t="s">
-        <x:v>1800</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F332" s="4" t="s">
-        <x:v>1801</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="G332" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H332" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="C333" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D333" s="4" t="s">
-        <x:v>1804</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="E333" s="4" t="s">
-        <x:v>1805</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="F333" s="4" t="s">
-        <x:v>1806</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="G333" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H333" s="4" t="s">
-        <x:v>1213</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="C334" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D334" s="4" t="s">
-        <x:v>1809</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E334" s="4" t="s">
-        <x:v>1810</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="F334" s="4" t="s">
-        <x:v>1811</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="G334" s="4" t="s">
-        <x:v>1109</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H334" s="4" t="s">
-        <x:v>1812</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="C335" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D335" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E335" s="4" t="s">
-        <x:v>1815</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="F335" s="4" t="s">
-        <x:v>1816</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="G335" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H335" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="C336" s="4" t="s">
-        <x:v>1404</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D336" s="4" t="s">
-        <x:v>1819</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E336" s="4" t="s">
-        <x:v>1820</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="F336" s="4" t="s">
-        <x:v>1821</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="G336" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H336" s="4" t="s">
-        <x:v>1822</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C337" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D337" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E337" s="4" t="s">
-        <x:v>1825</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="F337" s="4" t="s">
-        <x:v>1826</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="G337" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H337" s="4" t="s">
-        <x:v>1121</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="C338" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="D338" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E338" s="4" t="s">
-        <x:v>1829</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F338" s="4" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="G338" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="H338" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="C339" s="4" t="s">
-        <x:v>1833</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D339" s="4" t="s">
-        <x:v>1834</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="E339" s="4" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="F339" s="4" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="G339" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H339" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>1838</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="C340" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D340" s="4" t="s">
-        <x:v>1340</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="E340" s="4" t="s">
-        <x:v>1839</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="F340" s="4" t="s">
-        <x:v>1840</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="G340" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H340" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>1844</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="C341" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D341" s="4" t="s">
-        <x:v>1843</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="E341" s="4" t="s">
-        <x:v>1844</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="F341" s="4" t="s">
-        <x:v>1845</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="G341" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H341" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="C342" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D342" s="4" t="s">
-        <x:v>1848</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="E342" s="4" t="s">
-        <x:v>1849</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="F342" s="4" t="s">
-        <x:v>1850</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="G342" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H342" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="C343" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D343" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E343" s="4" t="s">
-        <x:v>1853</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F343" s="4" t="s">
-        <x:v>1854</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="G343" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H343" s="4" t="s">
-        <x:v>1855</x:v>
+        <x:v>1857</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C344" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D344" s="4" t="s">
-        <x:v>1237</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="E344" s="4" t="s">
-        <x:v>1858</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="F344" s="4" t="s">
-        <x:v>1859</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="G344" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="H344" s="4" t="s">
-        <x:v>1860</x:v>
+        <x:v>1431</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="C345" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D345" s="4" t="s">
-        <x:v>1863</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E345" s="4" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="F345" s="4" t="s">
-        <x:v>1865</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="G345" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H345" s="4" t="s">
-        <x:v>1866</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="C346" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="D346" s="4" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="E346" s="4" t="s">
-        <x:v>1870</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="F346" s="4" t="s">
-        <x:v>1871</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="G346" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H346" s="4" t="s">
-        <x:v>1872</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="C347" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D347" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E347" s="4" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="F347" s="4" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="G347" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H347" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="C348" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D348" s="4" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="E348" s="4" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="F348" s="4" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="G348" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H348" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>1883</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="C349" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="D349" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E349" s="4" t="s">
-        <x:v>1884</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="F349" s="4" t="s">
-        <x:v>1885</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="G349" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="H349" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="C350" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="D350" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E350" s="4" t="s">
-        <x:v>1888</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="F350" s="4" t="s">
-        <x:v>1889</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="G350" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="H350" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>1893</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="C351" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D351" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E351" s="4" t="s">
-        <x:v>1892</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="F351" s="4" t="s">
-        <x:v>1893</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="G351" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H351" s="4" t="s">
-        <x:v>1894</x:v>
+        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="C352" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D352" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E352" s="4" t="s">
-        <x:v>1888</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="F352" s="4" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="G352" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H352" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="C353" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="D353" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="E353" s="4" t="s">
-        <x:v>1900</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="F353" s="4" t="s">
-        <x:v>1901</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="G353" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H353" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="C354" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D354" s="4" t="s">
-        <x:v>1904</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E354" s="4" t="s">
-        <x:v>1905</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="F354" s="4" t="s">
-        <x:v>1906</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="G354" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H354" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="C355" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D355" s="4" t="s">
-        <x:v>1909</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E355" s="4" t="s">
-        <x:v>1910</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="F355" s="4" t="s">
-        <x:v>1911</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="G355" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="H355" s="4" t="s">
-        <x:v>1912</x:v>
+        <x:v>1328</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="C356" s="4" t="s">
-        <x:v>1915</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D356" s="4" t="s">
-        <x:v>1916</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="E356" s="4" t="s">
-        <x:v>1917</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="F356" s="4" t="s">
-        <x:v>1918</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="G356" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H356" s="4" t="s">
-        <x:v>1919</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="C357" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D357" s="4" t="s">
-        <x:v>1922</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E357" s="4" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="F357" s="4" t="s">
-        <x:v>1924</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="G357" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H357" s="4" t="s">
-        <x:v>1925</x:v>
+        <x:v>1926</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="C358" s="4" t="s">
-        <x:v>1359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D358" s="4" t="s">
-        <x:v>1418</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E358" s="4" t="s">
-        <x:v>1928</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="F358" s="4" t="s">
-        <x:v>1929</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="G358" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H358" s="4" t="s">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="C359" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D359" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="E359" s="4" t="s">
-        <x:v>1933</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="F359" s="4" t="s">
-        <x:v>1934</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="G359" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H359" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>1937</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="C360" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D360" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E360" s="4" t="s">
-        <x:v>1937</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="F360" s="4" t="s">
-        <x:v>1938</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="G360" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H360" s="4" t="s">
-        <x:v>1939</x:v>
+        <x:v>1943</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="C361" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D361" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E361" s="4" t="s">
-        <x:v>1937</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="F361" s="4" t="s">
-        <x:v>1942</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="G361" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H361" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="C362" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D362" s="4" t="s">
-        <x:v>1945</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="E362" s="4" t="s">
-        <x:v>1946</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="F362" s="4" t="s">
-        <x:v>1947</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="G362" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H362" s="4" t="s">
-        <x:v>1948</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="C363" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D363" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E363" s="4" t="s">
-        <x:v>1951</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="F363" s="4" t="s">
-        <x:v>1952</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="G363" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H363" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="C364" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D364" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E364" s="4" t="s">
-        <x:v>1955</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="F364" s="4" t="s">
-        <x:v>1956</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="G364" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H364" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="C365" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D365" s="4" t="s">
-        <x:v>1959</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E365" s="4" t="s">
-        <x:v>1960</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="F365" s="4" t="s">
-        <x:v>1961</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="G365" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H365" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="C366" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D366" s="4" t="s">
-        <x:v>1415</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E366" s="4" t="s">
-        <x:v>1964</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="F366" s="4" t="s">
-        <x:v>1965</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="G366" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H366" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="C367" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D367" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E367" s="4" t="s">
-        <x:v>1968</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="F367" s="4" t="s">
-        <x:v>1969</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="G367" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H367" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="C368" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D368" s="4" t="s">
-        <x:v>1446</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="E368" s="4" t="s">
-        <x:v>1972</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="F368" s="4" t="s">
-        <x:v>1973</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="G368" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H368" s="4" t="s">
-        <x:v>1974</x:v>
+        <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="C369" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D369" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="E369" s="4" t="s">
-        <x:v>1977</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="F369" s="4" t="s">
-        <x:v>1978</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="G369" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H369" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>1982</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="C370" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D370" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="E370" s="4" t="s">
-        <x:v>1981</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="F370" s="4" t="s">
-        <x:v>1982</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="G370" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H370" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>1988</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="C371" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D371" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="E371" s="4" t="s">
-        <x:v>1985</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F371" s="4" t="s">
-        <x:v>1986</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="G371" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H371" s="4" t="s">
-        <x:v>1642</x:v>
+        <x:v>1994</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>1988</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="C372" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D372" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E372" s="4" t="s">
-        <x:v>1989</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F372" s="4" t="s">
-        <x:v>1990</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="G372" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H372" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>1999</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="C373" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D373" s="4" t="s">
-        <x:v>1993</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E373" s="4" t="s">
-        <x:v>1994</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="F373" s="4" t="s">
-        <x:v>1995</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="G373" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H373" s="4" t="s">
-        <x:v>894</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="C374" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D374" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E374" s="4" t="s">
-        <x:v>1998</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F374" s="4" t="s">
-        <x:v>1999</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="G374" s="4" t="s">
-        <x:v>1202</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H374" s="4" t="s">
-        <x:v>1183</x:v>
+        <x:v>2008</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="C375" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D375" s="4" t="s">
-        <x:v>2002</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E375" s="4" t="s">
-        <x:v>2003</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F375" s="4" t="s">
-        <x:v>2004</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="G375" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H375" s="4" t="s">
-        <x:v>2005</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="C376" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D376" s="4" t="s">
-        <x:v>2008</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="E376" s="4" t="s">
-        <x:v>2009</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F376" s="4" t="s">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="G376" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H376" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>2017</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="C377" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D377" s="4" t="s">
-        <x:v>1855</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E377" s="4" t="s">
-        <x:v>2013</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F377" s="4" t="s">
-        <x:v>2014</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="G377" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H377" s="4" t="s">
-        <x:v>2015</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C378" s="4" t="s">
-        <x:v>1224</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D378" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E378" s="4" t="s">
-        <x:v>2003</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F378" s="4" t="s">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="G378" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H378" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C379" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D379" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="E379" s="4" t="s">
-        <x:v>2021</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="F379" s="4" t="s">
-        <x:v>2022</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="G379" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H379" s="4" t="s">
-        <x:v>2023</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="C380" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D380" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="E380" s="4" t="s">
-        <x:v>2026</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="F380" s="4" t="s">
-        <x:v>2027</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="G380" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H380" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="C381" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D381" s="4" t="s">
-        <x:v>2030</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E381" s="4" t="s">
-        <x:v>2031</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="F381" s="4" t="s">
-        <x:v>2032</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="G381" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H381" s="4" t="s">
-        <x:v>2033</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="C382" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D382" s="4" t="s">
-        <x:v>2036</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E382" s="4" t="s">
-        <x:v>2037</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="F382" s="4" t="s">
-        <x:v>2038</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="G382" s="4" t="s">
-        <x:v>2039</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H382" s="4" t="s">
-        <x:v>1423</x:v>
+        <x:v>2043</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="C383" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D383" s="4" t="s">
-        <x:v>2042</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E383" s="4" t="s">
-        <x:v>2043</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="F383" s="4" t="s">
-        <x:v>2044</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="G383" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H383" s="4" t="s">
-        <x:v>2045</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="C384" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D384" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E384" s="4" t="s">
-        <x:v>2037</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="F384" s="4" t="s">
-        <x:v>2048</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="G384" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H384" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="C385" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D385" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E385" s="4" t="s">
-        <x:v>2051</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="F385" s="4" t="s">
-        <x:v>2052</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="G385" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H385" s="4" t="s">
-        <x:v>1198</x:v>
+        <x:v>1713</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="C386" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D386" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E386" s="4" t="s">
-        <x:v>2055</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="F386" s="4" t="s">
-        <x:v>2056</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="G386" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H386" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="C387" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D387" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E387" s="4" t="s">
-        <x:v>2059</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="F387" s="4" t="s">
-        <x:v>2060</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="G387" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H387" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="C388" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D388" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E388" s="4" t="s">
-        <x:v>2063</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="F388" s="4" t="s">
-        <x:v>2064</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="G388" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="H388" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="C389" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D389" s="4" t="s">
-        <x:v>2067</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="E389" s="4" t="s">
-        <x:v>2068</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="F389" s="4" t="s">
-        <x:v>2069</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="G389" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="H389" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>2074</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="C390" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D390" s="4" t="s">
-        <x:v>2072</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="E390" s="4" t="s">
-        <x:v>2073</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="F390" s="4" t="s">
-        <x:v>2074</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="G390" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H390" s="4" t="s">
-        <x:v>2075</x:v>
+        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>2077</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C391" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D391" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E391" s="4" t="s">
-        <x:v>2078</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F391" s="4" t="s">
-        <x:v>2079</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="G391" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H391" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>2084</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="C392" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D392" s="4" t="s">
-        <x:v>1993</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E392" s="4" t="s">
-        <x:v>2082</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="F392" s="4" t="s">
-        <x:v>2083</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="G392" s="4" t="s">
-        <x:v>1359</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H392" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="C393" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D393" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E393" s="4" t="s">
-        <x:v>2086</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="F393" s="4" t="s">
-        <x:v>2087</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="G393" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="H393" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>2092</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="C394" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D394" s="4" t="s">
-        <x:v>2090</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E394" s="4" t="s">
-        <x:v>2091</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="F394" s="4" t="s">
-        <x:v>2092</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="G394" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H394" s="4" t="s">
-        <x:v>1387</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="C395" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D395" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E395" s="4" t="s">
-        <x:v>2082</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="F395" s="4" t="s">
-        <x:v>2095</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="G395" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H395" s="4" t="s">
-        <x:v>2096</x:v>
+        <x:v>2102</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="C396" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D396" s="4" t="s">
-        <x:v>1804</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="E396" s="4" t="s">
-        <x:v>2099</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="F396" s="4" t="s">
-        <x:v>2100</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="G396" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="H396" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>1495</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
-        <x:v>2101</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="C397" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D397" s="4" t="s">
-        <x:v>2103</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="E397" s="4" t="s">
-        <x:v>2104</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="F397" s="4" t="s">
-        <x:v>2105</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="G397" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H397" s="4" t="s">
-        <x:v>1639</x:v>
+        <x:v>2114</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="B398" s="1" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="C398" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D398" s="4" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E398" s="4" t="s">
         <x:v>2106</x:v>
       </x:c>
-      <x:c r="B398" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F398" s="4" t="s">
-        <x:v>2109</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="G398" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H398" s="4" t="s">
-        <x:v>2110</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
-        <x:v>2111</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>2112</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="C399" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D399" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E399" s="4" t="s">
-        <x:v>2113</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="F399" s="4" t="s">
-        <x:v>2114</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="G399" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H399" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>1271</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
-        <x:v>2115</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>2116</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="C400" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D400" s="4" t="s">
-        <x:v>1904</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E400" s="4" t="s">
-        <x:v>2117</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="F400" s="4" t="s">
-        <x:v>2118</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="G400" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H400" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
-        <x:v>2119</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="C401" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D401" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E401" s="4" t="s">
-        <x:v>2121</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="F401" s="4" t="s">
-        <x:v>2122</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="G401" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="H401" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
-        <x:v>2123</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>2124</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="C402" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D402" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E402" s="4" t="s">
-        <x:v>2125</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="F402" s="4" t="s">
-        <x:v>2126</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="G402" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H402" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
-        <x:v>2127</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>2128</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="C403" s="4" t="s">
-        <x:v>1335</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D403" s="4" t="s">
-        <x:v>2129</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="E403" s="4" t="s">
-        <x:v>2130</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="F403" s="4" t="s">
-        <x:v>2131</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="G403" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H403" s="4" t="s">
-        <x:v>2132</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="C404" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D404" s="4" t="s">
-        <x:v>2135</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="E404" s="4" t="s">
-        <x:v>2136</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="F404" s="4" t="s">
-        <x:v>2137</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="G404" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H404" s="4" t="s">
-        <x:v>1024</x:v>
+        <x:v>2144</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="C405" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D405" s="4" t="s">
-        <x:v>2140</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E405" s="4" t="s">
-        <x:v>2013</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="F405" s="4" t="s">
-        <x:v>2141</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="G405" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H405" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="C406" s="4" t="s">
-        <x:v>2144</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D406" s="4" t="s">
-        <x:v>2145</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E406" s="4" t="s">
-        <x:v>2146</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="F406" s="4" t="s">
-        <x:v>2147</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="G406" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="H406" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="C407" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D407" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E407" s="4" t="s">
-        <x:v>2150</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="F407" s="4" t="s">
-        <x:v>2151</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="G407" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H407" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="C408" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D408" s="4" t="s">
-        <x:v>2154</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="E408" s="4" t="s">
-        <x:v>2155</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="F408" s="4" t="s">
-        <x:v>2156</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="G408" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H408" s="4" t="s">
-        <x:v>997</x:v>
+        <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>2158</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="C409" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D409" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E409" s="4" t="s">
-        <x:v>2159</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="F409" s="4" t="s">
-        <x:v>2160</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="G409" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H409" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>2165</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="C410" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D410" s="4" t="s">
-        <x:v>1401</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E410" s="4" t="s">
-        <x:v>2163</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="F410" s="4" t="s">
-        <x:v>2164</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="G410" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H410" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="C411" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D411" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="E411" s="4" t="s">
-        <x:v>2167</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="F411" s="4" t="s">
-        <x:v>2168</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="G411" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H411" s="4" t="s">
-        <x:v>2002</x:v>
+        <x:v>1710</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
-        <x:v>2169</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>2170</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="C412" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D412" s="4" t="s">
-        <x:v>2171</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="E412" s="4" t="s">
-        <x:v>2172</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="F412" s="4" t="s">
-        <x:v>2173</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="G412" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H412" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
-        <x:v>2174</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="C413" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D413" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E413" s="4" t="s">
-        <x:v>2176</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="F413" s="4" t="s">
-        <x:v>2177</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="G413" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H413" s="4" t="s">
-        <x:v>1383</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
-        <x:v>2178</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="C414" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D414" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="E414" s="4" t="s">
-        <x:v>2180</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="F414" s="4" t="s">
-        <x:v>2181</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="G414" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="H414" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
-        <x:v>2182</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>2183</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="C415" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D415" s="4" t="s">
-        <x:v>2184</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E415" s="4" t="s">
-        <x:v>2185</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="F415" s="4" t="s">
-        <x:v>2186</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="G415" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="H415" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
-        <x:v>2187</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="C416" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D416" s="4" t="s">
-        <x:v>1909</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E416" s="4" t="s">
-        <x:v>2189</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="F416" s="4" t="s">
-        <x:v>2190</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="G416" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H416" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
-        <x:v>2191</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="C417" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D417" s="4" t="s">
-        <x:v>2193</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="E417" s="4" t="s">
-        <x:v>2194</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="F417" s="4" t="s">
-        <x:v>2195</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="G417" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H417" s="4" t="s">
-        <x:v>2196</x:v>
+        <x:v>2201</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
-        <x:v>2197</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>2198</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="C418" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D418" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="E418" s="4" t="s">
-        <x:v>2199</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="F418" s="4" t="s">
-        <x:v>2200</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="G418" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H418" s="4" t="s">
-        <x:v>997</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
-        <x:v>2201</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>2202</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="C419" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D419" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="E419" s="4" t="s">
-        <x:v>2203</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="F419" s="4" t="s">
-        <x:v>2204</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="G419" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="H419" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
-        <x:v>2205</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="C420" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="D420" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="E420" s="4" t="s">
-        <x:v>2207</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="F420" s="4" t="s">
-        <x:v>2208</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="G420" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="H420" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
-        <x:v>2209</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="C421" s="4" t="s">
-        <x:v>1446</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D421" s="4" t="s">
-        <x:v>2211</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E421" s="4" t="s">
-        <x:v>1972</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="F421" s="4" t="s">
-        <x:v>2212</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="G421" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H421" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>2214</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="C422" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D422" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="E422" s="4" t="s">
-        <x:v>2215</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="F422" s="4" t="s">
-        <x:v>2216</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="G422" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H422" s="4" t="s">
-        <x:v>2217</x:v>
+        <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
-        <x:v>2218</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>2219</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="C423" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D423" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E423" s="4" t="s">
-        <x:v>2220</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="F423" s="4" t="s">
-        <x:v>2221</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="G423" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H423" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
-        <x:v>2222</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="C424" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D424" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="E424" s="4" t="s">
-        <x:v>2099</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="F424" s="4" t="s">
-        <x:v>2224</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="G424" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H424" s="4" t="s">
-        <x:v>2225</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
-        <x:v>2226</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>2227</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="C425" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D425" s="4" t="s">
-        <x:v>2228</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E425" s="4" t="s">
-        <x:v>2229</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="F425" s="4" t="s">
-        <x:v>2230</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="G425" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H425" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>2071</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
-        <x:v>2231</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="C426" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D426" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="E426" s="4" t="s">
-        <x:v>2233</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="F426" s="4" t="s">
-        <x:v>2234</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="G426" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H426" s="4" t="s">
-        <x:v>1337</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
-        <x:v>2235</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>2236</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="C427" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D427" s="4" t="s">
-        <x:v>2237</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E427" s="4" t="s">
-        <x:v>2238</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="F427" s="4" t="s">
-        <x:v>2239</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="G427" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="H427" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
-        <x:v>2240</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>2241</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="C428" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D428" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E428" s="4" t="s">
-        <x:v>2104</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="F428" s="4" t="s">
-        <x:v>2242</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="G428" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H428" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
-        <x:v>2243</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>2244</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="C429" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D429" s="4" t="s">
-        <x:v>2245</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="E429" s="4" t="s">
-        <x:v>2246</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="F429" s="4" t="s">
-        <x:v>2247</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="G429" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H429" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
-        <x:v>2248</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>2249</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="C430" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D430" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="E430" s="4" t="s">
-        <x:v>2250</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="F430" s="4" t="s">
-        <x:v>2251</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="G430" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H430" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="C431" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D431" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="E431" s="4" t="s">
-        <x:v>2254</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="F431" s="4" t="s">
-        <x:v>2255</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="G431" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H431" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>2265</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="C432" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D432" s="4" t="s">
-        <x:v>2258</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E432" s="4" t="s">
-        <x:v>2259</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="F432" s="4" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="G432" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H432" s="4" t="s">
-        <x:v>2261</x:v>
+        <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8" ht="15" customHeight="1">
       <x:c r="A433" s="1" t="s">
-        <x:v>2262</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>2263</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="C433" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D433" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E433" s="4" t="s">
-        <x:v>2264</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="F433" s="4" t="s">
-        <x:v>2265</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="G433" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H433" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8" ht="15" customHeight="1">
       <x:c r="A434" s="1" t="s">
-        <x:v>2266</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="C434" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D434" s="4" t="s">
-        <x:v>1912</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E434" s="4" t="s">
-        <x:v>2268</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="F434" s="4" t="s">
-        <x:v>2269</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="G434" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H434" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
-        <x:v>2270</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>2271</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="C435" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="D435" s="4" t="s">
-        <x:v>2272</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="E435" s="4" t="s">
-        <x:v>2273</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="F435" s="4" t="s">
-        <x:v>2274</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="G435" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="H435" s="4" t="s">
-        <x:v>1848</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
-        <x:v>2275</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>2276</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="C436" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D436" s="4" t="s">
-        <x:v>2277</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E436" s="4" t="s">
-        <x:v>2278</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="F436" s="4" t="s">
-        <x:v>2279</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="G436" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H436" s="4" t="s">
-        <x:v>2280</x:v>
+        <x:v>2286</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
-        <x:v>2281</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>2282</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="C437" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D437" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E437" s="4" t="s">
-        <x:v>2283</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="F437" s="4" t="s">
-        <x:v>2284</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="G437" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H437" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
-        <x:v>2285</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>2286</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="C438" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D438" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E438" s="4" t="s">
-        <x:v>2287</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="F438" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="G438" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H438" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>2294</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="C439" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D439" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="E439" s="4" t="s">
-        <x:v>2290</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="F439" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="G439" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H439" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
-        <x:v>2291</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="C440" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D440" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E440" s="4" t="s">
-        <x:v>2293</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="F440" s="4" t="s">
+        <x:v>2303</x:v>
+      </x:c>
+      <x:c r="G440" s="4" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H440" s="4" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A441" s="1" t="s">
+        <x:v>2304</x:v>
+      </x:c>
+      <x:c r="B441" s="1" t="s">
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="C441" s="4" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D441" s="4" t="s">
+        <x:v>2306</x:v>
+      </x:c>
+      <x:c r="E441" s="4" t="s">
+        <x:v>2307</x:v>
+      </x:c>
+      <x:c r="F441" s="4" t="s">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="G441" s="4" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="H441" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A442" s="1" t="s">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="B442" s="1" t="s">
+        <x:v>2310</x:v>
+      </x:c>
+      <x:c r="C442" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D442" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E442" s="4" t="s">
+        <x:v>2173</x:v>
+      </x:c>
+      <x:c r="F442" s="4" t="s">
+        <x:v>2311</x:v>
+      </x:c>
+      <x:c r="G442" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H442" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A443" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="B443" s="1" t="s">
+        <x:v>2313</x:v>
+      </x:c>
+      <x:c r="C443" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D443" s="4" t="s">
+        <x:v>2314</x:v>
+      </x:c>
+      <x:c r="E443" s="4" t="s">
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="F443" s="4" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="G443" s="4" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="H443" s="4" t="s">
+        <x:v>868</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A444" s="1" t="s">
+        <x:v>2317</x:v>
+      </x:c>
+      <x:c r="B444" s="1" t="s">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="C444" s="4" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="D444" s="4" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="E444" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F444" s="4" t="s">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="G444" s="4" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="H444" s="4" t="s">
+        <x:v>732</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A445" s="1" t="s">
+        <x:v>2320</x:v>
+      </x:c>
+      <x:c r="B445" s="1" t="s">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="C445" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D445" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E445" s="4" t="s">
+        <x:v>2322</x:v>
+      </x:c>
+      <x:c r="F445" s="4" t="s">
+        <x:v>2323</x:v>
+      </x:c>
+      <x:c r="G445" s="4" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="H445" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A446" s="1" t="s">
+        <x:v>2324</x:v>
+      </x:c>
+      <x:c r="B446" s="1" t="s">
+        <x:v>2325</x:v>
+      </x:c>
+      <x:c r="C446" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D446" s="4" t="s">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="E446" s="4" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="F446" s="4" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="G446" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H446" s="4" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A447" s="1" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="B447" s="1" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="C447" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D447" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E447" s="4" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="F447" s="4" t="s">
+        <x:v>2333</x:v>
+      </x:c>
+      <x:c r="G447" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H447" s="4" t="s">
+        <x:v>784</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A448" s="1" t="s">
+        <x:v>2334</x:v>
+      </x:c>
+      <x:c r="B448" s="1" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="C448" s="4" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="D448" s="4" t="s">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="E448" s="4" t="s">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="F448" s="4" t="s">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="G448" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H448" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A449" s="1" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="B449" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="C449" s="4" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D449" s="4" t="s">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="E449" s="4" t="s">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="F449" s="4" t="s">
+        <x:v>2342</x:v>
+      </x:c>
+      <x:c r="G449" s="4" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="H449" s="4" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A450" s="1" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="B450" s="1" t="s">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="C450" s="4" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="D450" s="4" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="E450" s="4" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="F450" s="4" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="G450" s="4" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="H450" s="4" t="s">
+        <x:v>2348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A451" s="1" t="s">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="B451" s="1" t="s">
+        <x:v>2350</x:v>
+      </x:c>
+      <x:c r="C451" s="4" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="D451" s="4" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="E451" s="4" t="s">
+        <x:v>2351</x:v>
+      </x:c>
+      <x:c r="F451" s="4" t="s">
+        <x:v>2352</x:v>
+      </x:c>
+      <x:c r="G451" s="4" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="H451" s="4" t="s">
+        <x:v>867</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A452" s="1" t="s">
+        <x:v>2353</x:v>
+      </x:c>
+      <x:c r="B452" s="1" t="s">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="C452" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D452" s="4" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="E452" s="4" t="s">
+        <x:v>2355</x:v>
+      </x:c>
+      <x:c r="F452" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G440" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>150</x:v>
+      <x:c r="G452" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H452" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A453" s="1" t="s">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="B453" s="1" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="C453" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D453" s="4" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="E453" s="4" t="s">
+        <x:v>2358</x:v>
+      </x:c>
+      <x:c r="F453" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G453" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H453" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A454" s="1" t="s">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="B454" s="1" t="s">
+        <x:v>2360</x:v>
+      </x:c>
+      <x:c r="C454" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D454" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E454" s="4" t="s">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="F454" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G454" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H454" s="4" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>