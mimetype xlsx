--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,599 +1,1181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ad4a50e980e4bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd017ac8fb2584d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20251017" sheetId="1" r:id="R8f03520b02f14666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20251205" sheetId="1" r:id="R6c485c9ef56a49d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1568" uniqueCount="968">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1848" uniqueCount="1114">
   <x:si>
     <x:t>Australian Long Short Complex ETF - ALFA</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>05/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.1945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.0540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.6911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.9378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.5247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.4163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,637</x:t>
+  </x:si>
+  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6914</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>23.84</x:t>
   </x:si>
   <x:si>
     <x:t>95,060</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.1229</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>24.18</x:t>
   </x:si>
   <x:si>
     <x:t>37,204</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2226</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24.19</x:t>
   </x:si>
   <x:si>
     <x:t>35,935</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2825</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24.34</x:t>
   </x:si>
   <x:si>
     <x:t>10,858</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2446</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24.25</x:t>
   </x:si>
   <x:si>
     <x:t>4,802</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3171</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,689</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4253</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24.46</x:t>
   </x:si>
   <x:si>
     <x:t>17,091</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4405</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24.44</x:t>
   </x:si>
   <x:si>
     <x:t>20,411</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4914</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>24.51</x:t>
   </x:si>
   <x:si>
     <x:t>20,346</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3775</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>24.48</x:t>
   </x:si>
   <x:si>
     <x:t>36,702</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2940</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>24.35</x:t>
   </x:si>
   <x:si>
     <x:t>11,241</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.8403</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.78</x:t>
   </x:si>
   <x:si>
     <x:t>6,312</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6561</x:t>
   </x:si>
   <x:si>
     <x:t>23.63</x:t>
   </x:si>
   <x:si>
     <x:t>6,146</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.5579</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>23.69</x:t>
   </x:si>
   <x:si>
     <x:t>5,316</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.4294</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23.43</x:t>
   </x:si>
   <x:si>
     <x:t>3,101</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1386</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>23.12</x:t>
   </x:si>
   <x:si>
     <x:t>1,927</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9506</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.02</x:t>
   </x:si>
   <x:si>
     <x:t>9,972</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1642</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23.09</x:t>
   </x:si>
   <x:si>
     <x:t>1,066</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.2726</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.33</x:t>
   </x:si>
   <x:si>
     <x:t>8,435</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0610</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>23.04</x:t>
   </x:si>
   <x:si>
     <x:t>2,294</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6843</x:t>
   </x:si>
   <x:si>
-    <x:t>0.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.64</x:t>
   </x:si>
   <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4714</x:t>
   </x:si>
   <x:si>
     <x:t>22.48</x:t>
   </x:si>
   <x:si>
     <x:t>582</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5682</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.56</x:t>
   </x:si>
   <x:si>
     <x:t>3,446</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8379</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>22.86</x:t>
   </x:si>
   <x:si>
     <x:t>4,345</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7010</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>22.62</x:t>
   </x:si>
   <x:si>
     <x:t>5,051</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0027</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>1,165</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8802</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.93</x:t>
   </x:si>
   <x:si>
     <x:t>3,274</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8319</x:t>
   </x:si>
   <x:si>
     <x:t>22.84</x:t>
   </x:si>
   <x:si>
     <x:t>992</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8420</x:t>
@@ -625,152 +1207,134 @@
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6282</x:t>
   </x:si>
   <x:si>
     <x:t>1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.57</x:t>
   </x:si>
   <x:si>
     <x:t>4,778</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3647</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10,909</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2924</x:t>
   </x:si>
   <x:si>
     <x:t>-1.34</x:t>
   </x:si>
   <x:si>
     <x:t>22.29</x:t>
   </x:si>
   <x:si>
     <x:t>231</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5954</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>22.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,560</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7581</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
-    <x:t>22.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26,157</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9827</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.83</x:t>
   </x:si>
   <x:si>
     <x:t>23.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,778</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5698</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,771</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6607</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.81</x:t>
   </x:si>
   <x:si>
     <x:t>22.59</x:t>
   </x:si>
   <x:si>
     <x:t>18,696</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0406</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>22.04</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
@@ -784,194 +1348,164 @@
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>2.84</x:t>
   </x:si>
   <x:si>
     <x:t>22.11</x:t>
   </x:si>
   <x:si>
     <x:t>15,108</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5579</x:t>
   </x:si>
   <x:si>
     <x:t>21.42</x:t>
   </x:si>
   <x:si>
     <x:t>1,640</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5747</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
-    <x:t>21.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>828</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2576</x:t>
   </x:si>
   <x:si>
     <x:t>-0.97</x:t>
   </x:si>
   <x:si>
     <x:t>21.25</x:t>
   </x:si>
   <x:si>
     <x:t>931</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4659</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>222</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4001</x:t>
   </x:si>
   <x:si>
     <x:t>2,433</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4113</x:t>
   </x:si>
   <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>21.46</x:t>
   </x:si>
   <x:si>
     <x:t>455</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6656</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.64</x:t>
   </x:si>
   <x:si>
     <x:t>280</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3963</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
-    <x:t>21.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>661</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1870</x:t>
   </x:si>
   <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>15,755</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0875</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.48</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.99</x:t>
   </x:si>
   <x:si>
     <x:t>3,455</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5691</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>21.66</x:t>
   </x:si>
   <x:si>
     <x:t>2,712</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
@@ -979,131 +1513,122 @@
   <x:si>
     <x:t>21.7063</x:t>
   </x:si>
   <x:si>
     <x:t>21.69</x:t>
   </x:si>
   <x:si>
     <x:t>1,087</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6404</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.55</x:t>
   </x:si>
   <x:si>
     <x:t>4,056</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3995</x:t>
   </x:si>
   <x:si>
     <x:t>2,372</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0148</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>20.89</x:t>
   </x:si>
   <x:si>
     <x:t>175</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9142</x:t>
   </x:si>
   <x:si>
     <x:t>20.94</x:t>
   </x:si>
   <x:si>
     <x:t>7,822</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0771</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>21.06</x:t>
   </x:si>
   <x:si>
     <x:t>121</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8658</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>20.81</x:t>
   </x:si>
   <x:si>
     <x:t>26,391</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7176</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.63</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>922</x:t>
   </x:si>
   <x:si>
     <x:t>-0.62</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3862</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>20.45</x:t>
   </x:si>
   <x:si>
     <x:t>2,770</x:t>
@@ -1150,119 +1675,107 @@
   <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>711</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5376</x:t>
   </x:si>
   <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>16,632</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4525</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>8,883</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8050</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>1,257</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7837</x:t>
   </x:si>
   <x:si>
     <x:t>20.79</x:t>
   </x:si>
   <x:si>
     <x:t>3,786</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7732</x:t>
   </x:si>
   <x:si>
     <x:t>20.64</x:t>
   </x:si>
   <x:si>
     <x:t>4,408</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7273</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.36</x:t>
   </x:si>
   <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>14,298</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4482</x:t>
   </x:si>
   <x:si>
     <x:t>-0.96</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>51,417</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6466</x:t>
   </x:si>
   <x:si>
     <x:t>-2.30</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
@@ -1282,230 +1795,203 @@
   <x:si>
     <x:t>21.11</x:t>
   </x:si>
   <x:si>
     <x:t>7,987</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8758</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>-2.39</x:t>
   </x:si>
   <x:si>
     <x:t>20.98</x:t>
   </x:si>
   <x:si>
     <x:t>2,418</x:t>
   </x:si>
   <x:si>
-    <x:t>0.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3859</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.54</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>1,976</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8568</x:t>
   </x:si>
   <x:si>
-    <x:t>20.84</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,341</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8270</x:t>
   </x:si>
   <x:si>
     <x:t>20.91</x:t>
   </x:si>
   <x:si>
     <x:t>19,456</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9241</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>20.97</x:t>
   </x:si>
   <x:si>
     <x:t>3,958</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0992</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>7,044</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2673</x:t>
   </x:si>
   <x:si>
     <x:t>-0.95</x:t>
   </x:si>
   <x:si>
     <x:t>11,339</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5816</x:t>
   </x:si>
   <x:si>
-    <x:t>1.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,598</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3435</x:t>
   </x:si>
   <x:si>
-    <x:t>21.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,484</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3012</x:t>
   </x:si>
   <x:si>
     <x:t>16,456</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4800</x:t>
   </x:si>
   <x:si>
     <x:t>21.54</x:t>
   </x:si>
   <x:si>
     <x:t>1,229</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4638</x:t>
   </x:si>
   <x:si>
     <x:t>21.52</x:t>
   </x:si>
   <x:si>
     <x:t>20,516</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3474</x:t>
   </x:si>
   <x:si>
     <x:t>-0.93</x:t>
   </x:si>
   <x:si>
     <x:t>21.43</x:t>
   </x:si>
   <x:si>
     <x:t>11,712</x:t>
   </x:si>
   <x:si>
-    <x:t>0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5476</x:t>
   </x:si>
   <x:si>
     <x:t>21.58</x:t>
   </x:si>
   <x:si>
     <x:t>1,945</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5465</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>21.57</x:t>
   </x:si>
   <x:si>
     <x:t>3,024</x:t>
@@ -1528,140 +2014,128 @@
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7726</x:t>
   </x:si>
   <x:si>
     <x:t>21.77</x:t>
   </x:si>
   <x:si>
     <x:t>36,301</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8289</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
-    <x:t>22.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,894</x:t>
   </x:si>
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1062</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>22.13</x:t>
   </x:si>
   <x:si>
     <x:t>1,131</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2183</x:t>
   </x:si>
   <x:si>
     <x:t>1.31</x:t>
   </x:si>
   <x:si>
     <x:t>22.32</x:t>
   </x:si>
   <x:si>
     <x:t>8,602</x:t>
   </x:si>
   <x:si>
-    <x:t>0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9308</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.98</x:t>
   </x:si>
   <x:si>
     <x:t>38,400</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3137</x:t>
   </x:si>
   <x:si>
     <x:t>0.57</x:t>
   </x:si>
   <x:si>
     <x:t>22.26</x:t>
   </x:si>
   <x:si>
     <x:t>29,936</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1862</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>22.18</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20,962</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3713</x:t>
   </x:si>
   <x:si>
     <x:t>-1.35</x:t>
   </x:si>
   <x:si>
     <x:t>22.34</x:t>
   </x:si>
   <x:si>
     <x:t>34,474</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6763</x:t>
   </x:si>
   <x:si>
     <x:t>22.70</x:t>
@@ -1705,89 +2179,83 @@
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8660</x:t>
   </x:si>
   <x:si>
     <x:t>21.79</x:t>
   </x:si>
   <x:si>
     <x:t>15,535</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7443</x:t>
   </x:si>
   <x:si>
     <x:t>21.84</x:t>
   </x:si>
   <x:si>
     <x:t>9,510</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6286</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>7,705</x:t>
   </x:si>
   <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4787</x:t>
   </x:si>
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>23,034</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2935</x:t>
   </x:si>
   <x:si>
-    <x:t>21.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,571</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2729</x:t>
   </x:si>
   <x:si>
     <x:t>21.28</x:t>
   </x:si>
   <x:si>
     <x:t>8,261</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2476</x:t>
   </x:si>
   <x:si>
     <x:t>21.31</x:t>
   </x:si>
   <x:si>
     <x:t>32,802</x:t>
@@ -1864,53 +2332,50 @@
   <x:si>
     <x:t>16,542</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8918</x:t>
   </x:si>
   <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>13,353</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0940</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.91</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,089</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2791</x:t>
   </x:si>
   <x:si>
     <x:t>-1.52</x:t>
   </x:si>
   <x:si>
     <x:t>20.32</x:t>
   </x:si>
   <x:si>
     <x:t>26,370</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5915</x:t>
   </x:si>
   <x:si>
     <x:t>20.57</x:t>
@@ -1984,53 +2449,50 @@
   <x:si>
     <x:t>19.91</x:t>
   </x:si>
   <x:si>
     <x:t>154</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.6871</x:t>
   </x:si>
   <x:si>
     <x:t>19.65</x:t>
   </x:si>
   <x:si>
     <x:t>404</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.6691</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.58</x:t>
   </x:si>
   <x:si>
     <x:t>7,412</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>29/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5185</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>19.57</x:t>
   </x:si>
   <x:si>
     <x:t>12,340</x:t>
   </x:si>
   <x:si>
     <x:t>28/04/2025</x:t>
@@ -2359,53 +2821,50 @@
   <x:si>
     <x:t>1,711</x:t>
   </x:si>
   <x:si>
     <x:t>24/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.8735</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>18.90</x:t>
   </x:si>
   <x:si>
     <x:t>1,673</x:t>
   </x:si>
   <x:si>
     <x:t>21/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.0784</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.21</x:t>
   </x:si>
   <x:si>
     <x:t>332</x:t>
   </x:si>
   <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>20/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1501</x:t>
   </x:si>
   <x:si>
     <x:t>3.04</x:t>
   </x:si>
   <x:si>
     <x:t>22,039</x:t>
   </x:si>
   <x:si>
     <x:t>19/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.5850</x:t>
@@ -2512,53 +2971,50 @@
   <x:si>
     <x:t>6,110</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7964</x:t>
   </x:si>
   <x:si>
     <x:t>-2.19</x:t>
   </x:si>
   <x:si>
     <x:t>19.95</x:t>
   </x:si>
   <x:si>
     <x:t>6,780</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2391</x:t>
   </x:si>
   <x:si>
-    <x:t>0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.18</x:t>
   </x:si>
   <x:si>
     <x:t>8,977</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1688</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>8,174</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3467</x:t>
   </x:si>
   <x:si>
     <x:t>-1.09</x:t>
@@ -2611,101 +3067,95 @@
   <x:si>
     <x:t>20.83</x:t>
   </x:si>
   <x:si>
     <x:t>2,851</x:t>
   </x:si>
   <x:si>
     <x:t>25/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7587</x:t>
   </x:si>
   <x:si>
     <x:t>12,478</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7870</x:t>
   </x:si>
   <x:si>
     <x:t>-1.89</x:t>
   </x:si>
   <x:si>
-    <x:t>20.75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16,085</x:t>
   </x:si>
   <x:si>
     <x:t>21/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1874</x:t>
   </x:si>
   <x:si>
     <x:t>21.20</x:t>
   </x:si>
   <x:si>
     <x:t>26,839</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3571</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>39,881</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5983</x:t>
   </x:si>
   <x:si>
     <x:t>21.70</x:t>
   </x:si>
   <x:si>
     <x:t>19,549</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5831</x:t>
   </x:si>
   <x:si>
-    <x:t>21.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31,104</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6588</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>24,936</x:t>
   </x:si>
   <x:si>
     <x:t>14/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4901</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.53</x:t>
@@ -2740,53 +3190,50 @@
   <x:si>
     <x:t>24,565</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0585</x:t>
   </x:si>
   <x:si>
     <x:t>19,123</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>27,414</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2072</x:t>
   </x:si>
   <x:si>
-    <x:t>21.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>39,645</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1230</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>25,810</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9002</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>36,440</x:t>
@@ -2848,87 +3295,78 @@
   <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>58,489</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2926</x:t>
   </x:si>
   <x:si>
     <x:t>2.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,796</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7195</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.39</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>29,692</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8013</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>44,442</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6431</x:t>
   </x:si>
   <x:si>
-    <x:t>20.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>92,085</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5421</x:t>
   </x:si>
   <x:si>
     <x:t>20.54</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4991</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
@@ -2974,56 +3412,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1451558a0ea44e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd47236a7a8b421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f03520b02f14666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d52db4f39243d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc7ea0669ab8c44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c485c9ef56a49d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H197"/>
+  <x:dimension ref="A1:H232"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3092,5026 +3530,5936 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G10" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="H11" s="4" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="D12" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D12" s="4" t="s">
+      <x:c r="E12" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="G12" s="4" t="s">
+      <x:c r="H12" s="4" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F13" s="4" t="s">
+      <x:c r="G13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="G13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="C14" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
+      <x:c r="D14" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D14" s="4" t="s">
+      <x:c r="E14" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E14" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F14" s="4" t="s">
+      <x:c r="G14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G14" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="G23" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F23" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
+      <x:c r="C95" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="C95" s="4" t="s">
+      <x:c r="E95" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="D95" s="4" t="s">
+      <x:c r="F95" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="E95" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
+      <x:c r="E96" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D96" s="4" t="s">
+      <x:c r="F96" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="E96" s="4" t="s">
+      <x:c r="G96" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H96" s="4" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="B97" s="1" t="s">
+      <x:c r="C97" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="C97" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D97" s="4" t="s">
+      <x:c r="E97" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="E97" s="4" t="s">
+      <x:c r="F97" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="F97" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
+      <x:c r="C105" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C105" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D105" s="4" t="s">
+      <x:c r="F105" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="E105" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
+      <x:c r="C106" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C106" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D106" s="4" t="s">
+      <x:c r="E106" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="E106" s="4" t="s">
+      <x:c r="F106" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="F106" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
+      <x:c r="C107" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E121" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="E121" s="4" t="s">
+      <x:c r="F121" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="F121" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
+      <x:c r="C122" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D122" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="C122" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D122" s="4" t="s">
+      <x:c r="E122" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="E122" s="4" t="s">
+      <x:c r="F122" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="F122" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
+      <x:c r="C123" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E123" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C123" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D123" s="4" t="s">
+      <x:c r="F123" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="E123" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C124" s="4" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D124" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
+      <x:c r="E124" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="C124" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E124" s="4" t="s">
+      <x:c r="F124" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="F124" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
+      <x:c r="C125" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D125" s="4" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="C125" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D125" s="4" t="s">
+      <x:c r="E125" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E125" s="4" t="s">
+      <x:c r="F125" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="F125" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="C126" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E126" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
+      <x:c r="F126" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="C126" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C127" s="4" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
+      <x:c r="E127" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F127" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="C127" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="C128" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
+      <x:c r="E128" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="C128" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E128" s="4" t="s">
+      <x:c r="F128" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="F128" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="F151" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="C152" s="4" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="C152" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D152" s="4" t="s">
+      <x:c r="E152" s="4" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="E152" s="4" t="s">
+      <x:c r="F152" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="F152" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
+      <x:c r="C153" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="C153" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D153" s="4" t="s">
+      <x:c r="F153" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="E153" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="C155" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="G155" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H155" s="4" t="s">
         <x:v>794</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
+      <x:c r="F157" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="C157" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
+      <x:c r="F158" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="C158" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
+      <x:c r="F159" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="C159" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="C160" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D160" s="4" t="s">
+      <x:c r="G160" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H160" s="4" t="s">
         <x:v>818</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
+      <x:c r="E161" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="C161" s="4" t="s">
+      <x:c r="F161" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="D161" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="C162" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="C163" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="F171" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="F171" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>870</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="C176" s="4" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="C177" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="F177" s="4" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C177" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="E178" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="C178" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D178" s="4" t="s">
+      <x:c r="F178" s="4" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="E178" s="4" t="s">
+      <x:c r="G178" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H178" s="4" t="s">
         <x:v>895</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="C179" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="C179" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D179" s="4" t="s">
+      <x:c r="F179" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="E179" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="C180" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D180" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E180" s="4" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
+      <x:c r="F180" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="C180" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="C181" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D181" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E181" s="4" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="B181" s="1" t="s">
+      <x:c r="F181" s="4" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="C181" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>942</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>956</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H193" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>961</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="G196" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H196" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A197" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C197" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D197" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E197" s="4" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="F197" s="4" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="G197" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H197" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A198" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="E198" s="4" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="F198" s="4" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="G198" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H198" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A199" s="1" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="C199" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E199" s="4" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="F199" s="4" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="G199" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H199" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A200" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="C200" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="E200" s="4" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="F200" s="4" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="G200" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H200" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A201" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="E201" s="4" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="F201" s="4" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="G201" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H201" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A202" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="C202" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E202" s="4" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="F202" s="4" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="G202" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H202" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A203" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="E203" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F203" s="4" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="G203" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H203" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A204" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E204" s="4" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="F204" s="4" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="G204" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H204" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A205" s="1" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E205" s="4" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="F205" s="4" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="G205" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H205" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A206" s="1" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="C206" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="F206" s="4" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="G206" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H206" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A207" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="C207" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D207" s="4" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="E207" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F207" s="4" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="G207" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H207" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A208" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="C208" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="F208" s="4" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="G208" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H208" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A209" s="1" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="C209" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="E209" s="4" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="F209" s="4" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="G209" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H209" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A210" s="1" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E210" s="4" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="F210" s="4" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="G210" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H210" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A211" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="C211" s="4" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D211" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E211" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="G211" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H211" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A212" s="1" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="C212" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="G212" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H212" s="4" t="s">
+        <x:v>539</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A213" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="E213" s="4" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="F213" s="4" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="G213" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H213" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A214" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="C214" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="F214" s="4" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="G214" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H214" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A215" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="E215" s="4" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="F215" s="4" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="G215" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H215" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A216" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="C216" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D216" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E216" s="4" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F216" s="4" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="G216" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H216" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A217" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C217" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D217" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E217" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F217" s="4" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="G217" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H217" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A218" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="C218" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D218" s="4" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E218" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F218" s="4" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="G218" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H218" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A219" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="C219" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D219" s="4" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="E219" s="4" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F219" s="4" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="G219" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H219" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A220" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E220" s="4" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="F220" s="4" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="G220" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H220" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A221" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="C221" s="4" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="D221" s="4" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E221" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F221" s="4" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="G221" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H221" s="4" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A222" s="1" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>1079</x:v>
+      </x:c>
+      <x:c r="C222" s="4" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D222" s="4" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E222" s="4" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="F222" s="4" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="G222" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H222" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A223" s="1" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="C223" s="4" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D223" s="4" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="E223" s="4" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="F223" s="4" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="G223" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H223" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A224" s="1" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="C224" s="4" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D224" s="4" t="s">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="E224" s="4" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="F224" s="4" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="G224" s="4" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H224" s="4" t="s">
+        <x:v>684</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A225" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="C225" s="4" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D225" s="4" t="s">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="E225" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F225" s="4" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="G225" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H225" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A226" s="1" t="s">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="C226" s="4" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D226" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E226" s="4" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="F226" s="4" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="G226" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H226" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A227" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="C227" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D227" s="4" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E227" s="4" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F227" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G196" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>67</x:v>
+      <x:c r="G227" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H227" s="4" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A228" s="1" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="C228" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D228" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E228" s="4" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F228" s="4" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="G228" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H228" s="4" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A229" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="C229" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D229" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="E229" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F229" s="4" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="G229" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H229" s="4" t="s">
+        <x:v>232</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A230" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="C230" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D230" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E230" s="4" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="F230" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G230" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H230" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A231" s="1" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="C231" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D231" s="4" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E231" s="4" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="F231" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G231" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H231" s="4" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>