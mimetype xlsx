--- v1 (2025-12-05)
+++ v2 (2025-12-25)
@@ -1,251 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd017ac8fb2584d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bfaa59f7874f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20251205" sheetId="1" r:id="R6c485c9ef56a49d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20251224" sheetId="1" r:id="R7e09c4b927424110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1848" uniqueCount="1114">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1952" uniqueCount="1164">
   <x:si>
     <x:t>Australian Long Short Complex ETF - ALFA</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7641</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>12,394</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5681</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>-1.72</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
   </x:si>
   <x:si>
     <x:t>5,821</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9272</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,514</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9632</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>37,586</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.54</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9054</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.44</x:t>
   </x:si>
   <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>2,224</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2099</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.26</x:t>
   </x:si>
   <x:si>
     <x:t>11,860</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2531</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,339</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4232</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>9,357</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4317</x:t>
   </x:si>
   <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
     <x:t>21.38</x:t>
   </x:si>
   <x:si>
     <x:t>24,978</x:t>
   </x:si>
   <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1945</x:t>
@@ -259,332 +526,293 @@
   <x:si>
     <x:t>21.35</x:t>
   </x:si>
   <x:si>
     <x:t>23,807</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7547</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-2.24</x:t>
   </x:si>
   <x:si>
-    <x:t>20.75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11,604</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2294</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.83</x:t>
   </x:si>
   <x:si>
     <x:t>4,362</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0540</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.05</x:t>
   </x:si>
   <x:si>
     <x:t>562</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2330</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.23</x:t>
   </x:si>
   <x:si>
     <x:t>21.17</x:t>
   </x:si>
   <x:si>
     <x:t>3,151</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7162</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>21.61</x:t>
   </x:si>
   <x:si>
     <x:t>2,030</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5832</x:t>
   </x:si>
   <x:si>
     <x:t>-2.46</x:t>
   </x:si>
   <x:si>
     <x:t>21.47</x:t>
   </x:si>
   <x:si>
     <x:t>3,214</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1276</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>22.10</x:t>
   </x:si>
   <x:si>
     <x:t>12,525</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4521</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>22.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,401</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7015</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.41</x:t>
   </x:si>
   <x:si>
     <x:t>22.75</x:t>
   </x:si>
   <x:si>
     <x:t>27,908</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3855</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>22.41</x:t>
   </x:si>
   <x:si>
     <x:t>3,134</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8886</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>22.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,357</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9773</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>22.05</x:t>
   </x:si>
   <x:si>
     <x:t>42,291</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3243</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.62</x:t>
   </x:si>
   <x:si>
     <x:t>22.30</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6911</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>22.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,617</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7698</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>22.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,643</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9056</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>22.95</x:t>
   </x:si>
   <x:si>
     <x:t>8,229</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
@@ -664,59 +892,53 @@
   <x:si>
     <x:t>23.52</x:t>
   </x:si>
   <x:si>
     <x:t>10,241</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.4163</x:t>
   </x:si>
   <x:si>
     <x:t>23.46</x:t>
   </x:si>
   <x:si>
     <x:t>6,886</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.3757</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,820</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.2876</x:t>
   </x:si>
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>-3.10</x:t>
   </x:si>
   <x:si>
     <x:t>23.35</x:t>
   </x:si>
   <x:si>
     <x:t>19,352</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.0331</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
@@ -751,56 +973,50 @@
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>23.84</x:t>
   </x:si>
   <x:si>
     <x:t>95,060</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.1229</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24.18</x:t>
   </x:si>
   <x:si>
     <x:t>37,204</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2226</x:t>
   </x:si>
   <x:si>
     <x:t>24.19</x:t>
   </x:si>
   <x:si>
     <x:t>35,935</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2825</x:t>
@@ -844,86 +1060,80 @@
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4253</x:t>
   </x:si>
   <x:si>
     <x:t>24.46</x:t>
   </x:si>
   <x:si>
     <x:t>17,091</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4405</x:t>
   </x:si>
   <x:si>
     <x:t>24.44</x:t>
   </x:si>
   <x:si>
     <x:t>20,411</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4914</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>24.51</x:t>
   </x:si>
   <x:si>
     <x:t>20,346</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3775</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>24.48</x:t>
   </x:si>
   <x:si>
     <x:t>36,702</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2940</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>24.35</x:t>
   </x:si>
   <x:si>
     <x:t>11,241</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
@@ -994,53 +1204,50 @@
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>23.12</x:t>
   </x:si>
   <x:si>
     <x:t>1,927</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9506</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.02</x:t>
   </x:si>
   <x:si>
     <x:t>9,972</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1642</x:t>
   </x:si>
   <x:si>
     <x:t>23.09</x:t>
   </x:si>
   <x:si>
     <x:t>1,066</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.2726</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.33</x:t>
   </x:si>
   <x:si>
     <x:t>8,435</x:t>
@@ -1069,203 +1276,188 @@
   <x:si>
     <x:t>22.64</x:t>
   </x:si>
   <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4714</x:t>
   </x:si>
   <x:si>
     <x:t>22.48</x:t>
   </x:si>
   <x:si>
     <x:t>582</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5682</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.56</x:t>
   </x:si>
   <x:si>
     <x:t>3,446</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8379</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>22.86</x:t>
   </x:si>
   <x:si>
     <x:t>4,345</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7010</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>22.62</x:t>
   </x:si>
   <x:si>
     <x:t>5,051</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>1,165</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8802</x:t>
   </x:si>
   <x:si>
     <x:t>22.93</x:t>
   </x:si>
   <x:si>
     <x:t>3,274</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8319</x:t>
   </x:si>
   <x:si>
     <x:t>22.84</x:t>
   </x:si>
   <x:si>
     <x:t>992</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8420</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>22.85</x:t>
   </x:si>
   <x:si>
     <x:t>16,201</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6123</x:t>
   </x:si>
   <x:si>
     <x:t>22.67</x:t>
   </x:si>
   <x:si>
     <x:t>3,086</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6282</x:t>
   </x:si>
   <x:si>
     <x:t>1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.57</x:t>
   </x:si>
   <x:si>
     <x:t>4,778</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3647</x:t>
   </x:si>
   <x:si>
     <x:t>10,909</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2924</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.29</x:t>
   </x:si>
   <x:si>
     <x:t>231</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5954</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>22.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,560</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7581</x:t>
@@ -1528,98 +1720,92 @@
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.55</x:t>
   </x:si>
   <x:si>
     <x:t>4,056</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3995</x:t>
   </x:si>
   <x:si>
     <x:t>2,372</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0148</x:t>
   </x:si>
   <x:si>
-    <x:t>0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.89</x:t>
   </x:si>
   <x:si>
     <x:t>175</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9142</x:t>
   </x:si>
   <x:si>
     <x:t>20.94</x:t>
   </x:si>
   <x:si>
     <x:t>7,822</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0771</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>21.06</x:t>
   </x:si>
   <x:si>
     <x:t>121</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8658</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
-    <x:t>20.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26,391</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7176</x:t>
   </x:si>
   <x:si>
     <x:t>1.63</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>922</x:t>
   </x:si>
   <x:si>
     <x:t>-0.62</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3862</x:t>
@@ -1651,53 +1837,50 @@
   <x:si>
     <x:t>12,987</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3092</x:t>
   </x:si>
   <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>1,348</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6039</x:t>
   </x:si>
   <x:si>
-    <x:t>20.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>711</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5376</x:t>
   </x:si>
   <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>16,632</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4525</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>8,883</x:t>
@@ -1756,110 +1939,98 @@
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4482</x:t>
   </x:si>
   <x:si>
     <x:t>-0.96</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>51,417</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6466</x:t>
   </x:si>
   <x:si>
     <x:t>-2.30</x:t>
   </x:si>
   <x:si>
-    <x:t>20.67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,618</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1334</x:t>
   </x:si>
   <x:si>
-    <x:t>1.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.11</x:t>
   </x:si>
   <x:si>
     <x:t>7,987</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8758</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>-2.39</x:t>
   </x:si>
   <x:si>
-    <x:t>20.98</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,418</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3859</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.54</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>1,976</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8568</x:t>
   </x:si>
   <x:si>
     <x:t>2,341</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8270</x:t>
   </x:si>
   <x:si>
     <x:t>20.91</x:t>
   </x:si>
   <x:si>
     <x:t>19,456</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
@@ -2008,53 +2179,50 @@
   <x:si>
     <x:t>21.74</x:t>
   </x:si>
   <x:si>
     <x:t>16,481</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7726</x:t>
   </x:si>
   <x:si>
     <x:t>21.77</x:t>
   </x:si>
   <x:si>
     <x:t>36,301</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8289</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>7,894</x:t>
   </x:si>
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1062</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>22.13</x:t>
   </x:si>
   <x:si>
     <x:t>1,131</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2183</x:t>
@@ -2128,71 +2296,65 @@
   <x:si>
     <x:t>22.34</x:t>
   </x:si>
   <x:si>
     <x:t>34,474</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6763</x:t>
   </x:si>
   <x:si>
     <x:t>22.70</x:t>
   </x:si>
   <x:si>
     <x:t>23,439</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5869</x:t>
   </x:si>
   <x:si>
-    <x:t>0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.23</x:t>
   </x:si>
   <x:si>
     <x:t>22.69</x:t>
   </x:si>
   <x:si>
     <x:t>49,401</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0934</x:t>
   </x:si>
   <x:si>
-    <x:t>1.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.15</x:t>
   </x:si>
   <x:si>
     <x:t>98,091</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8660</x:t>
   </x:si>
   <x:si>
     <x:t>21.79</x:t>
   </x:si>
   <x:si>
     <x:t>15,535</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7443</x:t>
   </x:si>
   <x:si>
     <x:t>21.84</x:t>
@@ -3076,53 +3238,50 @@
   <x:si>
     <x:t>20.7587</x:t>
   </x:si>
   <x:si>
     <x:t>12,478</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7870</x:t>
   </x:si>
   <x:si>
     <x:t>-1.89</x:t>
   </x:si>
   <x:si>
     <x:t>16,085</x:t>
   </x:si>
   <x:si>
     <x:t>21/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1874</x:t>
   </x:si>
   <x:si>
-    <x:t>21.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26,839</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3571</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>39,881</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5983</x:t>
   </x:si>
   <x:si>
     <x:t>21.70</x:t>
   </x:si>
   <x:si>
     <x:t>19,549</x:t>
@@ -3136,53 +3295,50 @@
   <x:si>
     <x:t>31,104</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6588</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>24,936</x:t>
   </x:si>
   <x:si>
     <x:t>14/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4901</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
-    <x:t>21.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17,473</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3116</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>21.34</x:t>
   </x:si>
   <x:si>
     <x:t>23,647</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1607</x:t>
   </x:si>
   <x:si>
     <x:t>21.15</x:t>
@@ -3232,53 +3388,50 @@
   <x:si>
     <x:t>20.9002</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>36,440</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8567</x:t>
   </x:si>
   <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>3.18</x:t>
   </x:si>
   <x:si>
     <x:t>23,285</x:t>
   </x:si>
   <x:si>
-    <x:t>0.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2144</x:t>
   </x:si>
   <x:si>
     <x:t>-2.97</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>68,787</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8339</x:t>
   </x:si>
   <x:si>
     <x:t>2.34</x:t>
   </x:si>
   <x:si>
     <x:t>44,562</x:t>
@@ -3293,53 +3446,50 @@
     <x:t>-4.39</x:t>
   </x:si>
   <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>58,489</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2926</x:t>
   </x:si>
   <x:si>
     <x:t>2.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,796</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7195</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>29,692</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8013</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>44,442</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6431</x:t>
   </x:si>
@@ -3412,56 +3562,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d52db4f39243d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc7ea0669ab8c44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c485c9ef56a49d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2264d18ed6ba4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2bd16e999d4d4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e09c4b927424110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H232"/>
+  <x:dimension ref="A1:H245"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3530,5936 +3680,6274 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F7" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="s">
+      <x:c r="E24" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E24" s="4" t="s">
+      <x:c r="F24" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F24" s="4" t="s">
+      <x:c r="G24" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="G24" s="4" t="s">
+      <x:c r="H24" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="C25" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="s">
+      <x:c r="D25" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="s">
+      <x:c r="E25" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="E25" s="4" t="s">
+      <x:c r="F25" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="F25" s="4" t="s">
+      <x:c r="G25" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="G25" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="C27" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
+      <x:c r="D27" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="s">
+      <x:c r="E27" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E27" s="4" t="s">
+      <x:c r="G27" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H27" s="4" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
+      <x:c r="C28" s="4" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="C29" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D29" s="4" t="s">
+      <x:c r="E29" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="s">
+      <x:c r="F29" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="F29" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="F30" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="G33" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H33" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="F34" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="E35" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="s">
+      <x:c r="F35" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="s">
+      <x:c r="G35" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H35" s="4" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
+      <x:c r="E36" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="s">
+      <x:c r="F36" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="s">
+      <x:c r="G36" s="4" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H36" s="4" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
+      <x:c r="D37" s="4" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="C39" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
+      <x:c r="D39" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="s">
+      <x:c r="F39" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E39" s="4" t="s">
+      <x:c r="G39" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="F39" s="4" t="s">
+      <x:c r="H39" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
+      <x:c r="C112" s="4" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C112" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
+      <x:c r="C114" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E114" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="C114" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D114" s="4" t="s">
+      <x:c r="F114" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="E114" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
+      <x:c r="F115" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C115" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="F116" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="C116" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E117" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="F117" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="C117" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
+      <x:c r="C118" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E118" s="4" t="s">
         <x:v>631</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E131" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F131" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="E131" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D132" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
+      <x:c r="C134" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E134" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="C134" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D134" s="4" t="s">
+      <x:c r="F134" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="E134" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="E135" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="C135" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E135" s="4" t="s">
+      <x:c r="F135" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="F135" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="C136" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="s">
+      <x:c r="F136" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="D136" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
+      <x:c r="F137" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="C137" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
+      <x:c r="F138" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="C138" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E139" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
+      <x:c r="F139" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="C139" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
+      <x:c r="E140" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F140" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="C140" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
+      <x:c r="E141" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C141" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D141" s="4" t="s">
+      <x:c r="F141" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="E141" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
+      <x:c r="E142" s="4" t="s">
         <x:v>736</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="D146" s="4" t="s">
+      <x:c r="F146" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="E146" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
+      <x:c r="C147" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="C147" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D147" s="4" t="s">
+      <x:c r="E147" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="E147" s="4" t="s">
+      <x:c r="F147" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="F147" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
+      <x:c r="C148" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="C148" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D148" s="4" t="s">
+      <x:c r="F148" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="E148" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="C149" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="E149" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="C149" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D149" s="4" t="s">
+      <x:c r="F149" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="E149" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C150" s="4" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
+      <x:c r="F150" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="C150" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C151" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="F152" s="4" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="C152" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="C154" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
+      <x:c r="F154" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="C154" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
+      <x:c r="C155" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="C155" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="C163" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F163" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C164" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D164" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F164" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
+      <x:c r="C165" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="C165" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D165" s="4" t="s">
+      <x:c r="E165" s="4" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="E165" s="4" t="s">
+      <x:c r="F165" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="F165" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
+      <x:c r="F166" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="C166" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C177" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="F177" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="C177" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="F178" s="4" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="C178" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D178" s="4" t="s">
+      <x:c r="G178" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H178" s="4" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="C179" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="F179" s="4" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="C179" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="C180" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D180" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="E180" s="4" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>940</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>955</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>958</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>963</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>973</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>976</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>982</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>995</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E201" s="4" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="F201" s="4" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="G201" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H201" s="4" t="s">
         <x:v>996</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="E203" s="4" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="F203" s="4" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="B204" s="1" t="s">
+      <x:c r="E204" s="4" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="F204" s="4" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="C204" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
+      <x:c r="E205" s="4" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="C205" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E205" s="4" t="s">
+      <x:c r="F205" s="4" t="s">
         <x:v>1014</x:v>
       </x:c>
-      <x:c r="F205" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
+      <x:c r="C206" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
         <x:v>1017</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1010</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E207" s="4" t="s">
         <x:v>1021</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1033</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1046</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1050</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1051</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1055</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1060</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="C219" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D219" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E219" s="4" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="B219" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>1074</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>1077</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F224" s="4" t="s">
         <x:v>1090</x:v>
       </x:c>
-      <x:c r="F224" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
+      <x:c r="C225" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D225" s="4" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="C225" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D225" s="4" t="s">
+      <x:c r="E225" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F225" s="4" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="E225" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
+      <x:c r="C226" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D226" s="4" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="C226" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E226" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F226" s="4" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="F226" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
+      <x:c r="C227" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D227" s="4" t="s">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="C227" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1107</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1113</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="G231" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H231" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A232" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="C232" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D232" s="4" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F232" s="4" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="G232" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H232" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A233" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="C233" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E233" s="4" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="F233" s="4" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="G233" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H233" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A234" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="C234" s="4" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="D234" s="4" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="E234" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F234" s="4" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="G234" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H234" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A235" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="C235" s="4" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D235" s="4" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="E235" s="4" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="F235" s="4" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="G235" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H235" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A236" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="C236" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D236" s="4" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="E236" s="4" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="F236" s="4" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="G236" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H236" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A237" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="C237" s="4" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="D237" s="4" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="E237" s="4" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="F237" s="4" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="G237" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H237" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A238" s="1" t="s">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="C238" s="4" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="D238" s="4" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="E238" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F238" s="4" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="G238" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H238" s="4" t="s">
+        <x:v>278</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A239" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="C239" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D239" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E239" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F239" s="4" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="G239" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H239" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A240" s="1" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="C240" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D240" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="E240" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="F240" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G231" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>88</x:v>
+      <x:c r="G240" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H240" s="4" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A241" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="C241" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D241" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E241" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="F241" s="4" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="G241" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H241" s="4" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A242" s="1" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="C242" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D242" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E242" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F242" s="4" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="G242" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H242" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A243" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="C243" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D243" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E243" s="4" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="F243" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G243" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H243" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A244" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="C244" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D244" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="E244" s="4" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="F244" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G244" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H244" s="4" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>