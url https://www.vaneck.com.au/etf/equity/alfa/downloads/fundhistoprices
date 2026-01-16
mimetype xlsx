--- v2 (2025-12-25)
+++ v3 (2026-01-16)
@@ -1,362 +1,620 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bfaa59f7874f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bc6c087a554525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20251224" sheetId="1" r:id="R7e09c4b927424110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20260116" sheetId="1" r:id="R264412c5e6fc47a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1952" uniqueCount="1164">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="1222">
   <x:si>
     <x:t>Australian Long Short Complex ETF - ALFA</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.6047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.5316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.5804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.5014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.3925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.6779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>21.6779</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
-    <x:t>21.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>601</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7921</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>21.82</x:t>
   </x:si>
   <x:si>
     <x:t>14,840</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7266</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.53</x:t>
   </x:si>
   <x:si>
     <x:t>34,607</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2363</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.20</x:t>
   </x:si>
   <x:si>
     <x:t>7,347</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8517</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,153</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9717</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.87</x:t>
   </x:si>
   <x:si>
     <x:t>1,081</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.48</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6502</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>20.65</x:t>
   </x:si>
   <x:si>
     <x:t>2,986</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6785</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.34</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>3,541</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9595</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>20.98</x:t>
   </x:si>
   <x:si>
     <x:t>3,121</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7039</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.75</x:t>
   </x:si>
   <x:si>
     <x:t>356</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7250</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>3,863</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5109</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>20.61</x:t>
   </x:si>
   <x:si>
     <x:t>15,078</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6116</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7641</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
@@ -364,197 +622,173 @@
   <x:si>
     <x:t>12,394</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5681</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>-1.72</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
   </x:si>
   <x:si>
     <x:t>5,821</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9272</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,514</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9632</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>37,586</x:t>
   </x:si>
   <x:si>
     <x:t>-0.54</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9054</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.44</x:t>
   </x:si>
   <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>2,224</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2099</x:t>
   </x:si>
   <x:si>
     <x:t>21.26</x:t>
   </x:si>
   <x:si>
     <x:t>11,860</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2531</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,339</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4232</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>9,357</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4317</x:t>
   </x:si>
   <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
-    <x:t>21.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24,978</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1945</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>21.35</x:t>
   </x:si>
   <x:si>
     <x:t>23,807</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7547</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-2.24</x:t>
   </x:si>
   <x:si>
     <x:t>11,604</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2294</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
@@ -646,53 +880,50 @@
   <x:si>
     <x:t>22.10</x:t>
   </x:si>
   <x:si>
     <x:t>12,525</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4521</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>22.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,401</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7015</x:t>
   </x:si>
   <x:si>
     <x:t>1.41</x:t>
   </x:si>
   <x:si>
     <x:t>22.75</x:t>
   </x:si>
   <x:si>
     <x:t>27,908</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3855</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
@@ -748,161 +979,143 @@
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3243</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.62</x:t>
   </x:si>
   <x:si>
     <x:t>22.30</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6911</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,617</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7698</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,643</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9056</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>22.95</x:t>
   </x:si>
   <x:si>
     <x:t>8,229</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7297</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>22.81</x:t>
   </x:si>
   <x:si>
     <x:t>27,146</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9378</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>-1.69</x:t>
   </x:si>
   <x:si>
     <x:t>23.00</x:t>
   </x:si>
   <x:si>
     <x:t>9,459</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.3320</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>23.39</x:t>
   </x:si>
   <x:si>
     <x:t>14,208</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.5247</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>23.52</x:t>
   </x:si>
   <x:si>
     <x:t>10,241</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.4163</x:t>
   </x:si>
   <x:si>
     <x:t>23.46</x:t>
   </x:si>
   <x:si>
     <x:t>6,886</x:t>
@@ -991,74 +1204,68 @@
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.1229</x:t>
   </x:si>
   <x:si>
     <x:t>24.18</x:t>
   </x:si>
   <x:si>
     <x:t>37,204</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2226</x:t>
   </x:si>
   <x:si>
     <x:t>24.19</x:t>
   </x:si>
   <x:si>
     <x:t>35,935</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2825</x:t>
   </x:si>
   <x:si>
     <x:t>24.34</x:t>
   </x:si>
   <x:si>
     <x:t>10,858</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2446</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24.25</x:t>
   </x:si>
   <x:si>
     <x:t>4,802</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3171</x:t>
   </x:si>
   <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,689</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4253</x:t>
@@ -1162,53 +1369,50 @@
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.5579</x:t>
   </x:si>
   <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>23.69</x:t>
   </x:si>
   <x:si>
     <x:t>5,316</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.4294</x:t>
   </x:si>
   <x:si>
-    <x:t>0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23.43</x:t>
   </x:si>
   <x:si>
     <x:t>3,101</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1386</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>23.12</x:t>
   </x:si>
   <x:si>
     <x:t>1,927</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
@@ -1264,53 +1468,50 @@
   <x:si>
     <x:t>23.04</x:t>
   </x:si>
   <x:si>
     <x:t>2,294</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6843</x:t>
   </x:si>
   <x:si>
     <x:t>22.64</x:t>
   </x:si>
   <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4714</x:t>
   </x:si>
   <x:si>
-    <x:t>22.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>582</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5682</x:t>
   </x:si>
   <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.56</x:t>
   </x:si>
   <x:si>
     <x:t>3,446</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8379</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
@@ -1441,53 +1642,50 @@
   <x:si>
     <x:t>231</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5954</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>22.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,560</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7581</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
     <x:t>26,157</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9827</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.83</x:t>
   </x:si>
   <x:si>
     <x:t>23.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,778</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
@@ -1618,53 +1816,50 @@
   <x:si>
     <x:t>2,433</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4113</x:t>
   </x:si>
   <x:si>
     <x:t>-1.17</x:t>
   </x:si>
   <x:si>
     <x:t>21.46</x:t>
   </x:si>
   <x:si>
     <x:t>455</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6656</x:t>
   </x:si>
   <x:si>
-    <x:t>21.64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>280</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3963</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>661</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1870</x:t>
   </x:si>
   <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>15,755</x:t>
@@ -1672,53 +1867,50 @@
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0875</x:t>
   </x:si>
   <x:si>
     <x:t>20.99</x:t>
   </x:si>
   <x:si>
     <x:t>3,455</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5691</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
-    <x:t>21.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,712</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7063</x:t>
   </x:si>
   <x:si>
     <x:t>21.69</x:t>
   </x:si>
   <x:si>
     <x:t>1,087</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6404</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.55</x:t>
@@ -1804,53 +1996,50 @@
   <x:si>
     <x:t>-0.62</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3862</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>20.45</x:t>
   </x:si>
   <x:si>
     <x:t>2,770</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0791</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>12,987</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3092</x:t>
   </x:si>
   <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>1,348</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
@@ -2152,53 +2341,50 @@
   <x:si>
     <x:t>1,945</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5465</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>21.57</x:t>
   </x:si>
   <x:si>
     <x:t>3,024</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6982</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.74</x:t>
   </x:si>
   <x:si>
     <x:t>16,481</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7726</x:t>
   </x:si>
   <x:si>
     <x:t>21.77</x:t>
   </x:si>
   <x:si>
     <x:t>36,301</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8289</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
@@ -2251,86 +2437,80 @@
   <x:si>
     <x:t>38,400</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3137</x:t>
   </x:si>
   <x:si>
     <x:t>0.57</x:t>
   </x:si>
   <x:si>
     <x:t>22.26</x:t>
   </x:si>
   <x:si>
     <x:t>29,936</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1862</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.18</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20,962</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3713</x:t>
   </x:si>
   <x:si>
     <x:t>-1.35</x:t>
   </x:si>
   <x:si>
     <x:t>22.34</x:t>
   </x:si>
   <x:si>
     <x:t>34,474</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6763</x:t>
   </x:si>
   <x:si>
-    <x:t>22.70</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23,439</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5869</x:t>
   </x:si>
   <x:si>
     <x:t>2.23</x:t>
   </x:si>
   <x:si>
     <x:t>22.69</x:t>
   </x:si>
   <x:si>
     <x:t>49,401</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0934</x:t>
   </x:si>
   <x:si>
     <x:t>22.15</x:t>
@@ -2464,53 +2644,50 @@
   <x:si>
     <x:t>10,822</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1603</x:t>
   </x:si>
   <x:si>
     <x:t>2.10</x:t>
   </x:si>
   <x:si>
     <x:t>20.14</x:t>
   </x:si>
   <x:si>
     <x:t>1,052</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7454</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.74</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.81</x:t>
   </x:si>
   <x:si>
     <x:t>16,542</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8918</x:t>
   </x:si>
   <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>13,353</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0940</x:t>
@@ -3245,53 +3422,50 @@
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7870</x:t>
   </x:si>
   <x:si>
     <x:t>-1.89</x:t>
   </x:si>
   <x:si>
     <x:t>16,085</x:t>
   </x:si>
   <x:si>
     <x:t>21/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1874</x:t>
   </x:si>
   <x:si>
     <x:t>26,839</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3571</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>39,881</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5983</x:t>
   </x:si>
   <x:si>
     <x:t>21.70</x:t>
   </x:si>
   <x:si>
     <x:t>19,549</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5831</x:t>
   </x:si>
   <x:si>
     <x:t>31,104</x:t>
   </x:si>
@@ -3562,56 +3736,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2264d18ed6ba4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2bd16e999d4d4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e09c4b927424110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ac5b85734d4118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2ff271172944c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R264412c5e6fc47a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H245"/>
+  <x:dimension ref="A1:H262"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3729,6225 +3903,6667 @@
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="C10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="D10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G10" s="4" t="s">
+      <x:c r="H10" s="4" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="D11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G21" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E125" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F125" s="4" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="G125" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H125" s="4" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>870</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="G175" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="D175" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>903</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>908</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="E185" s="4" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="F185" s="4" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="E185" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>936</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>948</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>956</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>961</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>969</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>972</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>973</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>980</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>968</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>995</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>996</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>999</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>1000</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1005</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1009</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>1013</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1014</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>1017</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>1021</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1022</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1026</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>1030</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>1031</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1033</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1036</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>1039</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="G212" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H212" s="4" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1052</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F214" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1061</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1065</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1069</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1072</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1082</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1083</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>1093</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1094</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>1097</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1098</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1102</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1103</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1107</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="C231" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D231" s="4" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="E231" s="4" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="F231" s="4" t="s">
         <x:v>1113</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="C232" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D232" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
+      <x:c r="F232" s="4" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="C232" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="C233" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E233" s="4" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="F233" s="4" t="s">
         <x:v>1120</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="C234" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D234" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E234" s="4" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="F234" s="4" t="s">
         <x:v>1124</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
-        <x:v>1132</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>1136</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1140</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>1141</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1142</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>1145</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1146</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C242" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E242" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F242" s="4" t="s">
-        <x:v>1157</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E243" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F243" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="C244" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D244" s="4" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="E244" s="4" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="F244" s="4" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
+      <x:c r="G244" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H244" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A245" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="C244" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E244" s="4" t="s">
+      <x:c r="B245" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="F244" s="4" t="s">
+      <x:c r="C245" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D245" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E245" s="4" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="F245" s="4" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="G245" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H245" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A246" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="C246" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D246" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E246" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="F246" s="4" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="G246" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H246" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A247" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="C247" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D247" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E247" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F247" s="4" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="G247" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H247" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A248" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="C248" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D248" s="4" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="E248" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F248" s="4" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="G248" s="4" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H248" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A249" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="C249" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D249" s="4" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="E249" s="4" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="F249" s="4" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="G249" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H249" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A250" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="C250" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D250" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E250" s="4" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="F250" s="4" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="G250" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H250" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A251" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="C251" s="4" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="D251" s="4" t="s">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c r="E251" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F251" s="4" t="s">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="G251" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H251" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A252" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="C252" s="4" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="D252" s="4" t="s">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="E252" s="4" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="F252" s="4" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="G252" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H252" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A253" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="C253" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D253" s="4" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="E253" s="4" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="F253" s="4" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="G253" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H253" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A254" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="C254" s="4" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="D254" s="4" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="E254" s="4" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="F254" s="4" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="G254" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H254" s="4" t="s">
+        <x:v>802</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A255" s="1" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="C255" s="4" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="D255" s="4" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="E255" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F255" s="4" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="G255" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H255" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A256" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="C256" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D256" s="4" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E256" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F256" s="4" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="G256" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H256" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A257" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="C257" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D257" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E257" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F257" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G244" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="G257" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H257" s="4" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A258" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="C258" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D258" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E258" s="4" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F258" s="4" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="G258" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H258" s="4" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A259" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="C259" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D259" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E259" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F259" s="4" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="G259" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H259" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A260" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="C260" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D260" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E260" s="4" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="F260" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G260" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H260" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A261" s="1" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="C261" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D261" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E261" s="4" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="F261" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G261" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H261" s="4" t="s">
+        <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>