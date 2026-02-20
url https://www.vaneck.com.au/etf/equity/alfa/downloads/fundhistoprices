--- v3 (2026-01-16)
+++ v4 (2026-02-20)
@@ -1,467 +1,875 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bc6c087a554525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2347f7fe04b14c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20260116" sheetId="1" r:id="R264412c5e6fc47a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20260220" sheetId="1" r:id="R8396b78bfb7b44c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="1222">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2288" uniqueCount="1326">
   <x:si>
     <x:t>Australian Long Short Complex ETF - ALFA</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.1550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.5585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.2154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.6782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.2304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.0421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.6528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.6047</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22.60</x:t>
   </x:si>
   <x:si>
     <x:t>290</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5316</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>22.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,638</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5804</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22.61</x:t>
   </x:si>
   <x:si>
     <x:t>155</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5014</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>22.48</x:t>
   </x:si>
   <x:si>
     <x:t>1,705</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.2353</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.28</x:t>
   </x:si>
   <x:si>
     <x:t>22.16</x:t>
   </x:si>
   <x:si>
     <x:t>1,701</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.9540</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>21.93</x:t>
   </x:si>
   <x:si>
     <x:t>19,536</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.7294</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>21.68</x:t>
   </x:si>
   <x:si>
     <x:t>1,201</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.6659</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21.64</x:t>
   </x:si>
   <x:si>
     <x:t>190</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.6127</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.66</x:t>
   </x:si>
   <x:si>
     <x:t>2,651</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.4537</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>21.38</x:t>
   </x:si>
   <x:si>
     <x:t>3,006</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.4027</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.45</x:t>
   </x:si>
   <x:si>
     <x:t>533</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.4138</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>300</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3925</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>21.36</x:t>
   </x:si>
   <x:si>
     <x:t>249</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5184</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>956</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6779</x:t>
   </x:si>
   <x:si>
     <x:t>21.59</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>601</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7921</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.82</x:t>
   </x:si>
   <x:si>
     <x:t>14,840</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7266</x:t>
   </x:si>
   <x:si>
-    <x:t>0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.53</x:t>
   </x:si>
   <x:si>
     <x:t>34,607</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2363</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.20</x:t>
   </x:si>
   <x:si>
     <x:t>7,347</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8517</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,153</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9717</x:t>
   </x:si>
   <x:si>
     <x:t>1.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.87</x:t>
@@ -487,107 +895,98 @@
   <x:si>
     <x:t>2,986</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6785</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.34</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>3,541</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.59</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9595</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>20.98</x:t>
   </x:si>
   <x:si>
     <x:t>3,121</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7039</x:t>
   </x:si>
   <x:si>
     <x:t>20.75</x:t>
   </x:si>
   <x:si>
     <x:t>356</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7250</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>3,863</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5109</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>20.61</x:t>
   </x:si>
   <x:si>
     <x:t>15,078</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6116</x:t>
@@ -634,89 +1033,83 @@
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>-1.72</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
   </x:si>
   <x:si>
     <x:t>5,821</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9272</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,514</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9632</x:t>
   </x:si>
   <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>37,586</x:t>
   </x:si>
   <x:si>
     <x:t>-0.54</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9054</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.44</x:t>
   </x:si>
   <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>2,224</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2099</x:t>
   </x:si>
   <x:si>
     <x:t>21.26</x:t>
   </x:si>
   <x:si>
     <x:t>11,860</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2531</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>6,339</x:t>
@@ -724,107 +1117,95 @@
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4232</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>9,357</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4317</x:t>
   </x:si>
   <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
     <x:t>24,978</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1945</x:t>
   </x:si>
   <x:si>
-    <x:t>0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.12</x:t>
   </x:si>
   <x:si>
     <x:t>21.35</x:t>
   </x:si>
   <x:si>
     <x:t>23,807</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7547</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-2.24</x:t>
   </x:si>
   <x:si>
     <x:t>11,604</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2294</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.83</x:t>
   </x:si>
   <x:si>
     <x:t>4,362</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0540</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.05</x:t>
   </x:si>
   <x:si>
     <x:t>562</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2330</x:t>
   </x:si>
   <x:si>
     <x:t>-2.23</x:t>
@@ -868,125 +1249,116 @@
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1276</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.45</x:t>
   </x:si>
   <x:si>
     <x:t>22.10</x:t>
   </x:si>
   <x:si>
     <x:t>12,525</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4521</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>22.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,401</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7015</x:t>
   </x:si>
   <x:si>
     <x:t>1.41</x:t>
   </x:si>
   <x:si>
     <x:t>22.75</x:t>
   </x:si>
   <x:si>
     <x:t>27,908</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3855</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>22.41</x:t>
   </x:si>
   <x:si>
     <x:t>3,134</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8886</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>22.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,357</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9773</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>22.05</x:t>
   </x:si>
   <x:si>
     <x:t>42,291</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3243</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.62</x:t>
   </x:si>
   <x:si>
     <x:t>22.30</x:t>
@@ -1012,59 +1384,53 @@
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7698</x:t>
   </x:si>
   <x:si>
     <x:t>22.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,643</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9056</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
-    <x:t>22.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,229</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7297</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>22.81</x:t>
   </x:si>
   <x:si>
     <x:t>27,146</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9378</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>-1.69</x:t>
@@ -1174,53 +1540,50 @@
   <x:si>
     <x:t>23.71</x:t>
   </x:si>
   <x:si>
     <x:t>15,637</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6914</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
   </x:si>
   <x:si>
     <x:t>23.84</x:t>
   </x:si>
   <x:si>
     <x:t>95,060</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.1229</x:t>
   </x:si>
   <x:si>
     <x:t>24.18</x:t>
   </x:si>
   <x:si>
     <x:t>37,204</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2226</x:t>
   </x:si>
   <x:si>
     <x:t>24.19</x:t>
   </x:si>
   <x:si>
     <x:t>35,935</x:t>
@@ -1228,53 +1591,50 @@
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2825</x:t>
   </x:si>
   <x:si>
     <x:t>24.34</x:t>
   </x:si>
   <x:si>
     <x:t>10,858</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2446</x:t>
   </x:si>
   <x:si>
     <x:t>24.25</x:t>
   </x:si>
   <x:si>
     <x:t>4,802</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3171</x:t>
   </x:si>
   <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>15,689</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4253</x:t>
   </x:si>
   <x:si>
     <x:t>24.46</x:t>
   </x:si>
   <x:si>
     <x:t>17,091</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
@@ -1288,149 +1648,134 @@
   <x:si>
     <x:t>20,411</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.4914</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>24.51</x:t>
   </x:si>
   <x:si>
     <x:t>20,346</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.3775</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24.48</x:t>
   </x:si>
   <x:si>
     <x:t>36,702</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2940</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>24.35</x:t>
   </x:si>
   <x:si>
     <x:t>11,241</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.8403</x:t>
   </x:si>
   <x:si>
     <x:t>0.78</x:t>
   </x:si>
   <x:si>
     <x:t>6,312</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6561</x:t>
   </x:si>
   <x:si>
     <x:t>23.63</x:t>
   </x:si>
   <x:si>
     <x:t>6,146</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.5579</x:t>
   </x:si>
   <x:si>
     <x:t>0.55</x:t>
   </x:si>
   <x:si>
     <x:t>23.69</x:t>
   </x:si>
   <x:si>
     <x:t>5,316</x:t>
   </x:si>
   <x:si>
-    <x:t>0.56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.4294</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>23.43</x:t>
   </x:si>
   <x:si>
     <x:t>3,101</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>23.1386</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23.12</x:t>
   </x:si>
   <x:si>
     <x:t>1,927</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9506</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.02</x:t>
   </x:si>
   <x:si>
     <x:t>9,972</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1642</x:t>
@@ -1444,131 +1789,119 @@
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.2726</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.33</x:t>
   </x:si>
   <x:si>
     <x:t>8,435</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0610</x:t>
   </x:si>
   <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
-    <x:t>23.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,294</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6843</x:t>
   </x:si>
   <x:si>
-    <x:t>22.64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.4714</x:t>
   </x:si>
   <x:si>
     <x:t>582</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5682</x:t>
   </x:si>
   <x:si>
     <x:t>-1.18</x:t>
   </x:si>
   <x:si>
-    <x:t>22.56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,446</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8379</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>22.86</x:t>
   </x:si>
   <x:si>
     <x:t>4,345</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7010</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>22.62</x:t>
   </x:si>
   <x:si>
     <x:t>5,051</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,165</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8802</x:t>
   </x:si>
   <x:si>
     <x:t>22.93</x:t>
   </x:si>
   <x:si>
     <x:t>3,274</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.8319</x:t>
   </x:si>
   <x:si>
     <x:t>22.84</x:t>
   </x:si>
   <x:si>
     <x:t>992</x:t>
@@ -1606,53 +1939,50 @@
   <x:si>
     <x:t>22.6282</x:t>
   </x:si>
   <x:si>
     <x:t>1.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.57</x:t>
   </x:si>
   <x:si>
     <x:t>4,778</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3647</x:t>
   </x:si>
   <x:si>
     <x:t>10,909</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2924</x:t>
   </x:si>
   <x:si>
     <x:t>22.29</x:t>
   </x:si>
   <x:si>
     <x:t>231</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5954</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>22.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,560</x:t>
@@ -1684,53 +2014,50 @@
   <x:si>
     <x:t>23.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,778</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5698</x:t>
   </x:si>
   <x:si>
     <x:t>1,771</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6607</x:t>
   </x:si>
   <x:si>
     <x:t>2.81</x:t>
   </x:si>
   <x:si>
-    <x:t>22.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18,696</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0406</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>22.04</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1693</x:t>
@@ -1855,53 +2182,50 @@
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1870</x:t>
   </x:si>
   <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>15,755</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0875</x:t>
   </x:si>
   <x:si>
     <x:t>20.99</x:t>
   </x:si>
   <x:si>
     <x:t>3,455</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5691</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>2,712</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7063</x:t>
   </x:si>
   <x:si>
     <x:t>21.69</x:t>
   </x:si>
   <x:si>
     <x:t>1,087</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
@@ -2164,53 +2488,50 @@
   <x:si>
     <x:t>7,987</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8758</x:t>
   </x:si>
   <x:si>
     <x:t>-0.51</x:t>
   </x:si>
   <x:si>
     <x:t>-2.39</x:t>
   </x:si>
   <x:si>
     <x:t>2,418</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3859</x:t>
   </x:si>
   <x:si>
-    <x:t>0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.54</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>1,976</x:t>
   </x:si>
   <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8568</x:t>
   </x:si>
   <x:si>
     <x:t>2,341</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8270</x:t>
@@ -2563,53 +2884,50 @@
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>23,034</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2935</x:t>
   </x:si>
   <x:si>
     <x:t>2,571</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2729</x:t>
   </x:si>
   <x:si>
-    <x:t>21.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,261</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2476</x:t>
   </x:si>
   <x:si>
     <x:t>21.31</x:t>
   </x:si>
   <x:si>
     <x:t>32,802</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2075</x:t>
   </x:si>
   <x:si>
     <x:t>2.55</x:t>
   </x:si>
   <x:si>
     <x:t>21.21</x:t>
@@ -2722,53 +3040,50 @@
   <x:si>
     <x:t>1,959</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5011</x:t>
   </x:si>
   <x:si>
     <x:t>906</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1921</x:t>
   </x:si>
   <x:si>
     <x:t>20.06</x:t>
   </x:si>
   <x:si>
     <x:t>21,041</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0862</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>20.15</x:t>
   </x:si>
   <x:si>
     <x:t>31,671</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7861</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>19.87</x:t>
@@ -3551,53 +3866,50 @@
     <x:t>21.1230</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>25,810</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9002</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>36,440</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8567</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>3.18</x:t>
   </x:si>
   <x:si>
     <x:t>23,285</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2144</x:t>
   </x:si>
   <x:si>
     <x:t>-2.97</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>68,787</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2025</x:t>
   </x:si>
@@ -3736,56 +4048,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ac5b85734d4118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2ff271172944c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R264412c5e6fc47a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfdb40831550452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9bdd692e45954345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8396b78bfb7b44c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H262"/>
+  <x:dimension ref="A1:H287"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3903,6667 +4215,7317 @@
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="F11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G23" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H23" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="G30" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H30" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G43" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H43" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B44" s="1" t="s">
+      <x:c r="C44" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="G52" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H52" s="4" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="E63" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="4" t="s">
+      <x:c r="G75" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
+      <x:c r="F76" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
+      <x:c r="E77" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D77" s="4" t="s">
+      <x:c r="F77" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="E77" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
+      <x:c r="F78" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="s">
+      <x:c r="G78" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H78" s="4" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
+      <x:c r="G79" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H79" s="4" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="D80" s="4" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="E81" s="4" t="s">
+      <x:c r="F81" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="F81" s="4" t="s">
+      <x:c r="G81" s="4" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="s">
+      <x:c r="F82" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="F82" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
+      <x:c r="C83" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D83" s="4" t="s">
+      <x:c r="E83" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E83" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="E84" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D84" s="4" t="s">
+      <x:c r="F84" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E84" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="D85" s="4" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="G89" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="C109" s="4" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="C109" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D109" s="4" t="s">
+      <x:c r="E109" s="4" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="E110" s="4" t="s">
+      <x:c r="F110" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="F110" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="C111" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D111" s="4" t="s">
+      <x:c r="E111" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="E111" s="4" t="s">
+      <x:c r="F111" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="F111" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
+      <x:c r="E112" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C112" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
+      <x:c r="C113" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C113" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F115" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="F116" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="C116" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="E117" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="C117" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E117" s="4" t="s">
+      <x:c r="F117" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="F117" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C118" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E118" s="4" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="F118" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C119" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D119" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E119" s="4" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="F119" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="B119" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C120" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D120" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E120" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="F120" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="B120" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C121" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D121" s="4" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="E121" s="4" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="F121" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C122" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D122" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E122" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
+      <x:c r="F122" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="C122" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C123" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
+      <x:c r="E123" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="C123" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E123" s="4" t="s">
+      <x:c r="F123" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="F123" s="4" t="s">
+      <x:c r="G123" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H123" s="4" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E124" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F124" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="E124" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C125" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D125" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E125" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
+      <x:c r="F125" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="C125" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="C126" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
+      <x:c r="E126" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C126" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D126" s="4" t="s">
+      <x:c r="F126" s="4" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="E126" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C127" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E127" s="4" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F127" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C128" s="4" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E128" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
+      <x:c r="F128" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="C128" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="C131" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="E131" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="F131" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="C131" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
+      <x:c r="D132" s="4" t="s">
         <x:v>681</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="D141" s="4" t="s">
+      <x:c r="F141" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="E141" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E142" s="4" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F142" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
+      <x:c r="E143" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="C143" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E144" s="4" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="F144" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C148" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="C149" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="E149" s="4" t="s">
         <x:v>754</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="G153" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="D153" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D158" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="D160" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E160" s="4" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="F160" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
+      <x:c r="C161" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="C161" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D161" s="4" t="s">
+      <x:c r="E161" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="E161" s="4" t="s">
+      <x:c r="F161" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="F161" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
+      <x:c r="C162" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
         <x:v>811</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>885</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>894</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H183" s="4" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>898</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>917</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
+      <x:c r="C188" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E188" s="4" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="C188" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E188" s="4" t="s">
+      <x:c r="F188" s="4" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="F188" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
+      <x:c r="C189" s="4" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="s">
         <x:v>924</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F190" s="4" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="F190" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="C191" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D191" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
+      <x:c r="E191" s="4" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="C191" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D191" s="4" t="s">
+      <x:c r="F191" s="4" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="E191" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="C192" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E192" s="4" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="F192" s="4" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="C192" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="C193" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D193" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E193" s="4" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
+      <x:c r="F193" s="4" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="C193" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
-      <x:c r="B196" s="1" t="s">
+      <x:c r="C196" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D196" s="4" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="C196" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D196" s="4" t="s">
+      <x:c r="E196" s="4" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="E196" s="4" t="s">
+      <x:c r="F196" s="4" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="F196" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
         <x:v>957</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>962</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>966</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>975</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>980</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="C206" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="E206" s="4" t="s">
+      <x:c r="F206" s="4" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="F206" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
+      <x:c r="C207" s="4" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D207" s="4" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="C207" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D207" s="4" t="s">
+      <x:c r="E207" s="4" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="E207" s="4" t="s">
+      <x:c r="F207" s="4" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="F207" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="B208" s="1" t="s">
+      <x:c r="C208" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="C208" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D208" s="4" t="s">
+      <x:c r="F208" s="4" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="E208" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1016</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="C211" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D211" s="4" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="E211" s="4" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
         <x:v>1017</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="C212" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
+      <x:c r="F212" s="4" t="s">
         <x:v>1022</x:v>
       </x:c>
-      <x:c r="C212" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
+      <x:c r="E213" s="4" t="s">
         <x:v>1026</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>979</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="C214" s="4" t="s">
+      <x:c r="F214" s="4" t="s">
         <x:v>1031</x:v>
       </x:c>
-      <x:c r="D214" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E215" s="4" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="F215" s="4" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="G215" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H215" s="4" t="s">
         <x:v>1036</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="C216" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D216" s="4" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="E216" s="4" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="F216" s="4" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1050</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1054</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>1055</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1059</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>1062</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C221" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E221" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F221" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C222" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E222" s="4" t="s">
-        <x:v>1072</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F222" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C223" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E223" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F223" s="4" t="s">
-        <x:v>1077</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1081</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>1084</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1098</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1103</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1107</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1108</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
-        <x:v>1113</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E232" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C233" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E233" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F233" s="4" t="s">
-        <x:v>1120</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1124</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C235" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E235" s="4" t="s">
-        <x:v>1127</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="F235" s="4" t="s">
-        <x:v>1128</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1131</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1134</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>1135</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1138</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="C239" s="4" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D239" s="4" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="E239" s="4" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F239" s="4" t="s">
         <x:v>1139</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="C240" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D240" s="4" t="s">
         <x:v>1142</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
+      <x:c r="E240" s="4" t="s">
         <x:v>1143</x:v>
       </x:c>
-      <x:c r="C240" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E240" s="4" t="s">
+      <x:c r="F240" s="4" t="s">
         <x:v>1144</x:v>
       </x:c>
-      <x:c r="F240" s="4" t="s">
+      <x:c r="G240" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H240" s="4" t="s">
         <x:v>1145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="C242" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E242" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F242" s="4" t="s">
-        <x:v>1152</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E243" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F243" s="4" t="s">
-        <x:v>1156</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
-        <x:v>1159</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="F244" s="4" t="s">
-        <x:v>1161</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C245" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D245" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E245" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F245" s="4" t="s">
-        <x:v>1165</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C246" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E246" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F246" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1170</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1173</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1180</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C251" s="4" t="s">
-        <x:v>1184</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E251" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="F251" s="4" t="s">
-        <x:v>1186</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="G251" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H251" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>1189</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="C253" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>1194</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E253" s="4" t="s">
-        <x:v>1180</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="F253" s="4" t="s">
-        <x:v>1195</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C254" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D254" s="4" t="s">
-        <x:v>1198</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E254" s="4" t="s">
-        <x:v>1199</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="C255" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D255" s="4" t="s">
-        <x:v>1203</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E255" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F255" s="4" t="s">
-        <x:v>1204</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="C256" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D256" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E256" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F256" s="4" t="s">
-        <x:v>1207</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>1210</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1212</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>1210</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="C259" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E259" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F259" s="4" t="s">
-        <x:v>1215</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
-        <x:v>1218</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C261" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D261" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E261" s="4" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="F261" s="4" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="G261" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H261" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A262" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="C262" s="4" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D262" s="4" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="E262" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F262" s="4" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="G262" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H262" s="4" t="s">
+        <x:v>389</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A263" s="1" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="C263" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D263" s="4" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E263" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F263" s="4" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="G263" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H263" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A264" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="C264" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D264" s="4" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="E264" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F264" s="4" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="G264" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H264" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A265" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="C265" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="D261" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="F261" s="4" t="s">
+      <x:c r="D265" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E265" s="4" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="F265" s="4" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="G265" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H265" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A266" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="C266" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D266" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E266" s="4" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="F266" s="4" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="G266" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H266" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A267" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="C267" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D267" s="4" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="E267" s="4" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="F267" s="4" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="G267" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H267" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A268" s="1" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="C268" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D268" s="4" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E268" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F268" s="4" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="G268" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H268" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A269" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="C269" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D269" s="4" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="E269" s="4" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="F269" s="4" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="G269" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H269" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A270" s="1" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="C270" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D270" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E270" s="4" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="F270" s="4" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="G270" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H270" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A271" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="C271" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D271" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E271" s="4" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="F271" s="4" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="G271" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H271" s="4" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A272" s="1" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C272" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D272" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E272" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F272" s="4" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="G272" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H272" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A273" s="1" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="C273" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D273" s="4" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E273" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F273" s="4" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="G273" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H273" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A274" s="1" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="C274" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D274" s="4" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="E274" s="4" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="F274" s="4" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="G274" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H274" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A275" s="1" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="C275" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D275" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E275" s="4" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="F275" s="4" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="G275" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H275" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A276" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="C276" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D276" s="4" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="E276" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F276" s="4" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="G276" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H276" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A277" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="C277" s="4" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="D277" s="4" t="s">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="E277" s="4" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="F277" s="4" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="G277" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H277" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A278" s="1" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="C278" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D278" s="4" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="E278" s="4" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="F278" s="4" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="G278" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H278" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A279" s="1" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="C279" s="4" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="D279" s="4" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="E279" s="4" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="F279" s="4" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="G279" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H279" s="4" t="s">
+        <x:v>909</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A280" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="C280" s="4" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="D280" s="4" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="E280" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F280" s="4" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="G280" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H280" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A281" s="1" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="C281" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D281" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E281" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F281" s="4" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="G281" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H281" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A282" s="1" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>1313</x:v>
+      </x:c>
+      <x:c r="C282" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D282" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E282" s="4" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F282" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G261" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>16</x:v>
+      <x:c r="G282" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H282" s="4" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A283" s="1" t="s">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="B283" s="1" t="s">
+        <x:v>1313</x:v>
+      </x:c>
+      <x:c r="C283" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D283" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E283" s="4" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F283" s="4" t="s">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="G283" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H283" s="4" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A284" s="1" t="s">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="B284" s="1" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="C284" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D284" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E284" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F284" s="4" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="G284" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H284" s="4" t="s">
+        <x:v>499</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A285" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="B285" s="1" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="C285" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D285" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E285" s="4" t="s">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="F285" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G285" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H285" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A286" s="1" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="B286" s="1" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="C286" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D286" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E286" s="4" t="s">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="F286" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G286" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H286" s="4" t="s">
+        <x:v>145</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>