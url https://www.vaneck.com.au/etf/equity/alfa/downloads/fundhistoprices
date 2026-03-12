--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -1,239 +1,506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2347f7fe04b14c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc945183387cf4b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20260220" sheetId="1" r:id="R8396b78bfb7b44c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ALFA_asat_20260312" sheetId="1" r:id="R2fcd4fc5bd604805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2288" uniqueCount="1326">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2400" uniqueCount="1382">
   <x:si>
     <x:t>Australian Long Short Complex ETF - ALFA</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.0496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.7399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.4331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.0116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.5401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.5175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.4051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.5443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
     <x:t>20/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.7752</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22.80</x:t>
   </x:si>
   <x:si>
     <x:t>2,016</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.8268</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>22.88</x:t>
   </x:si>
   <x:si>
     <x:t>1,286</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.7850</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
-    <x:t>22.72</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>66</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.4336</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>22.51</x:t>
   </x:si>
   <x:si>
     <x:t>3,525</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.4678</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.59</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.4185</x:t>
   </x:si>
   <x:si>
     <x:t>-0.42</x:t>
   </x:si>
   <x:si>
     <x:t>-1.85</x:t>
   </x:si>
   <x:si>
     <x:t>22.44</x:t>
   </x:si>
   <x:si>
     <x:t>4,687</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.8415</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>22.90</x:t>
   </x:si>
   <x:si>
     <x:t>1,276</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.8658</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.38</x:t>
   </x:si>
   <x:si>
     <x:t>22.64</x:t>
   </x:si>
   <x:si>
     <x:t>1,435</x:t>
   </x:si>
   <x:si>
     <x:t>-0.99</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
@@ -250,422 +517,377 @@
   <x:si>
     <x:t>1,299</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.1550</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>4.24</x:t>
   </x:si>
   <x:si>
     <x:t>21.81</x:t>
   </x:si>
   <x:si>
     <x:t>58</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.2535</x:t>
   </x:si>
   <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
     <x:t>-2.98</x:t>
   </x:si>
   <x:si>
     <x:t>21.28</x:t>
   </x:si>
   <x:si>
     <x:t>1,513</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.9063</x:t>
   </x:si>
   <x:si>
     <x:t>-2.89</x:t>
   </x:si>
   <x:si>
     <x:t>21.99</x:t>
   </x:si>
   <x:si>
     <x:t>456</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5585</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>1.45</x:t>
   </x:si>
   <x:si>
     <x:t>22.53</x:t>
   </x:si>
   <x:si>
     <x:t>1,675</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.2367</x:t>
   </x:si>
   <x:si>
-    <x:t>22.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>122</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.64</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.2154</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>-2.04</x:t>
   </x:si>
   <x:si>
     <x:t>22.23</x:t>
   </x:si>
   <x:si>
     <x:t>9,174</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.6782</x:t>
   </x:si>
   <x:si>
     <x:t>-0.60</x:t>
   </x:si>
   <x:si>
     <x:t>-2.58</x:t>
   </x:si>
   <x:si>
     <x:t>3,691</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>23.2778</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23.25</x:t>
   </x:si>
   <x:si>
     <x:t>2,405</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>23.3327</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>23.32</x:t>
   </x:si>
   <x:si>
     <x:t>3,173</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>23.2304</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>5,383</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>23.0421</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>23.04</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>14,610</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.8930</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.06</x:t>
   </x:si>
   <x:si>
     <x:t>22.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,305</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>23.1386</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.14</x:t>
   </x:si>
   <x:si>
     <x:t>23.08</x:t>
   </x:si>
   <x:si>
     <x:t>2,650</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.6528</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.56</x:t>
   </x:si>
   <x:si>
     <x:t>3,373</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.7314</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>526</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.6047</x:t>
   </x:si>
   <x:si>
     <x:t>22.60</x:t>
   </x:si>
   <x:si>
     <x:t>290</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5316</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>22.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,638</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5804</x:t>
   </x:si>
   <x:si>
     <x:t>22.61</x:t>
   </x:si>
   <x:si>
     <x:t>155</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.5014</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>22.48</x:t>
   </x:si>
   <x:si>
     <x:t>1,705</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>22.2353</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.28</x:t>
   </x:si>
   <x:si>
     <x:t>22.16</x:t>
   </x:si>
   <x:si>
     <x:t>1,701</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.9540</x:t>
   </x:si>
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>21.93</x:t>
   </x:si>
   <x:si>
     <x:t>19,536</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>21.7294</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>21.68</x:t>
@@ -988,53 +1210,50 @@
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6116</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7641</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>12,394</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5681</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>-1.72</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
@@ -1045,53 +1264,50 @@
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9272</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,514</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9632</x:t>
   </x:si>
   <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>37,586</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9054</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.44</x:t>
   </x:si>
   <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>2,224</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2099</x:t>
   </x:si>
   <x:si>
     <x:t>21.26</x:t>
@@ -1186,53 +1402,50 @@
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0540</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>21.05</x:t>
   </x:si>
   <x:si>
     <x:t>562</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2330</x:t>
   </x:si>
   <x:si>
-    <x:t>-2.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.17</x:t>
   </x:si>
   <x:si>
     <x:t>3,151</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7162</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>21.61</x:t>
   </x:si>
   <x:si>
     <x:t>2,030</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5832</x:t>
@@ -1357,56 +1570,50 @@
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.62</x:t>
   </x:si>
   <x:si>
     <x:t>22.30</x:t>
   </x:si>
   <x:si>
     <x:t>9,936</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6911</x:t>
   </x:si>
   <x:si>
     <x:t>22.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,617</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7698</x:t>
   </x:si>
   <x:si>
     <x:t>22.77</x:t>
   </x:si>
   <x:si>
     <x:t>15,643</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9056</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>8,229</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
@@ -1504,53 +1711,50 @@
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>-3.10</x:t>
   </x:si>
   <x:si>
     <x:t>23.35</x:t>
   </x:si>
   <x:si>
     <x:t>19,352</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.0331</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.58</x:t>
   </x:si>
   <x:si>
-    <x:t>24.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11,696</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6593</x:t>
   </x:si>
   <x:si>
     <x:t>23.71</x:t>
   </x:si>
   <x:si>
     <x:t>15,637</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6914</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>-1.79</x:t>
@@ -1669,53 +1873,50 @@
   <x:si>
     <x:t>24.3775</x:t>
   </x:si>
   <x:si>
     <x:t>24.48</x:t>
   </x:si>
   <x:si>
     <x:t>36,702</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24.2940</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
-    <x:t>24.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11,241</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.8403</x:t>
   </x:si>
   <x:si>
     <x:t>0.78</x:t>
   </x:si>
   <x:si>
     <x:t>6,312</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.6561</x:t>
   </x:si>
   <x:si>
     <x:t>23.63</x:t>
   </x:si>
   <x:si>
     <x:t>6,146</x:t>
@@ -1759,53 +1960,50 @@
   <x:si>
     <x:t>1,927</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9506</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.02</x:t>
   </x:si>
   <x:si>
     <x:t>9,972</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.1642</x:t>
   </x:si>
   <x:si>
-    <x:t>23.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,066</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.2726</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>23.33</x:t>
   </x:si>
   <x:si>
     <x:t>8,435</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>23.0610</x:t>
   </x:si>
   <x:si>
     <x:t>1.66</x:t>
@@ -1990,89 +2188,83 @@
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.7581</x:t>
   </x:si>
   <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
     <x:t>26,157</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.9827</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.83</x:t>
   </x:si>
   <x:si>
-    <x:t>23.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19,778</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.5698</x:t>
   </x:si>
   <x:si>
     <x:t>1,771</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.6607</x:t>
   </x:si>
   <x:si>
     <x:t>2.81</x:t>
   </x:si>
   <x:si>
     <x:t>18,696</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0406</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.04</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1693</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>2.84</x:t>
   </x:si>
   <x:si>
     <x:t>22.11</x:t>
   </x:si>
   <x:si>
     <x:t>15,108</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
@@ -2101,53 +2293,50 @@
   <x:si>
     <x:t>828</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2576</x:t>
   </x:si>
   <x:si>
     <x:t>-0.97</x:t>
   </x:si>
   <x:si>
     <x:t>21.25</x:t>
   </x:si>
   <x:si>
     <x:t>931</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4659</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>222</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4001</x:t>
   </x:si>
   <x:si>
     <x:t>2,433</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4113</x:t>
   </x:si>
   <x:si>
     <x:t>-1.17</x:t>
@@ -2335,53 +2524,50 @@
   <x:si>
     <x:t>2,770</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0791</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>12,987</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3092</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>1,348</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6039</x:t>
   </x:si>
   <x:si>
     <x:t>711</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5376</x:t>
   </x:si>
   <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>16,632</x:t>
@@ -2419,53 +2605,50 @@
   <x:si>
     <x:t>20.79</x:t>
   </x:si>
   <x:si>
     <x:t>3,786</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7732</x:t>
   </x:si>
   <x:si>
     <x:t>20.64</x:t>
   </x:si>
   <x:si>
     <x:t>4,408</x:t>
   </x:si>
   <x:si>
     <x:t>15/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7273</x:t>
   </x:si>
   <x:si>
-    <x:t>1.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>14,298</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4482</x:t>
   </x:si>
   <x:si>
     <x:t>-0.96</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>51,417</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6466</x:t>
@@ -2521,53 +2704,50 @@
   <x:si>
     <x:t>-0.68</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8568</x:t>
   </x:si>
   <x:si>
     <x:t>2,341</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8270</x:t>
   </x:si>
   <x:si>
     <x:t>20.91</x:t>
   </x:si>
   <x:si>
     <x:t>19,456</x:t>
   </x:si>
   <x:si>
-    <x:t>0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9241</x:t>
   </x:si>
   <x:si>
     <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>20.97</x:t>
   </x:si>
   <x:si>
     <x:t>3,958</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0992</x:t>
   </x:si>
   <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>7,044</x:t>
@@ -2728,53 +2908,50 @@
   <x:si>
     <x:t>1,131</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.2183</x:t>
   </x:si>
   <x:si>
     <x:t>1.31</x:t>
   </x:si>
   <x:si>
     <x:t>22.32</x:t>
   </x:si>
   <x:si>
     <x:t>8,602</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9308</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.98</x:t>
   </x:si>
   <x:si>
     <x:t>38,400</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.3137</x:t>
   </x:si>
   <x:si>
     <x:t>0.57</x:t>
   </x:si>
   <x:si>
     <x:t>22.26</x:t>
   </x:si>
   <x:si>
     <x:t>29,936</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.1862</x:t>
@@ -2860,53 +3037,50 @@
   <x:si>
     <x:t>21.84</x:t>
   </x:si>
   <x:si>
     <x:t>9,510</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.6286</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>7,705</x:t>
   </x:si>
   <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4787</x:t>
   </x:si>
   <x:si>
-    <x:t>0.87</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>23,034</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2935</x:t>
   </x:si>
   <x:si>
     <x:t>2,571</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2729</x:t>
   </x:si>
   <x:si>
     <x:t>8,261</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
@@ -2932,53 +3106,50 @@
   <x:si>
     <x:t>21.21</x:t>
   </x:si>
   <x:si>
     <x:t>6,657</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6807</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>9,094</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4365</x:t>
   </x:si>
   <x:si>
-    <x:t>1.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>10,822</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1603</x:t>
   </x:si>
   <x:si>
     <x:t>2.10</x:t>
   </x:si>
   <x:si>
     <x:t>20.14</x:t>
   </x:si>
   <x:si>
     <x:t>1,052</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7454</x:t>
@@ -3281,53 +3452,50 @@
     <x:t>430</x:t>
   </x:si>
   <x:si>
     <x:t>-1.30</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.6061</x:t>
   </x:si>
   <x:si>
     <x:t>4.89</x:t>
   </x:si>
   <x:si>
     <x:t>18.58</x:t>
   </x:si>
   <x:si>
     <x:t>11,600</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>17.7379</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-2.25</x:t>
   </x:si>
   <x:si>
     <x:t>17.74</x:t>
   </x:si>
   <x:si>
     <x:t>1,468</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.1461</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>5.17</x:t>
   </x:si>
   <x:si>
     <x:t>18.11</x:t>
   </x:si>
   <x:si>
     <x:t>6,879</x:t>
   </x:si>
@@ -4048,56 +4216,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfdb40831550452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9bdd692e45954345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8396b78bfb7b44c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418adf48772d4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb3f1a69d93bf449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2fcd4fc5bd604805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H287"/>
+  <x:dimension ref="A1:H301"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -4177,7355 +4345,7719 @@
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H8" s="4" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="C9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
+      <x:c r="D9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G9" s="4" t="s">
+      <x:c r="H9" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="C10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="D10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G10" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
+      <x:c r="E12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G12" s="4" t="s">
+      <x:c r="H12" s="4" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F13" s="4" t="s">
+      <x:c r="G13" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H13" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="C14" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="C15" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
+      <x:c r="D15" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="s">
+      <x:c r="E15" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="s">
+      <x:c r="F15" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F15" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="D16" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H16" s="4" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
+      <x:c r="F17" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="F18" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
+      <x:c r="G18" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H18" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="G19" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="4" t="s">
+      <x:c r="H19" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="E20" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D20" s="4" t="s">
+      <x:c r="F20" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E20" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
+      <x:c r="H21" s="4" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="D22" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="s">
+      <x:c r="E22" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="s">
+      <x:c r="F22" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E22" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C23" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="s">
+      <x:c r="E23" s="4" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H25" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E35" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F35" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="G35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E37" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E37" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H64" s="4" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
+      <x:c r="G65" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="D66" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D66" s="4" t="s">
+      <x:c r="E66" s="4" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="s">
+      <x:c r="F68" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="E68" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
+      <x:c r="C69" s="4" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="E79" s="4" t="s">
+      <x:c r="F79" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="F79" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="E80" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="G81" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H81" s="4" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="E84" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D84" s="4" t="s">
+      <x:c r="F84" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="E84" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="F85" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F88" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
+      <x:c r="F89" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
+      <x:c r="C90" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="s">
+      <x:c r="E90" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="s">
+      <x:c r="F90" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="E90" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
+      <x:c r="D91" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C91" s="4" t="s">
+      <x:c r="E91" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D91" s="4" t="s">
+      <x:c r="F91" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="E91" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
+      <x:c r="E92" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C92" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E92" s="4" t="s">
+      <x:c r="F92" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="F92" s="4" t="s">
+      <x:c r="G92" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H92" s="4" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="s">
+      <x:c r="E93" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="E93" s="4" t="s">
+      <x:c r="F93" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="F93" s="4" t="s">
+      <x:c r="G93" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H93" s="4" t="s">
         <x:v>512</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
+      <x:c r="C94" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E103" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="E103" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
+      <x:c r="C137" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="C137" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E171" s="4" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>830</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>874</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>899</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>901</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>904</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F187" s="4" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="F187" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>950</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>965</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H199" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>969</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>970</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>973</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>982</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>983</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="C205" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="E205" s="4" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="F205" s="4" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>999</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>1004</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>1015</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="F211" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
+      <x:c r="C212" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
         <x:v>1019</x:v>
       </x:c>
-      <x:c r="C212" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E213" s="4" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="F213" s="4" t="s">
         <x:v>1023</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="C214" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="F214" s="4" t="s">
         <x:v>1028</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G214" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H214" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="E215" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F215" s="4" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>1036</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>1039</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1040</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E220" s="4" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="F220" s="4" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="E220" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G220" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H220" s="4" t="s">
-        <x:v>1056</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="C221" s="4" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="D221" s="4" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="E221" s="4" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
+      <x:c r="F221" s="4" t="s">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="C221" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G221" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H221" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="C222" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D222" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E222" s="4" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="F222" s="4" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G222" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H222" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="C223" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D223" s="4" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="E223" s="4" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="F223" s="4" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G223" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H223" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C224" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E224" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F224" s="4" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G224" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H224" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C225" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E225" s="4" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F225" s="4" t="s">
-        <x:v>1072</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G225" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H225" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C226" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E226" s="4" t="s">
-        <x:v>1044</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F226" s="4" t="s">
-        <x:v>1076</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G226" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H226" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C227" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E227" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F227" s="4" t="s">
-        <x:v>1080</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="G227" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H227" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C228" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>1083</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E228" s="4" t="s">
-        <x:v>1084</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F228" s="4" t="s">
-        <x:v>1085</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G228" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H228" s="4" t="s">
-        <x:v>1086</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C229" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>1089</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E229" s="4" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F229" s="4" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="G229" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H229" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>1093</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C230" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>1094</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="E230" s="4" t="s">
-        <x:v>1095</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="F230" s="4" t="s">
-        <x:v>1096</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="G230" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H230" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C231" s="4" t="s">
-        <x:v>1099</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>1100</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E231" s="4" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="F231" s="4" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="G231" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H231" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="C232" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="E232" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F232" s="4" t="s">
-        <x:v>1107</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G232" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H232" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="C233" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E233" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F233" s="4" t="s">
-        <x:v>1112</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="G233" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H233" s="4" t="s">
-        <x:v>1113</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C234" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>1073</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E234" s="4" t="s">
-        <x:v>1116</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F234" s="4" t="s">
-        <x:v>1117</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G234" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H234" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="C235" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D235" s="4" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="E235" s="4" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="F235" s="4" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G235" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H235" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C236" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E236" s="4" t="s">
-        <x:v>1124</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="F236" s="4" t="s">
-        <x:v>1125</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G236" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H236" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C237" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>1128</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E237" s="4" t="s">
-        <x:v>1129</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="F237" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G237" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H237" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C238" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E238" s="4" t="s">
-        <x:v>1084</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="F238" s="4" t="s">
-        <x:v>1132</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="G238" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H238" s="4" t="s">
-        <x:v>1133</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C239" s="4" t="s">
-        <x:v>1136</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>1137</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E239" s="4" t="s">
-        <x:v>1138</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F239" s="4" t="s">
-        <x:v>1139</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="G239" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H239" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>1142</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E240" s="4" t="s">
-        <x:v>1143</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F240" s="4" t="s">
-        <x:v>1144</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="G240" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H240" s="4" t="s">
-        <x:v>1145</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C241" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>1148</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E241" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="F241" s="4" t="s">
-        <x:v>1150</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="G241" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H241" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C242" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>1153</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E242" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F242" s="4" t="s">
-        <x:v>1155</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="G242" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H242" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>1143</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C243" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E243" s="4" t="s">
-        <x:v>1158</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F243" s="4" t="s">
-        <x:v>1159</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G243" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H243" s="4" t="s">
-        <x:v>1160</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C244" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D244" s="4" t="s">
-        <x:v>1163</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E244" s="4" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F244" s="4" t="s">
-        <x:v>1164</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="G244" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H244" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C245" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D245" s="4" t="s">
-        <x:v>1167</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E245" s="4" t="s">
-        <x:v>1168</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="F245" s="4" t="s">
-        <x:v>1169</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="G245" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H245" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="C246" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>1172</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E246" s="4" t="s">
-        <x:v>1154</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="F246" s="4" t="s">
-        <x:v>1173</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="G246" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H246" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C247" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D247" s="4" t="s">
-        <x:v>1176</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E247" s="4" t="s">
-        <x:v>1177</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="F247" s="4" t="s">
-        <x:v>1178</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="G247" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H247" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C248" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D248" s="4" t="s">
-        <x:v>904</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E248" s="4" t="s">
-        <x:v>1181</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="F248" s="4" t="s">
-        <x:v>1182</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="G248" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H248" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C249" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D249" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E249" s="4" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F249" s="4" t="s">
-        <x:v>1186</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="G249" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H249" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C250" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D250" s="4" t="s">
-        <x:v>1189</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E250" s="4" t="s">
-        <x:v>1190</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F250" s="4" t="s">
-        <x:v>1191</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="G250" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H250" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C251" s="4" t="s">
-        <x:v>1194</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>1195</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E251" s="4" t="s">
-        <x:v>1196</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F251" s="4" t="s">
-        <x:v>1197</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G251" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H251" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C252" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E252" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F252" s="4" t="s">
-        <x:v>1200</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G252" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H252" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>1189</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="C253" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>1203</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E253" s="4" t="s">
-        <x:v>1204</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="F253" s="4" t="s">
-        <x:v>1205</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="G253" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H253" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C254" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D254" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E254" s="4" t="s">
-        <x:v>1208</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="F254" s="4" t="s">
-        <x:v>1209</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="G254" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H254" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>1201</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C255" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D255" s="4" t="s">
-        <x:v>1212</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="E255" s="4" t="s">
-        <x:v>983</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F255" s="4" t="s">
-        <x:v>1213</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="G255" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H255" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C256" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D256" s="4" t="s">
-        <x:v>1216</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E256" s="4" t="s">
-        <x:v>1217</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F256" s="4" t="s">
-        <x:v>1218</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G256" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H256" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C257" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E257" s="4" t="s">
-        <x:v>1221</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F257" s="4" t="s">
-        <x:v>1222</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="G257" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H257" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>1216</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="C258" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E258" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F258" s="4" t="s">
-        <x:v>1225</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="G258" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H258" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="C259" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E259" s="4" t="s">
-        <x:v>1228</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F259" s="4" t="s">
-        <x:v>1229</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="G259" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H259" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="C260" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D260" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E260" s="4" t="s">
-        <x:v>1232</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F260" s="4" t="s">
-        <x:v>1233</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="G260" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H260" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="C261" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D261" s="4" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E261" s="4" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F261" s="4" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G261" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H261" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="C262" s="4" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D262" s="4" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="E262" s="4" t="s">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="B262" s="1" t="s">
+      <x:c r="F262" s="4" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="C262" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G262" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H262" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="C263" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D263" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E263" s="4" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
+      <x:c r="F263" s="4" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="C263" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G263" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H263" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
+      <x:c r="C264" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D264" s="4" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="C264" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E264" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="F264" s="4" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="G264" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H264" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="C265" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E265" s="4" t="s">
-        <x:v>1249</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F265" s="4" t="s">
-        <x:v>1250</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G265" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H265" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C266" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D266" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E266" s="4" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="F266" s="4" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="G266" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E266" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H266" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C267" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D267" s="4" t="s">
-        <x:v>1256</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E267" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="F267" s="4" t="s">
-        <x:v>1257</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G267" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H267" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C268" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D268" s="4" t="s">
-        <x:v>1260</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E268" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="F268" s="4" t="s">
-        <x:v>1261</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="G268" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H268" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C269" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D269" s="4" t="s">
-        <x:v>1264</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E269" s="4" t="s">
-        <x:v>1265</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F269" s="4" t="s">
-        <x:v>1266</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="G269" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H269" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="C270" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D270" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E270" s="4" t="s">
-        <x:v>1269</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F270" s="4" t="s">
-        <x:v>1270</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G270" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H270" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C271" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D271" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E271" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F271" s="4" t="s">
-        <x:v>1273</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="G271" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H271" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C272" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D272" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E272" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F272" s="4" t="s">
-        <x:v>1275</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="G272" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H272" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="C273" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D273" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E273" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="F273" s="4" t="s">
-        <x:v>1278</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="G273" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H273" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="C274" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D274" s="4" t="s">
-        <x:v>1281</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E274" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F274" s="4" t="s">
-        <x:v>1282</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="G274" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H274" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="C275" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D275" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E275" s="4" t="s">
         <x:v>1284</x:v>
       </x:c>
-      <x:c r="C275" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F275" s="4" t="s">
-        <x:v>1286</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="G275" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H275" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="C276" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D276" s="4" t="s">
-        <x:v>1289</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E276" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F276" s="4" t="s">
-        <x:v>1290</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="G276" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H276" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C277" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D277" s="4" t="s">
-        <x:v>1293</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E277" s="4" t="s">
-        <x:v>1294</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F277" s="4" t="s">
-        <x:v>1295</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="G277" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H277" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="C278" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D278" s="4" t="s">
-        <x:v>1298</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E278" s="4" t="s">
-        <x:v>1285</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F278" s="4" t="s">
-        <x:v>1299</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="G278" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H278" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C279" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D279" s="4" t="s">
-        <x:v>1302</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E279" s="4" t="s">
-        <x:v>1303</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F279" s="4" t="s">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="G279" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H279" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C280" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D280" s="4" t="s">
-        <x:v>1307</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E280" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F280" s="4" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="G280" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H280" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C281" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D281" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E281" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F281" s="4" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="G281" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H281" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C282" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D282" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E282" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F282" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="G282" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H282" s="4" t="s">
-        <x:v>1314</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C283" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D283" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="E283" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="F283" s="4" t="s">
-        <x:v>1316</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="G283" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H283" s="4" t="s">
-        <x:v>1314</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C284" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D284" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E284" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="F284" s="4" t="s">
-        <x:v>1319</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="G284" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H284" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C285" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D285" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E285" s="4" t="s">
-        <x:v>1322</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F285" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="G285" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H285" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C286" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D286" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E286" s="4" t="s">
-        <x:v>1325</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F286" s="4" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="G286" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H286" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A287" s="1" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>1333</x:v>
+      </x:c>
+      <x:c r="C287" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D287" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E287" s="4" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="F287" s="4" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="G287" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H287" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A288" s="1" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="C288" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D288" s="4" t="s">
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="E288" s="4" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="F288" s="4" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="G288" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H288" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A289" s="1" t="s">
+        <x:v>1339</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="C289" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D289" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E289" s="4" t="s">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="F289" s="4" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="G289" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H289" s="4" t="s">
+        <x:v>365</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A290" s="1" t="s">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>1344</x:v>
+      </x:c>
+      <x:c r="C290" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D290" s="4" t="s">
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="E290" s="4" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F290" s="4" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="G290" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H290" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A291" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="C291" s="4" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="D291" s="4" t="s">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="E291" s="4" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="F291" s="4" t="s">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="G291" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H291" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A292" s="1" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="C292" s="4" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D292" s="4" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="E292" s="4" t="s">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="F292" s="4" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="G292" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H292" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A293" s="1" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="C293" s="4" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D293" s="4" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="E293" s="4" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="F293" s="4" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="G293" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H293" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A294" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="C294" s="4" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="D294" s="4" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="E294" s="4" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F294" s="4" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="G294" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H294" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A295" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="C295" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D295" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E295" s="4" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F295" s="4" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="G295" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H295" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A296" s="1" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="C296" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D296" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E296" s="4" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="F296" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G286" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>145</x:v>
+      <x:c r="G296" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H296" s="4" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A297" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="B297" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="C297" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D297" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E297" s="4" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="F297" s="4" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="G297" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H297" s="4" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A298" s="1" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="C298" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D298" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E298" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F298" s="4" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="G298" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H298" s="4" t="s">
+        <x:v>568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A299" s="1" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="C299" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D299" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E299" s="4" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="F299" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G299" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H299" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A300" s="1" t="s">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="C300" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D300" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E300" s="4" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="F300" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G300" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H300" s="4" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>