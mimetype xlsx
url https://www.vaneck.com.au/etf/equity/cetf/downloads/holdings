--- v0 (2025-10-17)
+++ v1 (2026-01-20)
@@ -1,825 +1,828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b94af974bbb4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c6a9b8c78441ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20251017" sheetId="1" r:id="R8b98c2381b5b48f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260120" sheetId="1" r:id="R5aa315571015450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="259">
-[...1 lines deleted...]
-    <x:t>Stock Holdings as at 17/10/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="260">
+  <x:si>
+    <x:t>Stock Holdings as at 20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Kweichow Moutai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600519 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,750</x:t>
-[...5 lines deleted...]
-    <x:t>9.45%</x:t>
+    <x:t>11,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,352,851.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>37,760</x:t>
-[...5 lines deleted...]
-    <x:t>8.23%</x:t>
+    <x:t>39,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,970,665.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.66%</x:t>
   </x:si>
   <x:si>
     <x:t>China Merchants Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600036 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>176,700</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>185,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,694.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zijin Mining Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601899 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,483,039.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Insurance Group Co Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601318 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,379,232.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Foxconn Industrial Internet Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601138 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>98,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.70%</x:t>
+    <x:t>103,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,351,879.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongji Innolight Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,913.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
   </x:si>
   <x:si>
     <x:t>China Yangtze Power Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600900 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>209,600</x:t>
-[...5 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>220,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,267,504.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Bank Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601288 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>736,800</x:t>
-[...35 lines deleted...]
-    <x:t>3.17%</x:t>
+    <x:t>774,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,180,690.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cambricon Technologies Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688256 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,156,025.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hygon Information Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688041 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,861.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial &amp; Commercial Bank Of China L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601398 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>684,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,106,220.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002594 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>46,500</x:t>
-[...47 lines deleted...]
-    <x:t>2.71%</x:t>
+    <x:t>48,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,808.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601166 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$821,649.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxshare Precision Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002475 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$810,995.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cmoc Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603993 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,678.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Wuliangye Yibin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000858 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>33,200</x:t>
-[...35 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,583.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eoptolink Technology Inc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300502 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,351.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Hengrui Pharmaceuticals Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600276 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>54,592</x:t>
-[...20 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>57,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,068.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naura Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002371 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,847.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East Money Information Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300059 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$717,309.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Shanghai Pudong Development Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600000 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>259,300</x:t>
-[...20 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>299,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$715,947.71</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Communications Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601328 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>457,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>480,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,375.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sungrow Power Supply Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300274 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,240.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Citic Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600030 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>104,535</x:t>
-[...35 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>109,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,113.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Pacific Insurance Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601601 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,070.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guotai Junan Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601211 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,614.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>China Shenhua Energy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601088 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>57,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>60,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,248.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrochina Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601857 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,730.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601988 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,064.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Muyuan Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002714 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>46,790</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>49,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,235.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Apptec Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603259 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,187.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,400</x:t>
-[...62 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>10,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,456.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,059.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601816 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,682.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaanxi Coal Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601225 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,635.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China State Construction Engineering Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601668 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,414.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
   </x:si>
   <x:si>
     <x:t>600809 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,360</x:t>
-[...89 lines deleted...]
-    <x:t>$374,486.82</x:t>
+    <x:t>10,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,493.69</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sf Holding Co Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>China Petroleum &amp; Chemical Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600028 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,646.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>China Construction Bank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>601939 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>181,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>190,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,006.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosco Shipping Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601919 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,894.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foshan Haitian Flavouring &amp; Food Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603288 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,950.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Crrc Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601766 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>208,300</x:t>
-[...50 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>219,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,853.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haier Smart Home Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600690 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$313,529.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000651 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$313,241.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601818 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,653.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Postal Savings Bank Of China Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601658 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>249,600</x:t>
-[...50 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>262,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,552.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601998 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>111,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>116,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,913.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>People's Insurance Co Group Of China Lt</x:t>
   </x:si>
   <x:si>
     <x:t>601319 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>88,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>93,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,679.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688235 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>885</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,580.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$42,240.03</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$6,827.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -844,51 +847,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ffee5fe044b4375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R554eb419b01141d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b98c2381b5b48f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa509341bd8447cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R526d045815174c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5aa315571015450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1116,291 +1119,291 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
@@ -1436,551 +1439,551 @@
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>