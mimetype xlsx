--- v1 (2026-01-20)
+++ v2 (2026-02-11)
@@ -1,828 +1,822 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c6a9b8c78441ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb0899e9a684757" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260120" sheetId="1" r:id="R5aa315571015450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260211" sheetId="1" r:id="R37cedf220afa4fc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="260">
-[...1 lines deleted...]
-    <x:t>Stock Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
+  <x:si>
+    <x:t>Stock Holdings as at 11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Kweichow Moutai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600519 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,350</x:t>
-[...5 lines deleted...]
-    <x:t>8.65%</x:t>
+    <x:t>11,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,590,046.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>39,660</x:t>
-[...5 lines deleted...]
-    <x:t>7.66%</x:t>
+    <x:t>40,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,398.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.07%</x:t>
   </x:si>
   <x:si>
     <x:t>China Merchants Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600036 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>185,800</x:t>
-[...5 lines deleted...]
-    <x:t>3.97%</x:t>
+    <x:t>191,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,537.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601899 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>185,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.82%</x:t>
+    <x:t>190,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,515,617.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Ping An Insurance Group Co Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601318 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>96,900</x:t>
-[...5 lines deleted...]
-    <x:t>3.56%</x:t>
+    <x:t>99,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,392,230.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Yangtze Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600900 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,497.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Foxconn Industrial Internet Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601138 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>103,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>106,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,708.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>9,900</x:t>
-[...20 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>10,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,763.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hygon Information Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688041 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,142,035.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Bank Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601288 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>774,600</x:t>
-[...5 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>796,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,282.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial &amp; Commercial Bank Of China L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601398 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>704,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,052,424.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002594 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$935,399.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Cambricon Technologies Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688256 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,793</x:t>
-[...50 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>3,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$900,207.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,140.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601166 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>190,600</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>196,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,389.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cmoc Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603993 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,327.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eoptolink Technology Inc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300502 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,623.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Luxshare Precision Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002475 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>65,289</x:t>
-[...50 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>67,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,155.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Hengrui Pharmaceuticals Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600276 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>57,392</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>59,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,702.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Communications Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601328 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,211.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East Money Information Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300059 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,687.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Naura Technology Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002371 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>6,445</x:t>
-[...20 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>6,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,124.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citic Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600030 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$650,219.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Shanghai Pudong Development Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600000 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>299,900</x:t>
-[...17 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>308,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,129.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>18,700</x:t>
-[...20 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,362.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>China Pacific Insurance Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601601 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>61,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>63,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,598.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrochina Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601857 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,088.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Shenhua Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601088 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,570.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Guotai Junan Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601211 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>127,200</x:t>
-[...35 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>130,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,464.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601988 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>445,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>457,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,187.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Muyuan Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002714 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>49,190</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>50,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,731.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Wuxi Apptec Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603259 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,300</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>22,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,285.48</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,900</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>11,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,605.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaanxi Coal Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601225 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,063.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601816 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,387.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ping An Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000001 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>174,700</x:t>
-[...2 lines deleted...]
-    <x:t>$417,059.23</x:t>
+    <x:t>179,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,230.34</x:t>
   </x:si>
   <x:si>
     <x:t>1.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>China State Construction Engineering Co</x:t>
   </x:si>
   <x:si>
     <x:t>601668 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>372,100</x:t>
-[...2 lines deleted...]
-    <x:t>$403,414.12</x:t>
+    <x:t>382,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,227.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600809 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,642.53</x:t>
   </x:si>
   <x:si>
     <x:t>1.04%</x:t>
   </x:si>
   <x:si>
-    <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>China Petroleum &amp; Chemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>600028 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>288,000</x:t>
-[...2 lines deleted...]
-    <x:t>$366,646.24</x:t>
+    <x:t>296,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,843.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Construction Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601939 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,401.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.95%</x:t>
   </x:si>
   <x:si>
-    <x:t>China Construction Bank Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Cosco Shipping Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601919 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>114,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>117,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,345.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Foshan Haitian Flavouring &amp; Food Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603288 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,075</x:t>
-[...2 lines deleted...]
-    <x:t>$332,950.37</x:t>
+    <x:t>43,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,526.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>Haier Smart Home Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600690 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,059.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Crrc Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601766 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>219,100</x:t>
-[...20 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>225,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,874.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601818 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>429,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,922.27</x:t>
   </x:si>
   <x:si>
     <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
   </x:si>
   <x:si>
     <x:t>000651 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>36,000</x:t>
-[...17 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>37,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,781.99</x:t>
   </x:si>
   <x:si>
     <x:t>Postal Savings Bank Of China Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601658 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>262,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,516.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601998 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>116,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,025.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>People's Insurance Co Group Of China Lt</x:t>
   </x:si>
   <x:si>
     <x:t>601319 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>93,400</x:t>
-[...2 lines deleted...]
-    <x:t>$186,679.49</x:t>
+    <x:t>96,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,462.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688235 C1</x:t>
   </x:si>
   <x:si>
     <x:t>974</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,580.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$57,049.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$6,827.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$42,297.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -847,51 +841,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa509341bd8447cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R526d045815174c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5aa315571015450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b13625a4d1b4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2b7e91a877e54971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37cedf220afa4fc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1359,251 +1353,251 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
@@ -1699,291 +1693,291 @@
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>