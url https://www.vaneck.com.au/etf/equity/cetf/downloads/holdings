--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -1,819 +1,825 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb0899e9a684757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b8eb86c042401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260211" sheetId="1" r:id="R37cedf220afa4fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260303" sheetId="1" r:id="Rb9d9a481a700415b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
-[...1 lines deleted...]
-    <x:t>Stock Holdings as at 11/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="260">
+  <x:si>
+    <x:t>Stock Holdings as at 03/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Kweichow Moutai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600519 C1</x:t>
   </x:si>
   <x:si>
     <x:t>11,650</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,590,046.04</x:t>
-[...2 lines deleted...]
-    <x:t>9.51%</x:t>
+    <x:t>$3,399,288.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>40,760</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,046,398.08</x:t>
-[...2 lines deleted...]
-    <x:t>8.07%</x:t>
+    <x:t>$2,869,232.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.76%</x:t>
   </x:si>
   <x:si>
     <x:t>China Merchants Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600036 C1</x:t>
   </x:si>
   <x:si>
     <x:t>191,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,539,537.79</x:t>
-[...2 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>$1,531,827.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601899 C1</x:t>
   </x:si>
   <x:si>
     <x:t>190,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,515,617.62</x:t>
-[...2 lines deleted...]
-    <x:t>4.01%</x:t>
+    <x:t>$1,516,136.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ping An Insurance Group Co Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601318 C1</x:t>
   </x:si>
   <x:si>
     <x:t>99,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,392,230.55</x:t>
-[...2 lines deleted...]
-    <x:t>3.69%</x:t>
+    <x:t>$1,276,280.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>China Yangtze Power Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600900 C1</x:t>
   </x:si>
   <x:si>
     <x:t>226,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,233,497.82</x:t>
-[...2 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>$1,250,884.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Foxconn Industrial Internet Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601138 C1</x:t>
   </x:si>
   <x:si>
     <x:t>106,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,221,708.22</x:t>
-[...2 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>$1,194,649.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>10,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,160,763.37</x:t>
-[...2 lines deleted...]
-    <x:t>3.07%</x:t>
+    <x:t>$1,176,548.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agricultural Bank Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601288 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>796,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,244.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Hygon Information Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688041 C1</x:t>
   </x:si>
   <x:si>
     <x:t>21,532</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,142,035.08</x:t>
-[...17 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>$1,061,661.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial &amp; Commercial Bank Of China L</x:t>
   </x:si>
   <x:si>
     <x:t>601398 C1</x:t>
   </x:si>
   <x:si>
     <x:t>704,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,052,424.21</x:t>
-[...2 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$1,025,504.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002594 C2</x:t>
   </x:si>
   <x:si>
     <x:t>50,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$935,399.15</x:t>
-[...2 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>$979,795.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Cambricon Technologies Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688256 C1</x:t>
   </x:si>
   <x:si>
     <x:t>3,993</x:t>
   </x:si>
   <x:si>
-    <x:t>$900,207.22</x:t>
-[...2 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>$925,620.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cmoc Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603993 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,574.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Wuliangye Yibin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000858 C2</x:t>
   </x:si>
   <x:si>
     <x:t>36,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$785,140.57</x:t>
-[...2 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>$755,305.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601166 C1</x:t>
   </x:si>
   <x:si>
     <x:t>196,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$755,389.60</x:t>
+    <x:t>$739,437.88</x:t>
   </x:si>
   <x:si>
     <x:t>2.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>Cmoc Group Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>9,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$740,623.06</x:t>
-[...2 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>$719,388.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrochina Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601857 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,732.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Communications Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601328 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,470.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Luxshare Precision Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002475 C2</x:t>
   </x:si>
   <x:si>
     <x:t>67,089</x:t>
   </x:si>
   <x:si>
-    <x:t>$710,155.02</x:t>
-[...2 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>$650,463.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Hengrui Pharmaceuticals Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600276 C1</x:t>
   </x:si>
   <x:si>
     <x:t>59,092</x:t>
   </x:si>
   <x:si>
-    <x:t>$706,702.86</x:t>
-[...17 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>$648,125.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>146,280</x:t>
   </x:si>
   <x:si>
-    <x:t>$685,687.22</x:t>
-[...2 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>$647,629.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citic Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600030 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,772.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Pudong Development Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600000 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,119.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Naura Technology Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002371 C2</x:t>
   </x:si>
   <x:si>
     <x:t>6,645</x:t>
   </x:si>
   <x:si>
-    <x:t>$657,124.26</x:t>
-[...32 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$606,555.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>19,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$611,362.79</x:t>
-[...2 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$591,144.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Shenhua Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601088 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,704.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>China Pacific Insurance Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601601 C1</x:t>
   </x:si>
   <x:si>
     <x:t>63,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$583,598.63</x:t>
-[...32 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$518,192.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601988 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,644.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Guotai Junan Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601211 C1</x:t>
   </x:si>
   <x:si>
     <x:t>130,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$539,464.06</x:t>
-[...17 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>$504,433.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Muyuan Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002714 C2</x:t>
   </x:si>
   <x:si>
     <x:t>50,590</x:t>
   </x:si>
   <x:si>
-    <x:t>$475,731.46</x:t>
+    <x:t>$481,595.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Petroleum &amp; Chemical Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600028 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,888.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaanxi Coal Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601225 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,632.81</x:t>
   </x:si>
   <x:si>
     <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Wuxi Apptec Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603259 C1</x:t>
   </x:si>
   <x:si>
     <x:t>22,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$475,285.48</x:t>
+    <x:t>$439,229.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601816 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,433.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
     <x:t>11,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$436,605.33</x:t>
-[...14 lines deleted...]
-    <x:t>$424,063.56</x:t>
+    <x:t>$413,370.29</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
-[...8 lines deleted...]
-    <x:t>$414,387.73</x:t>
+    <x:t>Cosco Shipping Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601919 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,253.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ping An Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000001 C2</x:t>
   </x:si>
   <x:si>
     <x:t>179,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$407,230.34</x:t>
+    <x:t>$400,224.15</x:t>
   </x:si>
   <x:si>
     <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>China State Construction Engineering Co</x:t>
   </x:si>
   <x:si>
     <x:t>601668 C1</x:t>
   </x:si>
   <x:si>
     <x:t>382,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$398,227.23</x:t>
-[...2 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>$394,718.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
   </x:si>
   <x:si>
     <x:t>600809 C1</x:t>
   </x:si>
   <x:si>
     <x:t>11,260</x:t>
   </x:si>
   <x:si>
-    <x:t>$392,642.53</x:t>
-[...14 lines deleted...]
-    <x:t>$391,843.71</x:t>
+    <x:t>$372,459.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>China Construction Bank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>601939 C1</x:t>
   </x:si>
   <x:si>
     <x:t>196,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$360,401.64</x:t>
-[...17 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$357,251.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Foshan Haitian Flavouring &amp; Food Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603288 C1</x:t>
   </x:si>
   <x:si>
     <x:t>43,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$324,526.92</x:t>
+    <x:t>$319,262.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Haier Smart Home Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600690 C1</x:t>
   </x:si>
   <x:si>
     <x:t>57,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,059.87</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$297,091.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Crrc Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601766 C1</x:t>
   </x:si>
   <x:si>
     <x:t>225,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$295,874.31</x:t>
+    <x:t>$289,138.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601818 C1</x:t>
   </x:si>
   <x:si>
     <x:t>429,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,922.27</x:t>
+    <x:t>$286,727.77</x:t>
   </x:si>
   <x:si>
     <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
   </x:si>
   <x:si>
     <x:t>000651 C2</x:t>
   </x:si>
   <x:si>
     <x:t>37,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,781.99</x:t>
+    <x:t>$281,524.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Postal Savings Bank Of China Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601658 C1</x:t>
   </x:si>
   <x:si>
     <x:t>270,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$287,516.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$278,406.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601998 C1</x:t>
   </x:si>
   <x:si>
     <x:t>120,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$186,025.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$178,729.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>People's Insurance Co Group Of China Lt</x:t>
   </x:si>
   <x:si>
     <x:t>601319 C1</x:t>
   </x:si>
   <x:si>
     <x:t>96,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$180,462.94</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$170,068.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688235 C1</x:t>
   </x:si>
   <x:si>
     <x:t>974</x:t>
   </x:si>
   <x:si>
-    <x:t>$57,049.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$46,826.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$42,297.91</x:t>
+    <x:t>$40,125.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -841,51 +847,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b13625a4d1b4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2b7e91a877e54971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37cedf220afa4fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a0b5e7a19843da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re209068627674b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9d9a481a700415b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1353,251 +1359,251 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
@@ -1693,291 +1699,291 @@
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>