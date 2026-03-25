--- v3 (2026-03-04)
+++ v4 (2026-03-25)
@@ -1,825 +1,801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b8eb86c042401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fb6d257bd34511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260303" sheetId="1" r:id="Rb9d9a481a700415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CETF_asat_20260324" sheetId="1" r:id="R0c50d3fb886047f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="260">
-[...1 lines deleted...]
-    <x:t>Stock Holdings as at 03/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="252">
+  <x:si>
+    <x:t>Stock Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Kweichow Moutai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600519 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,650</x:t>
-[...5 lines deleted...]
-    <x:t>9.19%</x:t>
+    <x:t>10,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,171,534.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>40,760</x:t>
-[...5 lines deleted...]
-    <x:t>7.76%</x:t>
+    <x:t>37,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,130,037.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.98%</x:t>
   </x:si>
   <x:si>
     <x:t>China Merchants Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600036 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>191,100</x:t>
-[...5 lines deleted...]
-    <x:t>4.14%</x:t>
+    <x:t>177,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,305.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongji Innolight Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,190,204.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601899 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>190,700</x:t>
-[...5 lines deleted...]
-    <x:t>4.10%</x:t>
+    <x:t>177,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,798.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Yangtze Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600900 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,669.23</x:t>
   </x:si>
   <x:si>
     <x:t>Ping An Insurance Group Co Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601318 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>99,700</x:t>
-[...20 lines deleted...]
-    <x:t>3.38%</x:t>
+    <x:t>92,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,256.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002594 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,811.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Foxconn Industrial Internet Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601138 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>106,400</x:t>
-[...20 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>99,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,293.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Bank Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601288 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>796,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.97%</x:t>
+    <x:t>741,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,001,618.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial &amp; Commercial Bank Of China L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601398 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,311.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Hygon Information Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688041 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,532</x:t>
-[...35 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>20,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$890,811.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eoptolink Technology Inc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300502 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$835,964.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Cambricon Technologies Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688256 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,993</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>3,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$787,200.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601166 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,598.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,130.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Communications Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601328 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,748.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Hengrui Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600276 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,677.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sungrow Power Supply Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300274 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,262.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxshare Precision Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002475 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,455.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Pudong Development Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600000 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,910.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrochina Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601857 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,702.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Shenhua Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601088 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,042.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naura Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002371 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,916.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East Money Information Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300059 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,195.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Cmoc Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603993 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>162,700</x:t>
-[...122 lines deleted...]
-    <x:t>$647,629.94</x:t>
+    <x:t>151,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,583.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Citic Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600030 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>113,035</x:t>
-[...65 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>105,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,452.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601988 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>426,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,108.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaanxi Coal Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601225 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,188.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>China Pacific Insurance Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601601 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>63,400</x:t>
-[...20 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>59,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,646.84</x:t>
   </x:si>
   <x:si>
     <x:t>Guotai Junan Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601211 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>130,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>121,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,829.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP3R4N908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,696.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Muyuan Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002714 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>50,590</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>47,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,462.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wanhua Chemical Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600309 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,889.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,688.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Apptec Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603259 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,448.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing-Shanghai High Speed Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601816 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>376,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,015.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,292.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300760 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,834.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China State Construction Engineering Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601668 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,143.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Construction Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601939 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,670.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosco Shipping Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601919 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,558.90</x:t>
   </x:si>
   <x:si>
     <x:t>China Petroleum &amp; Chemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>600028 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>296,200</x:t>
-[...140 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>275,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,270.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Foshan Haitian Flavouring &amp; Food Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603288 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>43,275</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>40,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,586.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000651 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,432.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Postal Savings Bank Of China Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601658 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,023.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Haier Smart Home Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600690 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>57,900</x:t>
-[...62 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>53,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,408.32</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601998 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>120,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>111,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,779.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>People's Insurance Co Group Of China Lt</x:t>
   </x:si>
   <x:si>
     <x:t>601319 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>96,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>89,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,435.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688235 C1</x:t>
   </x:si>
   <x:si>
     <x:t>974</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,826.65</x:t>
+    <x:t>$44,731.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$40,125.60</x:t>
+    <x:t>$39,947.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -847,51 +823,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a0b5e7a19843da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re209068627674b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9d9a481a700415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c48873a46e4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbbe81d02def54429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c50d3fb886047f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1019,971 +995,971 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>