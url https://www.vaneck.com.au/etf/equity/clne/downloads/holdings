--- v0 (2026-01-17)
+++ v1 (2026-02-08)
@@ -1,531 +1,528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b87494f063d4a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d476d48caf4892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260116" sheetId="1" r:id="Rac7cacd90f2d4131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260206" sheetId="1" r:id="Re9ed6c9f12e34422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="162">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="161">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,489,271.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,245,382.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,604</x:t>
-[...5 lines deleted...]
-    <x:t>7.01%</x:t>
+    <x:t>21,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,166,873.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
-    <x:t>65,395</x:t>
-[...5 lines deleted...]
-    <x:t>6.36%</x:t>
+    <x:t>46,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,839,382.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>429,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,561,534.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,485,885.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,480,444.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,479,757.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,472,080.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEPC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,448,015.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,430,829.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,346,717.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,305,484.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,202,452.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
-    <x:t>106,995</x:t>
-[...155 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>78,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,154,531.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Verbund Ag</x:t>
   </x:si>
   <x:si>
     <x:t>VER AV</x:t>
   </x:si>
   <x:si>
-    <x:t>29,063</x:t>
-[...35 lines deleted...]
-    <x:t>3.83%</x:t>
+    <x:t>30,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,075,072.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Clearway Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CWEN US</x:t>
   </x:si>
   <x:si>
-    <x:t>46,404</x:t>
-[...5 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>52,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,812,917.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,849,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>2,035,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,577,479.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Plug Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLUG US</x:t>
   </x:si>
   <x:si>
-    <x:t>589,550</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>853,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,283,201.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Solaredge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SEDG US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,091</x:t>
-[...5 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>36,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,755,703.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Array Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARRY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,499,823.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Boralex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BLX CN</x:t>
   </x:si>
   <x:si>
-    <x:t>48,677</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>53,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,463,885.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Solaria Energia Y Medio Ambiente Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SLR SM</x:t>
   </x:si>
   <x:si>
-    <x:t>44,568</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>49,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,454,241.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Shoals Technologies Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SHLS US</x:t>
   </x:si>
   <x:si>
-    <x:t>93,274</x:t>
-[...20 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>102,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,017.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erg Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,176,122.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Xinjiang Goldwind Science &amp; Technology</x:t>
   </x:si>
   <x:si>
     <x:t>2208 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>431,200</x:t>
-[...20 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>474,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,831.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rex American Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$867,548.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Doosan Fuel Cell Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>336260 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>22,630</x:t>
-[...20 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>24,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,128.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Corp Acciona Energias Renovables Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ANE SM</x:t>
   </x:si>
   <x:si>
-    <x:t>18,099</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>19,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,935.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Renew Energy Global Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RNW US</x:t>
   </x:si>
   <x:si>
-    <x:t>73,554</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>80,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,791.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$20,410.88</x:t>
+    <x:t>$19,446.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -553,51 +550,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra81be370dacc4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3dccb8ee0b8d4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac7cacd90f2d4131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref17d5c9ace74d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R667aac63ec764475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9ed6c9f12e34422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="50" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -785,511 +782,511 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>