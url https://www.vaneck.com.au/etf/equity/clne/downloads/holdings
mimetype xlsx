--- v1 (2026-02-08)
+++ v2 (2026-03-04)
@@ -1,531 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d476d48caf4892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab293b872f645f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260206" sheetId="1" r:id="Re9ed6c9f12e34422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260304" sheetId="1" r:id="R53ffbfad06ee4c93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="161">
   <x:si>
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Enlight Renewable Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENLT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,701,361.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,538,210.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.97%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Enphase Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENPH US</x:t>
   </x:si>
   <x:si>
-    <x:t>66,019</x:t>
-[...5 lines deleted...]
-    <x:t>5.77%</x:t>
+    <x:t>64,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,988,874.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,912,844.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextracker Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NXT US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,788</x:t>
-[...35 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>25,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,648,584.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,632,383.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,442,776.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEPC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,404,665.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,294,435.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>429,245</x:t>
-[...5 lines deleted...]
-    <x:t>4.58%</x:t>
+    <x:t>419,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,291,319.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>710,023</x:t>
-[...62 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>694,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,266,551.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,112,053.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,087,778.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,668</x:t>
-[...35 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>19,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,917,615.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Longyuan Power Group Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>916 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,991,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,790,344.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clearway Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,734,115.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plug Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>834,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,661,408.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,660,720.23</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,499</x:t>
-[...80 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>9,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,624,038.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Solaredge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SEDG US</x:t>
   </x:si>
   <x:si>
-    <x:t>36,673</x:t>
-[...5 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>35,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,939,332.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaria Energia Y Medio Ambiente Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLR SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,499,167.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boralex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,574.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erg Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,509.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xinjiang Goldwind Science &amp; Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,132,750.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ARRY US</x:t>
   </x:si>
   <x:si>
-    <x:t>93,675</x:t>
-[...35 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>91,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,617.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doosan Fuel Cell Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>336260 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$938,609.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rex American Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$881,977.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Shoals Technologies Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SHLS US</x:t>
   </x:si>
   <x:si>
-    <x:t>102,653</x:t>
-[...65 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>100,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,512.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Corp Acciona Energias Renovables Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ANE SM</x:t>
   </x:si>
   <x:si>
-    <x:t>19,917</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>19,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,247.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Renew Energy Global Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RNW US</x:t>
   </x:si>
   <x:si>
-    <x:t>80,938</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>79,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,419.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$19,446.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$97,247.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -550,51 +550,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref17d5c9ace74d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R667aac63ec764475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9ed6c9f12e34422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2729f937df74925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbc4ead1b7c0d42ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53ffbfad06ee4c93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="50" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -782,251 +782,251 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>