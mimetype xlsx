--- v2 (2026-03-04)
+++ v3 (2026-03-25)
@@ -1,531 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab293b872f645f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6967befb59b9450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260304" sheetId="1" r:id="R53ffbfad06ee4c93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLNE_asat_20260324" sheetId="1" r:id="Re27606e00866439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="161">
   <x:si>
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+    <x:t>All Fund Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
-    <x:t>45,013</x:t>
-[...5 lines deleted...]
-    <x:t>6.19%</x:t>
+    <x:t>45,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,809,303.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,530,779.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,747</x:t>
-[...5 lines deleted...]
-    <x:t>5.97%</x:t>
+    <x:t>20,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,352,834.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,165,817.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Enphase Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENPH US</x:t>
   </x:si>
   <x:si>
-    <x:t>64,593</x:t>
-[...35 lines deleted...]
-    <x:t>4.80%</x:t>
+    <x:t>64,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,805,982.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Chubu Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9502 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>158,096</x:t>
-[...5 lines deleted...]
-    <x:t>4.78%</x:t>
+    <x:t>158,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,623,934.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,371,895.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
-    <x:t>107,530</x:t>
-[...5 lines deleted...]
-    <x:t>4.53%</x:t>
+    <x:t>107,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,359,841.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Renewable Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BEPC CN</x:t>
   </x:si>
   <x:si>
-    <x:t>57,496</x:t>
-[...20 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>57,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,251,588.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,204,209.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,199,266.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>419,972</x:t>
-[...5 lines deleted...]
-    <x:t>4.33%</x:t>
+    <x:t>420,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,144,276.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>694,686</x:t>
-[...35 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>695,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,103,178.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,244</x:t>
-[...5 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>19,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,039,939.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.89%</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,991,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>1,994,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,896,499.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Clearway Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CWEN US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,909</x:t>
-[...5 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>50,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,873,711.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Plug Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLUG US</x:t>
   </x:si>
   <x:si>
-    <x:t>834,883</x:t>
-[...5 lines deleted...]
-    <x:t>3.50%</x:t>
+    <x:t>836,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,749,643.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
-    <x:t>77,006</x:t>
-[...2 lines deleted...]
-    <x:t>$2,660,720.23</x:t>
+    <x:t>77,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,690,118.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,293</x:t>
-[...5 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>9,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,577,424.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Solaredge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SEDG US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,881</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>35,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,459,920.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boralex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,806,862.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Solaria Energia Y Medio Ambiente Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SLR SM</x:t>
   </x:si>
   <x:si>
-    <x:t>47,983</x:t>
-[...20 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>48,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,805,696.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xinjiang Goldwind Science &amp; Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,270,756.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Erg Spa</x:t>
   </x:si>
   <x:si>
     <x:t>ERG IM</x:t>
   </x:si>
   <x:si>
-    <x:t>30,666</x:t>
-[...20 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>30,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,052,923.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rex American Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$999,964.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shoals Technologies Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,450.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Array Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ARRY US</x:t>
   </x:si>
   <x:si>
-    <x:t>91,652</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>91,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,324.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Doosan Fuel Cell Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>336260 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>24,365</x:t>
-[...35 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>24,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$892,917.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Corp Acciona Energias Renovables Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ANE SM</x:t>
   </x:si>
   <x:si>
-    <x:t>19,486</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>19,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,500.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Renew Energy Global Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RNW US</x:t>
   </x:si>
   <x:si>
-    <x:t>79,190</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>79,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,118.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$97,247.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$-22,523.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -550,51 +550,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2729f937df74925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbc4ead1b7c0d42ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53ffbfad06ee4c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142595f9b08141b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd56be114bac142e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re27606e00866439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="50" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -982,131 +982,131 @@
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>