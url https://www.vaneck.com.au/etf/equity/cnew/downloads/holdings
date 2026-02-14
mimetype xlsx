--- v0 (2026-01-20)
+++ v1 (2026-02-14)
@@ -1,1644 +1,1665 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c92c2baa391447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R734a6f72e5ad4d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260120" sheetId="1" r:id="Rd0b0abb8fa8647b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260213" sheetId="1" r:id="Rc54f096cb43c406b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="532">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="539">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Beijing Caishikou Department Store Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605599 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,342.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,158.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xuzhou Handler Special Vehicle Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300201 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,749.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Lante Optics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688127 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,705.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,849.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delton Technology Guangzhou Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001389 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$940,437.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hvsen Biotechnology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300871 CH</x:t>
   </x:si>
   <x:si>
     <x:t>168,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,131,420.61</x:t>
-[...2 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>$925,405.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Splendor Science &amp; Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002296 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$884,369.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688222 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$871,011.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cofoe Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301087 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,886.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37 Interactive Entertainment Network Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002555 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$846,949.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Click Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002782 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,922.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shennan Circuits Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002916 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,311.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangxi Yuegui Guangye Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000833 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,888.22</x:t>
   </x:si>
   <x:si>
     <x:t>Intsig Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688615 CH</x:t>
   </x:si>
   <x:si>
     <x:t>16,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,082,530.01</x:t>
-[...17 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$825,480.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Seamild Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002956 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,541.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Bailong Chuangyuan Bio-Tech Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605016 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$810,452.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Willfar Information Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688100 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,636.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Nhu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002001 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$801,693.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nanjing Sciyon Wisdom Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002380 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,595.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnhtc Jinan Truck Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000951 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$798,035.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Huaren Health Pharmaceutical Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301408 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,482.24</x:t>
   </x:si>
   <x:si>
     <x:t>Aurisco Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>605116 CH</x:t>
   </x:si>
   <x:si>
     <x:t>146,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$983,465.02</x:t>
-[...68 lines deleted...]
-    <x:t>$919,134.32</x:t>
+    <x:t>$794,475.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600186 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$790,575.53</x:t>
   </x:si>
   <x:si>
     <x:t>Giantec Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>688123 CH</x:t>
   </x:si>
   <x:si>
     <x:t>25,899</x:t>
   </x:si>
   <x:si>
-    <x:t>$895,173.77</x:t>
-[...44 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$787,099.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xianheng International Science&amp;Technolo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605056 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$782,789.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huangshan Tourism Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600054 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,278.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sws Hemodialysis Care Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688410 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$773,162.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Double Elephant Micro Fibre Materi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002395 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,828.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,676.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dong-E-E-Jiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000423 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,264.09</x:t>
   </x:si>
   <x:si>
     <x:t>Hebei Yangyuan Zhihui Beverage Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603156 CH</x:t>
   </x:si>
   <x:si>
     <x:t>118,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$872,467.55</x:t>
-[...14 lines deleted...]
-    <x:t>$870,716.95</x:t>
+    <x:t>$764,451.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baolingbao Biology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002286 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,054.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Apptec Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603259 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,346.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sunlord Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002138 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,730.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catarc Automotive Proving Ground Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301215 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$748,473.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hope Dairy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002946 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,363.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Hengmingda Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002947 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$741,496.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Const Instruments Technology In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300445 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,108.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anjoy Foods Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,813.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Well Lead Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603309 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$735,620.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meihua Holdings Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600873 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733,427.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangzhong Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600750 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,600.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Rijiu Optoelectronics Jointstoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>003015 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,297.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dashenlin Pharmaceutical Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603233 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,847.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edan Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300206 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,093.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lijiang Yulong Tourism Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$720,126.03</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongyin Babi Food Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>605338 CH</x:t>
   </x:si>
   <x:si>
     <x:t>121,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$867,384.29</x:t>
-[...26 lines deleted...]
-    <x:t>$849,026.95</x:t>
+    <x:t>$715,741.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Newway Photomask Making Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688401 CH</x:t>
   </x:si>
   <x:si>
     <x:t>65,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$845,516.36</x:t>
-[...14 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$715,468.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Sepax Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688758 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,685.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ningxia Xiaoming Agriculture &amp; Animal H</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300967 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,183.90</x:t>
   </x:si>
   <x:si>
     <x:t>Hongmian Zhihui Science And Technology</x:t>
   </x:si>
   <x:si>
     <x:t>000523 CH</x:t>
   </x:si>
   <x:si>
     <x:t>916,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$828,920.50</x:t>
-[...113 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$708,063.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Sundy Science And Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300515 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,492.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Teway Food Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603317 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,248.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actions Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688049 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$700,420.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kweichow Moutai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600519 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$700,221.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Lake Bioscience Co Inc Zhaoqing Gu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600866 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,694.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,635.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Great Star Industrial Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002444 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,630.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Shihua New Material Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688093 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,682.30</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Bingchuan Network Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300533 CH</x:t>
   </x:si>
   <x:si>
     <x:t>96,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$787,317.36</x:t>
-[...23 lines deleted...]
-    <x:t>$783,944.81</x:t>
+    <x:t>$690,236.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jasan Holding Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603558 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,373.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockchip Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603893 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,713.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wus Printed Circuit Kunshan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002463 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$680,537.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G-Bits Network Technology Xiamen Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603444 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,121.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tibet Rhodiola Pharmaceutical Holding C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600211 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,174.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Tech Nanjing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688029 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,670.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V V Food &amp; Beverage Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600300 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>903,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,394.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Allist Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688578 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,895.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yankershop Food Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002847 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,807.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sinexcel Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300693 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,410.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dongguan Tarry Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300976 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,918.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Dahao Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603025 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,881.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,211.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Yanjing Brewery Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000729 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,034.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongji Innolight Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300308 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$663,922.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Double Medical Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002901 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$663,031.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Chengde Lulu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000848 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,432.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Layn Natural Ingredients Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002166 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>363,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,259.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Taotao Vehicles Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,595.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Lingrui Pharmaceutical Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600285 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,589.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jolly Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300181 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,291.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loncin Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603766 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,412.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apt Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688617 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$650,278.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rayhoo Motor Dies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002997 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,035.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Youyou Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603697 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$647,283.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Wit Dyne Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000915 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,012.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Haid Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002311 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,423.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300476 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,542.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lancy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002612 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,960.71</x:t>
   </x:si>
   <x:si>
     <x:t>Shenyang Xingqi Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300573 CH</x:t>
   </x:si>
   <x:si>
     <x:t>45,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$783,075.37</x:t>
-[...200 lines deleted...]
-    <x:t>$761,368.74</x:t>
+    <x:t>$639,514.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Crastal Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300824 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$632,476.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haier Smart Home Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600690 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,971.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianjin Pharmaceutical Da Re Tang Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600329 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,772.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muyuan Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002714 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,513.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Homa Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002668 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,117.02</x:t>
   </x:si>
   <x:si>
     <x:t>Chengdu Kanghong Pharmaceutical Group C</x:t>
   </x:si>
   <x:si>
     <x:t>002773 CH</x:t>
   </x:si>
   <x:si>
     <x:t>106,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$761,027.36</x:t>
-[...236 lines deleted...]
-    <x:t>$728,356.68</x:t>
+    <x:t>$623,129.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunshine Guojian Pharmaceutical Shangha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688336 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,092.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600809 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,583.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Korrun Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300577 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,863.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$609,994.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinopep-Allsino Bio Pharmaceutical Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688076 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$609,818.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Wolwo Bio-Pharmaceutical Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300357 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,464.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sailun Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601058 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,001.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hisense Visual Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600060 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,537.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yantai China Pet Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002891 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,795.17</x:t>
   </x:si>
   <x:si>
     <x:t>Ecovacs Robotics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603486 CH</x:t>
   </x:si>
   <x:si>
     <x:t>41,312</x:t>
   </x:si>
   <x:si>
-    <x:t>$727,704.81</x:t>
-[...230 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$600,026.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Amoytop Biotech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688278 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,450.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,238.82</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Cfmoto Power Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603129 CH</x:t>
   </x:si>
   <x:si>
     <x:t>11,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$686,456.11</x:t>
-[...23 lines deleted...]
-    <x:t>$683,828.39</x:t>
+    <x:t>$591,846.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shengyi Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688183 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,521.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Balance Medical Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688198 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,867.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Sokon Industry Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601127 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,300.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huadong Medicine Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000963 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,297.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arashi Vision Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688775 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,331.72</x:t>
   </x:si>
   <x:si>
     <x:t>Changbai Mountain Tourism Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603099 CH</x:t>
   </x:si>
   <x:si>
     <x:t>67,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$679,318.85</x:t>
-[...212 lines deleted...]
-    <x:t>$658,721.89</x:t>
+    <x:t>$561,293.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hhc Changzhou Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301061 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,665.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wenzhou Yuanfei Pet Toys Products Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001222 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,649.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,531.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sungrow Power Supply Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300274 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,380.98</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Hyperstrong Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688411 CH</x:t>
   </x:si>
   <x:si>
     <x:t>11,896</x:t>
   </x:si>
   <x:si>
-    <x:t>$654,502.21</x:t>
-[...143 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>$534,313.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$116,722.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$98,404.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1663,51 +1684,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e67d6bc3d54e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c770e5f12864def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd0b0abb8fa8647b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2c05e01e214810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2364454990774ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc54f096cb43c406b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1875,2351 +1896,2351 @@
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>