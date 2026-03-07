--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -1,1665 +1,1668 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R734a6f72e5ad4d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625600659d7a4eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260213" sheetId="1" r:id="Rc54f096cb43c406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260306" sheetId="1" r:id="Rb0af5176f163404e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="539">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="540">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Xuzhou Handler Special Vehicle Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300201 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,210,031.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Lante Optics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688127 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,156,761.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,060.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delton Technology Guangzhou Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001389 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,752.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Beijing Caishikou Department Store Co L</x:t>
   </x:si>
   <x:si>
     <x:t>605599 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>215,100</x:t>
-[...47 lines deleted...]
-    <x:t>$988,705.80</x:t>
+    <x:t>214,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,265.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Nhu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002001 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$992,681.92</x:t>
   </x:si>
   <x:si>
     <x:t>1.15%</x:t>
   </x:si>
   <x:si>
+    <x:t>Nanjing Sciyon Wisdom Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002380 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$972,779.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Click Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002782 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$958,532.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shennan Circuits Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002916 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$939,708.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>300724 CH</x:t>
   </x:si>
   <x:si>
     <x:t>39,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$980,849.66</x:t>
-[...17 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$914,892.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangxi Yuegui Guangye Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000833 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$913,253.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cofoe Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301087 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$904,771.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Hvsen Biotechnology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300871 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>168,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>168,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$902,621.80</x:t>
   </x:si>
   <x:si>
     <x:t>Henan Splendor Science &amp; Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>002296 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>306,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>305,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,090.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Willfar Information Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688100 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,207.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xianheng International Science&amp;Technolo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605056 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,000.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Bailong Chuangyuan Bio-Tech Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605016 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$818,795.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Hitgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>688222 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>144,293</x:t>
-[...20 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>144,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,707.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnhtc Jinan Truck Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000951 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,614.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hope Dairy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002946 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,592.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sinexcel Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300693 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,255.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meihua Holdings Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600873 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,597.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Seamild Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002956 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,661.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anjoy Foods Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,737.29</x:t>
   </x:si>
   <x:si>
     <x:t>37 Interactive Entertainment Network Te</x:t>
   </x:si>
   <x:si>
     <x:t>002555 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>164,100</x:t>
-[...44 lines deleted...]
-    <x:t>$829,888.22</x:t>
+    <x:t>164,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,106.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Huaren Health Pharmaceutical Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301408 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,733.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sunlord Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002138 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,277.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baolingbao Biology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002286 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,009.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600186 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>602,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,703.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Double Elephant Micro Fibre Materi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002395 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$769,821.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Lake Bioscience Co Inc Zhaoqing Gu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600866 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$767,814.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ningxia Xiaoming Agriculture &amp; Animal H</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300967 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$767,259.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurisco Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605116 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,728.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Yangyuan Zhihui Beverage Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603156 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,803.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huangshan Tourism Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600054 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,835.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dashenlin Pharmaceutical Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603233 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,201.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,188.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edan Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300206 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,915.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wus Printed Circuit Kunshan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002463 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,823.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dong-E-E-Jiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000423 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,878.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Well Lead Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603309 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$735,158.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangzhong Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600750 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,323.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Newway Photomask Making Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688401 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,734.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Rijiu Optoelectronics Jointstoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>003015 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$721,278.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catarc Automotive Proving Ground Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301215 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$720,644.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Hengmingda Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002947 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,248.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lijiang Yulong Tourism Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,319.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Yanjing Brewery Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000729 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,107.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongmian Zhihui Science And Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000523 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>915,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,036.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giantec Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688123 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,383.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Apptec Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603259 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,418.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jasan Holding Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603558 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,768.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300476 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,656.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sws Hemodialysis Care Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688410 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,312.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V V Food &amp; Beverage Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600300 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,499.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tibet Rhodiola Pharmaceutical Holding C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600211 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,649.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Const Instruments Technology In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300445 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,297.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,453.81</x:t>
   </x:si>
   <x:si>
     <x:t>Intsig Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688615 CH</x:t>
   </x:si>
   <x:si>
     <x:t>16,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$825,480.52</x:t>
-[...419 lines deleted...]
-    <x:t>$720,126.03</x:t>
+    <x:t>$687,162.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongji Innolight Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300308 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,194.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Teway Food Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603317 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$684,024.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muyuan Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002714 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,785.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Allist Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688578 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,647.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Shihua New Material Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688093 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$680,837.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Sundy Science And Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300515 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,467.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Haid Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002311 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,438.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Layn Natural Ingredients Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002166 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>363,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,052.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kweichow Moutai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600519 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,020.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongyin Babi Food Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>605338 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>121,500</x:t>
-[...17 lines deleted...]
-    <x:t>$715,468.26</x:t>
+    <x:t>121,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$663,225.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,322.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Great Star Industrial Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002444 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,176.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Lingrui Pharmaceutical Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600285 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,982.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loncin Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603766 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,185.08</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Sepax Technologies Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688758 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>171,775</x:t>
-[...53 lines deleted...]
-    <x:t>$702,248.43</x:t>
+    <x:t>171,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,928.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenyang Xingqi Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300573 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,666.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Wit Dyne Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000915 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,835.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Chengde Lulu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000848 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$654,516.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apt Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688617 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,053.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dongguan Tarry Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300976 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,272.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jolly Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300181 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,760.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Dahao Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603025 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,360.74</x:t>
   </x:si>
   <x:si>
     <x:t>Actions Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688049 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>62,040</x:t>
-[...68 lines deleted...]
-    <x:t>$690,682.30</x:t>
+    <x:t>61,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,063.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Taotao Vehicles Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,586.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Tech Nanjing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688029 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$636,302.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Double Medical Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002901 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,726.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yankershop Food Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002847 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,101.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockchip Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603893 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,467.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunshine Guojian Pharmaceutical Shangha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688336 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,604.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Bingchuan Network Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300533 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>96,600</x:t>
-[...41 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>96,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,006.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Crastal Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300824 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,458.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rayhoo Motor Dies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002997 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,312.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lancy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002612 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,163.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinopep-Allsino Bio Pharmaceutical Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688076 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,562.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Homa Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002668 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>304,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,335.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haier Smart Home Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600690 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,726.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianjin Pharmaceutical Da Re Tang Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600329 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$609,575.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chengdu Kanghong Pharmaceutical Group C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002773 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$609,295.23</x:t>
   </x:si>
   <x:si>
     <x:t>G-Bits Network Technology Xiamen Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603444 CH</x:t>
   </x:si>
   <x:si>
     <x:t>7,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$677,121.39</x:t>
-[...251 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$608,415.93</x:t>
   </x:si>
   <x:si>
     <x:t>Youyou Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603697 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>258,000</x:t>
-[...155 lines deleted...]
-    <x:t>$622,092.47</x:t>
+    <x:t>257,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,895.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Korrun Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300577 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,507.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Balance Medical Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688198 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,926.71</x:t>
   </x:si>
   <x:si>
     <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
   </x:si>
   <x:si>
     <x:t>600809 CH</x:t>
   </x:si>
   <x:si>
     <x:t>18,080</x:t>
   </x:si>
   <x:si>
-    <x:t>$614,583.63</x:t>
-[...14 lines deleted...]
-    <x:t>$610,863.16</x:t>
+    <x:t>$598,338.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,025.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Cfmoto Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603129 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,137.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Amoytop Biotech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688278 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,885.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hisense Visual Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600060 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,268.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sailun Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601058 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$585,337.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yantai China Pet Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002891 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$581,889.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shengyi Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688183 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,551.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Hyperstrong Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688411 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,952.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huadong Medicine Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000963 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,849.27</x:t>
   </x:si>
   <x:si>
     <x:t>Luzhou Laojiao Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000568 CH</x:t>
   </x:si>
   <x:si>
     <x:t>25,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$609,994.90</x:t>
-[...11 lines deleted...]
-    <x:t>$609,818.57</x:t>
+    <x:t>$558,687.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sungrow Power Supply Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300274 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,336.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecovacs Robotics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603486 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,685.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Wolwo Bio-Pharmaceutical Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>300357 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>108,400</x:t>
-[...116 lines deleted...]
-    <x:t>$590,867.17</x:t>
+    <x:t>108,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,724.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arashi Vision Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688775 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,616.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,352.46</x:t>
   </x:si>
   <x:si>
     <x:t>Chongqing Sokon Industry Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601127 CH</x:t>
   </x:si>
   <x:si>
     <x:t>26,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$584,300.09</x:t>
-[...29 lines deleted...]
-    <x:t>$574,331.72</x:t>
+    <x:t>$538,803.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wenzhou Yuanfei Pet Toys Products Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001222 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,209.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hhc Changzhou Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301061 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,768.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Changbai Mountain Tourism Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603099 CH</x:t>
   </x:si>
   <x:si>
     <x:t>67,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$561,293.69</x:t>
-[...65 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$523,769.94</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$98,404.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$139,393.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1684,51 +1687,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2c05e01e214810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2364454990774ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc54f096cb43c406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71d5ea6de16446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0b2308c1c6ff4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb0af5176f163404e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1856,651 +1859,651 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
@@ -2576,311 +2579,311 @@
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
@@ -2916,851 +2919,851 @@
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
@@ -3816,251 +3819,251 @@
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
@@ -4150,97 +4153,97 @@
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>