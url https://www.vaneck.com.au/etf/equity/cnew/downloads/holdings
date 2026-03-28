--- v2 (2026-03-07)
+++ v3 (2026-03-28)
@@ -1,1665 +1,1692 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625600659d7a4eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb0a3eddee34859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260306" sheetId="1" r:id="Rb0af5176f163404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNEW_asat_20260327" sheetId="1" r:id="R455ecbc82672402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="540">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="549">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Xuzhou Handler Special Vehicle Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300201 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>579,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>557,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,350,773.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Lante Optics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688127 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>99,600</x:t>
-[...2 lines deleted...]
-    <x:t>$1,156,761.58</x:t>
+    <x:t>95,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,163,566.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delton Technology Guangzhou Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001389 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,088,596.79</x:t>
   </x:si>
   <x:si>
     <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>300394 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>16,500</x:t>
-[...20 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>15,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,765.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Caishikou Department Store Co L</x:t>
   </x:si>
   <x:si>
     <x:t>605599 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>214,900</x:t>
-[...2 lines deleted...]
-    <x:t>$1,068,265.23</x:t>
+    <x:t>206,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,709.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,326.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Nhu Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002001 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>132,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>127,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,085.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangxi Yuegui Guangye Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000833 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,588.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lotus Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600186 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,705.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Click Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002782 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,642.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnhtc Jinan Truck Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000951 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$853,815.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cofoe Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301087 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$841,948.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shennan Circuits Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002916 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,450.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hvsen Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300871 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$808,896.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Nanjing Sciyon Wisdom Technology Group</x:t>
   </x:si>
   <x:si>
     <x:t>002380 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>123,600</x:t>
-[...89 lines deleted...]
-    <x:t>$902,621.80</x:t>
+    <x:t>119,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,642.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Bailong Chuangyuan Bio-Tech Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605016 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$795,604.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jasan Holding Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603558 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,761.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xianheng International Science&amp;Technolo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605056 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,869.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurisco Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605116 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,371.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huangshan Tourism Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600054 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,413.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wus Printed Circuit Kunshan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002463 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,114.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Hengmingda Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002947 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,585.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dong-E-E-Jiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000423 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,773.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meihua Holdings Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600873 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,335.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Well Lead Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603309 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,318.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sinexcel Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300693 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$745,837.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunshine Guojian Pharmaceutical Shangha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688336 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,101.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangzhong Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600750 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,203.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongji Innolight Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300308 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,733.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Seamild Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002956 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,514.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anjoy Foods Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,151.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688222 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$723,771.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Yangyuan Zhihui Beverage Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603156 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$715,523.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37 Interactive Entertainment Network Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002555 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,301.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hope Dairy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002946 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,724.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Apptec Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603259 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,806.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baolingbao Biology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002286 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,514.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edan Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300206 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>234,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,565.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Lake Bioscience Co Inc Zhaoqing Gu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600866 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,560.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Hyperstrong Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688411 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,176.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Willfar Information Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688100 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$698,509.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Double Elephant Micro Fibre Materi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002395 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,044.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sws Hemodialysis Care Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688410 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,051.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Henan Splendor Science &amp; Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>002296 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>305,700</x:t>
-[...158 lines deleted...]
-    <x:t>$779,106.55</x:t>
+    <x:t>294,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,698.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Yanjing Brewery Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000729 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>253,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,734.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,242.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lijiang Yulong Tourism Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,968.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apt Medical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688617 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,735.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Taotao Vehicles Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301345 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,437.17</x:t>
   </x:si>
   <x:si>
     <x:t>Anhui Huaren Health Pharmaceutical Co L</x:t>
   </x:si>
   <x:si>
     <x:t>301408 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>196,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>188,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,122.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Lingrui Pharmaceutical Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600285 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,863.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Allist Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688578 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,906.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,070.54</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Sunlord Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002138 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>$777,277.95</x:t>
-[...50 lines deleted...]
-    <x:t>$767,814.95</x:t>
+    <x:t>89,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,980.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kweichow Moutai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600519 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$653,151.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dashenlin Pharmaceutical Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603233 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$653,130.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tibet Rhodiola Pharmaceutical Holding C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600211 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,875.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hongmian Zhihui Science And Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000523 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>881,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,343.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guilin Layn Natural Ingredients Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002166 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,212.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Newway Photomask Making Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688401 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,659.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Teway Food Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603317 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$641,898.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300476 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,451.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V V Food &amp; Beverage Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600300 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>868,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,795.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Const Instruments Technology In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300445 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,185.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongyin Babi Food Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605338 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,827.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Wit Dyne Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000915 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,342.99</x:t>
   </x:si>
   <x:si>
     <x:t>Ningxia Xiaoming Agriculture &amp; Animal H</x:t>
   </x:si>
   <x:si>
     <x:t>300967 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>173,300</x:t>
-[...149 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>166,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,743.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianjin Pharmaceutical Da Re Tang Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600329 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,597.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Haid Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002311 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,975.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catarc Automotive Proving Ground Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301215 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$616,912.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muyuan Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002714 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,094.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Chengde Lulu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000848 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,342.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Sundy Science And Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300515 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,891.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,681.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Tech Nanjing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688029 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,650.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jolly Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300181 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,715.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenyang Xingqi Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300573 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,990.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Sepax Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688758 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,122.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sungrow Power Supply Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300274 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,923.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yankershop Food Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002847 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,105.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dongguan Tarry Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300976 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,117.40</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Rijiu Optoelectronics Jointstoc</x:t>
   </x:si>
   <x:si>
     <x:t>003015 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>202,700</x:t>
-[...65 lines deleted...]
-    <x:t>$703,036.23</x:t>
+    <x:t>195,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,717.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chengdu Kanghong Pharmaceutical Group C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002773 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,312.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Double Medical Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002901 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,202.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intsig Information Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688615 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,281.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Shihua New Material Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688093 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,880.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loncin Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603766 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,304.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Great Star Industrial Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002444 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,638.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actions Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688049 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,196.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Crastal Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300824 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,688.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Youyou Foods Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603697 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,590.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G-Bits Network Technology Xiamen Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603444 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,983.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shengyi Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688183 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,028.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lancy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002612 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,196.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,271.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Giantec Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>688123 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>25,899</x:t>
-[...383 lines deleted...]
-    <x:t>$644,760.57</x:t>
+    <x:t>24,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,149.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huadong Medicine Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000963 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,657.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Balance Medical Technology Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688198 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,126.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Wolwo Bio-Pharmaceutical Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300357 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,095.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockchip Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603893 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,080.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Homa Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002668 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,636.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Amoytop Biotech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688278 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$552,442.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hisense Visual Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600060 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,260.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rayhoo Motor Dies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002997 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,467.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Bingchuan Network Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300533 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,843.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Cfmoto Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603129 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,610.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanxi Xinghuacun Fen Wine Factory Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600809 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,980.02</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Dahao Technology Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603025 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>189,400</x:t>
-[...146 lines deleted...]
-    <x:t>$613,163.70</x:t>
+    <x:t>182,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,395.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,267.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haier Smart Home Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600690 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,061.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Korrun Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300577 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,373.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Sinopep-Allsino Bio Pharmaceutical Co L</x:t>
   </x:si>
   <x:si>
     <x:t>688076 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>88,074</x:t>
-[...164 lines deleted...]
-    <x:t>$589,268.98</x:t>
+    <x:t>84,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,032.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecovacs Robotics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603486 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,556.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Sailun Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601058 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>190,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>183,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,529.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Sokon Industry Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601127 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,151.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$491,338.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Changbai Mountain Tourism Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603099 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,517.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wenzhou Yuanfei Pet Toys Products Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>001222 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,822.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Yantai China Pet Foods Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002891 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>60,900</x:t>
-[...92 lines deleted...]
-    <x:t>$547,724.58</x:t>
+    <x:t>58,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,601.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Arashi Vision Inc</x:t>
   </x:si>
   <x:si>
     <x:t>688775 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>12,470</x:t>
-[...44 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>12,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,190.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Hhc Changzhou Corp</x:t>
   </x:si>
   <x:si>
     <x:t>301061 CH</x:t>
   </x:si>
   <x:si>
-    <x:t>30,230</x:t>
-[...17 lines deleted...]
-    <x:t>$523,769.94</x:t>
+    <x:t>29,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,506.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$139,393.76</x:t>
+    <x:t>$130,651.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1687,51 +1714,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71d5ea6de16446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0b2308c1c6ff4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb0af5176f163404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10ceafec4b44cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f1cce41e4af47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R455ecbc82672402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1859,2391 +1886,2391 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>