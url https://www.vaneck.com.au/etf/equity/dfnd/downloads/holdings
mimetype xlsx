--- v0 (2026-01-28)
+++ v1 (2026-02-23)
@@ -1,618 +1,621 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcfe2df6a6f437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f2e6fa0a524f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DFND_asat_20260127" sheetId="1" r:id="R47d9edc8b68a4c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DFND_asat_20260223" sheetId="1" r:id="R968587d018bf452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="190">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="191">
+  <x:si>
+    <x:t>All Fund Holdings as at 23/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Rtx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,369,756.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.93%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
-    <x:t>53,547</x:t>
-[...20 lines deleted...]
-    <x:t>7.36%</x:t>
+    <x:t>52,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,228,567.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Leonardo Spa</x:t>
   </x:si>
   <x:si>
     <x:t>LDO IM</x:t>
   </x:si>
   <x:si>
-    <x:t>223,889</x:t>
-[...5 lines deleted...]
-    <x:t>7.01%</x:t>
+    <x:t>220,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,642,958.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Aerospace Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012450 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,111,861.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Saab Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAABB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>183,106</x:t>
-[...20 lines deleted...]
-    <x:t>6.61%</x:t>
+    <x:t>180,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,858,841.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curtiss-Wright Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,070,281.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elbit Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,012,225.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
-    <x:t>76,181</x:t>
-[...20 lines deleted...]
-    <x:t>4.91%</x:t>
+    <x:t>75,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,340,649.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Leidos Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LDOS US</x:t>
   </x:si>
   <x:si>
-    <x:t>55,878</x:t>
-[...20 lines deleted...]
-    <x:t>4.86%</x:t>
+    <x:t>55,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,494,523.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Technologies Engineering Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STE SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>833,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,447,996.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kratos Defense &amp; Security Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,494,422.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Karman Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KRMN US</x:t>
   </x:si>
   <x:si>
-    <x:t>73,203</x:t>
-[...35 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>72,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,316,494.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,197,989.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Rotem Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064350 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,413,048.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Caci International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CACI US</x:t>
   </x:si>
   <x:si>
-    <x:t>8,795</x:t>
-[...20 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>8,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,174,306.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Babcock International Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,935,986.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aerovironment Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVAV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,799,857.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Aviation Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,783,934.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Booz Allen Hamilton Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BAH US</x:t>
   </x:si>
   <x:si>
-    <x:t>50,329</x:t>
-[...65 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>49,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,408,895.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Aerospace Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>047810 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,169,080.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,856,092.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Systems Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272210 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,686,124.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renk Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R3NK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,634,776.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Hensoldt Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HAG GR</x:t>
   </x:si>
   <x:si>
-    <x:t>33,226</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>32,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,587,313.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOG/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,532,386.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Planet Labs Pbc</x:t>
   </x:si>
   <x:si>
     <x:t>PL US</x:t>
   </x:si>
   <x:si>
-    <x:t>124,601</x:t>
-[...77 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>122,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,145,128.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbr Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,756,481.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parsons Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,740,429.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondas Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,504,292.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Science Applications International Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SAIC US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,972</x:t>
-[...47 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>19,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,499,509.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leonardo Drs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,378,068.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Amentum Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMTM US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,905</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>53,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,323,722.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osi Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,259,360.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRCY US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,954</x:t>
-[...20 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>17,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,189,976.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Qinetiq Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>QQ/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>221,293</x:t>
-[...20 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>218,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,145,779.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Bigbear.Ai Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBAI US</x:t>
   </x:si>
   <x:si>
-    <x:t>212,526</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>209,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,872.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$47,563.62</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$136,036.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -637,51 +640,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0763e6d0aad340c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R72ca8427b6a24dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47d9edc8b68a4c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f40b5df9284a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18acd03429a14d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R968587d018bf452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1149,351 +1152,351 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>