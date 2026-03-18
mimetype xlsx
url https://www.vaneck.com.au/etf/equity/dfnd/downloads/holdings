--- v1 (2026-02-23)
+++ v2 (2026-03-18)
@@ -1,621 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f2e6fa0a524f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b21188c80c34b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DFND_asat_20260223" sheetId="1" r:id="R968587d018bf452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DFND_asat_20260317" sheetId="1" r:id="R9b9caefcbd0545e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="191">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 23/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="188">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Rtx Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RTX US</x:t>
   </x:si>
   <x:si>
-    <x:t>80,794</x:t>
-[...5 lines deleted...]
-    <x:t>7.93%</x:t>
+    <x:t>84,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,245,202.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leonardo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LDO IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,776,584.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Aerospace Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012450 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,900,235.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
-    <x:t>52,804</x:t>
-[...35 lines deleted...]
-    <x:t>6.82%</x:t>
+    <x:t>55,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,353,004.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elbit Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,968,452.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Saab Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAABB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>180,564</x:t>
-[...5 lines deleted...]
-    <x:t>6.40%</x:t>
+    <x:t>189,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,727,994.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,193,918.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Curtiss-Wright Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CW US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,093</x:t>
-[...17 lines deleted...]
-    <x:t>$15,012,225.42</x:t>
+    <x:t>16,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,141,038.44</x:t>
   </x:si>
   <x:si>
     <x:t>5.09%</x:t>
   </x:si>
   <x:si>
-    <x:t>Palantir Technologies Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Leidos Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LDOS US</x:t>
   </x:si>
   <x:si>
-    <x:t>55,102</x:t>
-[...5 lines deleted...]
-    <x:t>4.58%</x:t>
+    <x:t>57,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,741,926.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karman Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,086,195.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore Technologies Engineering Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>STE SP</x:t>
   </x:si>
   <x:si>
-    <x:t>833,063</x:t>
-[...5 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>872,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,570,623.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Kratos Defense &amp; Security Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KTOS US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,634</x:t>
-[...20 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>65,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,810,248.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,273</x:t>
-[...5 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>13,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,284,819.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caci International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CACI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,845,433.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Babcock International Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAB LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,894,135.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Rotem Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>064350 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>34,534</x:t>
-[...35 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>36,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,584,437.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Aerospace Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>047810 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,945,577.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Aviation Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,791,775.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,662,954.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Systems Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272210 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,659,854.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Booz Allen Hamilton Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,648,874.36</x:t>
   </x:si>
   <x:si>
     <x:t>Aerovironment Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVAV US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,527</x:t>
-[...80 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>16,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,098,748.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Planet Labs Pbc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,910,678.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,577,912.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Renk Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>R3NK GR</x:t>
   </x:si>
   <x:si>
-    <x:t>45,825</x:t>
-[...20 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>48,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,426,109.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Moog Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MOG/A US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,305</x:t>
-[...20 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>9,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,216,281.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ondas Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,944,749.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leonardo Drs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,832,421.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science Applications International Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,749,128.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Kbr Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KBR US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,723</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>47,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,504,873.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Parsons Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PSN US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,627</x:t>
-[...47 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>31,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,369,081.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osi Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,170,152.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Amentum Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMTM US</x:t>
   </x:si>
   <x:si>
-    <x:t>53,156</x:t>
-[...20 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>55,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,169,191.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qinetiq Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QQ/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,161,287.42</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRCY US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,705</x:t>
-[...20 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>18,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,631.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Bigbear.Ai Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBAI US</x:t>
   </x:si>
   <x:si>
-    <x:t>209,575</x:t>
-[...2 lines deleted...]
-    <x:t>$1,141,872.22</x:t>
+    <x:t>219,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,841.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$136,036.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$102,379.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -640,51 +631,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f40b5df9284a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18acd03429a14d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R968587d018bf452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a36876f60346dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5602d06a184c4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b9caefcbd0545e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1112,391 +1103,391 @@
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F41" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>