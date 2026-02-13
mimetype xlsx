--- v0 (2026-01-20)
+++ v1 (2026-02-13)
@@ -1,447 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6514a4fcb9b4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0404ccef4a914a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260119" sheetId="1" r:id="R0e45c785c7064f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260213" sheetId="1" r:id="Rc5a77e29d62f4e92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="133">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="134">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,434.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,473,414.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Als Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>64,925</x:t>
-[...5 lines deleted...]
-    <x:t>4.33%</x:t>
+    <x:t>60,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,463,898.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,462,596.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,898.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>363,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,657.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,357,691.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Deterra Royalties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DRR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>342,532</x:t>
-[...32 lines deleted...]
-    <x:t>$1,529,001.55</x:t>
+    <x:t>321,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,865.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,338,078.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,325,990.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,314,696.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supply Network Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,590.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>253,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,305,241.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Pinnacle Investment Management Group Lt</x:t>
   </x:si>
   <x:si>
     <x:t>PNI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>84,518</x:t>
-[...89 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>79,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,293,970.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Worldwide Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,291,614.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,278,919.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,752.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,859.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,257,270.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ansell Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,161,144.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Computershare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CPU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>40,904</x:t>
-[...20 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>38,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,407.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Aub Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>45,489</x:t>
-[...5 lines deleted...]
-    <x:t>3.99%</x:t>
+    <x:t>42,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,869.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,064.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Arb Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ARB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>44,072</x:t>
-[...62 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>41,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,359.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>59,789</x:t>
-[...80 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>56,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$888,988.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$5,637.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-2,632.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -466,51 +469,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8835e2cb890f4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7d86c80349444f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e45c785c7064f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e2dbbc24cb4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2bf3d706bfe84026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5a77e29d62f4e92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -638,471 +641,471 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>