--- v1 (2026-02-13)
+++ v2 (2026-03-07)
@@ -1,450 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0404ccef4a914a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b61b34a2c9a42d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260213" sheetId="1" r:id="Rc5a77e29d62f4e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260306" sheetId="1" r:id="R8d8c212ebf5c4bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="134">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,661,154.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NAB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>33,024</x:t>
-[...5 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>33,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,558,497.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,474,296.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>366,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,338.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,433,085.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,430,614.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,389,830.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,816</x:t>
-[...32 lines deleted...]
-    <x:t>$1,462,596.48</x:t>
+    <x:t>6,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,376,061.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supply Network Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,372,661.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,348,512.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,128.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,306,066.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,285,355.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Investment Management Group Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,285,069.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,279,839.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WES AU</x:t>
   </x:si>
   <x:si>
-    <x:t>16,637</x:t>
-[...137 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>16,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,271,425.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,242,912.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,220,327.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,184,637.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ansell Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,783.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,154.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aub Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,100.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Worldwide Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RWC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>327,821</x:t>
-[...122 lines deleted...]
-    <x:t>3.20%</x:t>
+    <x:t>330,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,926.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Arb Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ARB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>41,370</x:t>
-[...5 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>41,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,999.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>56,123</x:t>
-[...5 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>56,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$957,713.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-2,632.79</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$4,219.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -469,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e2dbbc24cb4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2bf3d706bfe84026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5a77e29d62f4e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8117c9e00c4e4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6c01da669f4d4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d8c212ebf5c4bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -621,491 +627,491 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>