--- v2 (2026-03-07)
+++ v3 (2026-03-29)
@@ -1,453 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b61b34a2c9a42d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c294580cb54644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260306" sheetId="1" r:id="R8d8c212ebf5c4bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DVDY_asat_20260327" sheetId="1" r:id="R302f44c294804808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Woolworths Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WOW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>46,156</x:t>
-[...5 lines deleted...]
-    <x:t>5.17%</x:t>
+    <x:t>46,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,682,036.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,462,935.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,411,507.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NAB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>33,287</x:t>
-[...5 lines deleted...]
-    <x:t>4.85%</x:t>
+    <x:t>33,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,405,153.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,207.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,389,511.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,642.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,313,160.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supply Network Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,488.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,296,731.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,283,603.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,280,370.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,244,495.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,237,113.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Als Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>61,429</x:t>
-[...110 lines deleted...]
-    <x:t>4.20%</x:t>
+    <x:t>61,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,235,120.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Arteria Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>276,934</x:t>
-[...35 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>278,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,222,215.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,197,449.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Pinnacle Investment Management Group Lt</x:t>
   </x:si>
   <x:si>
     <x:t>PNI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>79,967</x:t>
-[...62 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>80,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,443.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Computershare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CPU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>38,701</x:t>
-[...5 lines deleted...]
-    <x:t>3.69%</x:t>
+    <x:t>38,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,672.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Ansell Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>37,415</x:t>
-[...5 lines deleted...]
-    <x:t>3.55%</x:t>
+    <x:t>37,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,393.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aub Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,109.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Worldwide Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>332,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,095.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Carsales.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CAR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>41,253</x:t>
-[...35 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>41,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,852.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Arb Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ARB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>41,698</x:t>
-[...5 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>41,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$891,219.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>56,569</x:t>
-[...5 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>56,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,825.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$4,219.13</x:t>
+    <x:t>$4,428.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -475,51 +478,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8117c9e00c4e4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6c01da669f4d4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d8c212ebf5c4bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84e00d25a9d4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R51df4336517842ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R302f44c294804808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -827,291 +830,291 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>