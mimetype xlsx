--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1,3039 +1,3030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c74bf78e284926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3981f7bb748d4d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260116" sheetId="1" r:id="Ra14a144d7191410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260209" sheetId="1" r:id="Ree43f7f5ac634f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1189" uniqueCount="1017">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1189" uniqueCount="1014">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>608,000</x:t>
-[...5 lines deleted...]
-    <x:t>10.03%</x:t>
+    <x:t>656,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,583,031.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>27,092</x:t>
-[...5 lines deleted...]
-    <x:t>4.26%</x:t>
+    <x:t>29,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,873,401.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Square Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402340 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,960,648.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,365,212.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>119,100</x:t>
-[...35 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>128,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,868,965.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaar Properties Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR UH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,975,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,241,979.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>000270 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>70,626</x:t>
-[...20 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>76,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,259,160.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
   </x:si>
   <x:si>
     <x:t>United Microelectronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>2303 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>3,378,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>3,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,174,317.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hana Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086790 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,006,196.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005930 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,065,385.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>012330 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>17,835</x:t>
-[...32 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>19,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,974,076.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pop Mart International Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9992 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,710,708.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woori Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316140 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,725,595.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picc Property &amp; Casualty Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2328 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,229,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,444,243.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>210,104</x:t>
-[...20 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>227,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,426,080.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,817,182.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>China Hongqiao Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1378 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>854,000</x:t>
-[...17 lines deleted...]
-    <x:t>$5,816,671.72</x:t>
+    <x:t>923,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,815,696.88</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HAR SJ</x:t>
   </x:si>
   <x:si>
-    <x:t>171,315</x:t>
-[...35 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>185,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,442,660.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Chroma Ate Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2360 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>114,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>124,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,399,703.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electro-Mechanics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>009150 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>16,745</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>18,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,991,107.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Electric Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>015760 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,889,804.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Construction Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,230,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,702,310.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Greece Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETE GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,662,894.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Pharmaceutical Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1093 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,606,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,597,613.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>TLKM IJ</x:t>
   </x:si>
   <x:si>
-    <x:t>14,805,700</x:t>
-[...47 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>15,998,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,576,093.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Yuan Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2449 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>355,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,532,138.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Tech Mahindra Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TECHM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>161,044</x:t>
-[...29 lines deleted...]
-    <x:t>$4,161,378.22</x:t>
+    <x:t>174,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,437,430.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Sino Biopharmaceutical Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1177 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>3,084,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>3,333,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,944,493.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMPV IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>654,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,804,880.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>ASII IJ</x:t>
   </x:si>
   <x:si>
-    <x:t>6,050,600</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>6,537,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,707,025.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Citic Bank Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,549,194.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hero Motocorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMCL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,511,635.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,423,475.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People's Insurance Co Group Of China Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1339 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,818,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,386,474.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipla Ltd/India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIPLA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,366,452.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Largan Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3008 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,357,590.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realtek Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2379 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,340,590.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Hansoh Pharmaceutical Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3692 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>452,000</x:t>
-[...116 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>488,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,251,289.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enn Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2688 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,175,996.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etihad Etisalat Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EEC AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,162,952.20</x:t>
   </x:si>
   <x:si>
     <x:t>Novatek Microelectronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3034 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>173,000</x:t>
-[...17 lines deleted...]
-    <x:t>$3,090,684.87</x:t>
+    <x:t>187,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,073,663.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weichai Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2338 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,069,210.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Distribuidora Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VBBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,021,688.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>426,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,973,489.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2603 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,951,505.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Tower Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>788 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,432,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,837,757.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Glovis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>086280 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>11,201</x:t>
-[...44 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>12,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,805,745.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Aluminum Corp Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2600 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,120,000</x:t>
-[...17 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>1,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,797,692.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIVT3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,767,246.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,663,479.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Gold International Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,631,328.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vipshop Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,578,944.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Investment Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>071050 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,487,987.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>3sbio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>1530 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>545,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>589,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,469,779.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innolux Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3481 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,406,111.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>King Slide Works Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2059 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>17,000</x:t>
-[...59 lines deleted...]
-    <x:t>$2,495,783.25</x:t>
+    <x:t>18,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,395,255.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arab National Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARNB AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,378,498.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torrent Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,412.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Db Insurance Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,369,126.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaar Development Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAARDEV UH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,328,149.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>One 97 Communications Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PAYTM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>114,624</x:t>
-[...62 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>123,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,315,100.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richter Gedeon Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHT HB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,312,752.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,312,235.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bb Seguridade Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,298,409.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Telecom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>017670 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,284,822.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rec Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,244,267.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fibra Uno Administracion Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUNO11 MM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>921,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,191,813.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortis Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FORH IN</x:t>
   </x:si>
   <x:si>
-    <x:t>146,685</x:t>
-[...32 lines deleted...]
-    <x:t>$2,165,854.77</x:t>
+    <x:t>158,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,135,032.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>China Resources Power Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>836 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>602,000</x:t>
-[...32 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>652,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,105,284.65</x:t>
   </x:si>
   <x:si>
     <x:t>Pegatron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>4938 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>601,000</x:t>
-[...29 lines deleted...]
-    <x:t>$1,942,106.62</x:t>
+    <x:t>650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,057,739.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
-    <x:t>Richter Gedeon Nyrt</x:t>
-[...8 lines deleted...]
-    <x:t>$1,940,836.32</x:t>
+    <x:t>Zhen Ding Technology Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4958 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,926,021.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Gail India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GAIL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>687,364</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>743,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,907,124.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tim Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,906,422.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,258,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,874,786.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compal Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,352,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,869,118.55</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Motor India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HYUNDAI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>48,539</x:t>
-[...17 lines deleted...]
-    <x:t>$1,836,692.36</x:t>
+    <x:t>52,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,806,462.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,796,668.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Conch Cement Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>914 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,786,793.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMIG4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,419.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongcheng Travel Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,715,196.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haidilao International Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6862 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,712,081.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinopharm Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1099 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,678,861.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bupa Arabia For Cooperative Insurance C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUPA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,642,843.38</x:t>
   </x:si>
   <x:si>
     <x:t>Aac Technologies Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2018 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>233,000</x:t>
-[...110 lines deleted...]
-    <x:t>$1,628,539.30</x:t>
+    <x:t>251,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,639,785.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chow Tai Fook Jewellery Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1929 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,629,238.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Kasikornbank Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>KBANK/F TB</x:t>
   </x:si>
   <x:si>
-    <x:t>177,100</x:t>
-[...17 lines deleted...]
-    <x:t>$1,601,241.26</x:t>
+    <x:t>191,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,626,501.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurobindo Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARBP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,708.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hankook Tire &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161390 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,870.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Minsheng Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,943.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinotruk Hong Kong Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3808 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,543,565.42</x:t>
   </x:si>
   <x:si>
     <x:t>Catcher Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2474 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>158,000</x:t>
-[...83 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>171,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,540,096.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promotora Y Operadora De Infraestructur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINFRA* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,521,410.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eva Airways Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2618 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,515,743.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile Telecommunications Co Kscp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAIN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,504,310.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCELL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,823.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tingyi Cayman Islands Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,451,843.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTB/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,128,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,689.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ooredoo Qpsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORDS QD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,432,625.91</x:t>
   </x:si>
   <x:si>
     <x:t>Mphasis Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MPHL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>31,256</x:t>
-[...2 lines deleted...]
-    <x:t>$1,440,936.23</x:t>
+    <x:t>33,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,950.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Teco Electric And Machinery Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1504 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>355,000</x:t>
-[...53 lines deleted...]
-    <x:t>$1,393,240.62</x:t>
+    <x:t>384,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,383,384.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>493,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,752.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkem Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKEM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,157.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Want Want China Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,381,441.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coromandel International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,361,763.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Canara Bank</x:t>
   </x:si>
   <x:si>
     <x:t>CBK IN</x:t>
   </x:si>
   <x:si>
-    <x:t>541,857</x:t>
-[...53 lines deleted...]
-    <x:t>$1,347,411.77</x:t>
+    <x:t>585,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,358,777.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bosideng International Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3998 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,496,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,355,171.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coway Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>021240 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,323,043.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nmdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMDC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>993,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,488.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far Eastern New Century Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1402 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,037,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,550.79</x:t>
   </x:si>
   <x:si>
     <x:t>Jd Logistics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2618 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>596,295</x:t>
-[...107 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>644,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,353.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Investment Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,735.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Gas Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>879,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,274,201.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shree Cement Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRCM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,253,254.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Co For Cooperative Insurance/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAWUNIYA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,237,753.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Merchants Port Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,230,136.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China National Building Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3323 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,196,616.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moneta Money Bank As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,195,526.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asia Cement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1102 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,190,985.32</x:t>
   </x:si>
   <x:si>
     <x:t>China Nonferrous Mining Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1258 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>408,000</x:t>
-[...14 lines deleted...]
-    <x:t>$1,226,911.36</x:t>
+    <x:t>441,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,179,932.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al Arkan Real Estate Development Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALARKAN AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,688.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Page Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAG IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,933.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Horizon Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3360 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>772,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,157.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhuzhou Crrc Times Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3898 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,761.63</x:t>
   </x:si>
   <x:si>
     <x:t>United Tractors Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>UNTR IJ</x:t>
   </x:si>
   <x:si>
-    <x:t>445,700</x:t>
-[...107 lines deleted...]
-    <x:t>$1,070,930.77</x:t>
+    <x:t>481,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,647.02</x:t>
   </x:si>
   <x:si>
     <x:t>Nien Made Enterprise Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8464 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>53,000</x:t>
-[...41 lines deleted...]
-    <x:t>$1,008,701.01</x:t>
+    <x:t>57,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,366.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hengan International Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1044 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,462.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,723.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komercni Banka As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMB CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,050,529.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Aviation Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2588 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,431.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mabanee Co Sak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MABANEE KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,242.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jarir Marketing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JARIR AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,281.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orient Overseas International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,034.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Uplus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032640 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,795.33</x:t>
   </x:si>
   <x:si>
     <x:t>Gulf Bank Kscp</x:t>
   </x:si>
   <x:si>
     <x:t>GBK KK</x:t>
   </x:si>
   <x:si>
-    <x:t>588,201</x:t>
-[...26 lines deleted...]
-    <x:t>$996,968.96</x:t>
+    <x:t>644,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,021,194.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gerdau Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGBR4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,706.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Doosan Bobcat Inc</x:t>
   </x:si>
   <x:si>
     <x:t>241560 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>15,747</x:t>
-[...116 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>17,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,066.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Seguridade Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CXSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$962,148.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Airlines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2610 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$962,077.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zydus Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZYDUSLIF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,794.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haitian International Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1882 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,208.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porto Seguro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$893,145.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
-    <x:t>6,152,278</x:t>
-[...29 lines deleted...]
-    <x:t>$878,152.91</x:t>
+    <x:t>6,652,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$880,677.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Bank Of Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024110 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$864,870.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Feihe Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6186 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,171,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,594.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>376,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$855,829.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yitai Coal Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900948 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,632.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Gf Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1776 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>254,200</x:t>
-[...41 lines deleted...]
-    <x:t>$829,270.71</x:t>
+    <x:t>274,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,674.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3SA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,108.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDF IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,418,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$822,014.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,717.08</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Financial Services Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OFSS IN</x:t>
   </x:si>
   <x:si>
-    <x:t>6,492</x:t>
-[...29 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>7,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$802,734.85</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Weigao Group Medical Polymer C</x:t>
   </x:si>
   <x:si>
     <x:t>1066 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>742,800</x:t>
-[...38 lines deleted...]
-    <x:t>$752,596.70</x:t>
+    <x:t>803,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,398.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenovo Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,106.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China State Construction International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3311 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>426,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,118.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>360 Digitech Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QFIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,666</x:t>
-[...29 lines deleted...]
-    <x:t>$735,570.02</x:t>
+    <x:t>32,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$736,239.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Expressway Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733,968.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barwa Real Estate Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRES QD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,194.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mouwasat Medical Services Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUWASAT AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,969.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Expressway Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,041.83</x:t>
   </x:si>
   <x:si>
     <x:t>Tmbthanachart Bank Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>TTB/F TB</x:t>
   </x:si>
   <x:si>
-    <x:t>7,285,800</x:t>
-[...41 lines deleted...]
-    <x:t>$685,456.81</x:t>
+    <x:t>7,878,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,626.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Communications Services Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,419.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Autohome Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ATHM US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,191</x:t>
-[...50 lines deleted...]
-    <x:t>$630,853.57</x:t>
+    <x:t>20,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,050.40</x:t>
   </x:si>
   <x:si>
     <x:t>Baoshan Iron &amp; Steel Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600019 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>390,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>422,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,156.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eastern Co Sae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAST EY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$609,433.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongjin Gold Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600489 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,406.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Shanghai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601229 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,089.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avary Holding Shenzhen Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002938 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,295.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Zangge Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000408 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>28,200</x:t>
-[...17 lines deleted...]
-    <x:t>$539,256.46</x:t>
+    <x:t>30,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,605.11</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Dongshan Precision Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>002384 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>31,500</x:t>
-[...41 lines deleted...]
-    <x:t>$487,538.22</x:t>
+    <x:t>34,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,409.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601169 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,597.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Aluminium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000807 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>$442,165.57</x:t>
-[...14 lines deleted...]
-    <x:t>$432,944.10</x:t>
+    <x:t>$438,682.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
   </x:si>
   <x:si>
     <x:t>000651 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>50,200</x:t>
-[...2 lines deleted...]
-    <x:t>$431,762.23</x:t>
+    <x:t>54,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,179.98</x:t>
   </x:si>
   <x:si>
     <x:t>600585 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>71,700</x:t>
-[...2 lines deleted...]
-    <x:t>$346,459.98</x:t>
+    <x:t>77,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,470.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,728.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
+    <x:t>Zhejiang Nhu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,136.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hengtong Optic-Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600487 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,256.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huaxia Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600015 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,241.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,174.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yintai Gold Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000975 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,253.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianshan Aluminum Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002532 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,235.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601825 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,461.60</x:t>
+  </x:si>
+  <x:si>
     <x:t>Giant Network Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002558 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>34,700</x:t>
-[...62 lines deleted...]
-    <x:t>$324,880.27</x:t>
+    <x:t>37,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,495.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Nanshan Aluminum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600219 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,433.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Satellite Petrochemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002648 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,791.48</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangxi Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>358 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>36,000</x:t>
-[...2 lines deleted...]
-    <x:t>$323,760.15</x:t>
+    <x:t>39,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,570.12</x:t>
   </x:si>
   <x:si>
     <x:t>Rockchip Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603893 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>7,500</x:t>
-[...29 lines deleted...]
-    <x:t>$303,337.87</x:t>
+    <x:t>8,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,214.87</x:t>
   </x:si>
   <x:si>
     <x:t>Western Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601168 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,700</x:t>
-[...2 lines deleted...]
-    <x:t>$281,392.00</x:t>
+    <x:t>46,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,023.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Zhongtian Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600522 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,239.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shenhuo Coal &amp; Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000933 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,095.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yutong Bus Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600066 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,991.62</x:t>
   </x:si>
   <x:si>
     <x:t>Wolong Electric Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600580 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>28,000</x:t>
-[...41 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>30,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,993.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Himile Mechanical Science &amp; Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002595 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,887.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Yuntianhua Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600096 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,097.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601958 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,750.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yto Express Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600233 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,758.06</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Dahua Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002236 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>58,800</x:t>
-[...14 lines deleted...]
-    <x:t>$254,322.50</x:t>
+    <x:t>63,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,036.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huayu Automotive Systems Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600741 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,442.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601077 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,251.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>37 Interactive Entertainment Network Te</x:t>
   </x:si>
   <x:si>
     <x:t>002555 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>39,600</x:t>
-[...74 lines deleted...]
-    <x:t>$233,447.24</x:t>
+    <x:t>$222,097.82</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Salubris Pharmaceuticals Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>002294 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>20,000</x:t>
-[...23 lines deleted...]
-    <x:t>$219,503.67</x:t>
+    <x:t>21,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,484.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Kelun Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002422 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,560.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China National Chemical Engineering Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601117 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,663.29</x:t>
   </x:si>
   <x:si>
     <x:t>Citic Pacific Special Steel Group Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>000708 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>60,300</x:t>
-[...17 lines deleted...]
-    <x:t>$200,490.50</x:t>
+    <x:t>65,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,280.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing New Building Materials Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000786 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,357.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Longsheng Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600352 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,956.11</x:t>
   </x:si>
   <x:si>
     <x:t>Sdic Capital Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600061 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>114,600</x:t>
-[...14 lines deleted...]
-    <x:t>$184,340.13</x:t>
+    <x:t>123,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,892.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Junzheng Energy &amp; Chemic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601216 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,917.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soochow Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601555 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,421.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,800.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sun Paper Industry Jsc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002078 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,047.95</x:t>
   </x:si>
   <x:si>
     <x:t>Changjiang Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000783 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>99,100</x:t>
-[...50 lines deleted...]
-    <x:t>$167,255.49</x:t>
+    <x:t>107,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,723.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>Shandong Sun Paper Industry Jsc Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$165,293.72</x:t>
+    <x:t>Hunan Valin Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000932 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,753.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenergy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600642 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,644.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Railway Signal &amp; Communication Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688009 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,129.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Changsha Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601577 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,976.47</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yuyue Medical Equipment &amp; Suppl</x:t>
   </x:si>
   <x:si>
     <x:t>002223 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>18,000</x:t>
-[...2 lines deleted...]
-    <x:t>$164,693.68</x:t>
+    <x:t>19,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,166.95</x:t>
   </x:si>
   <x:si>
     <x:t>Ningbo Orient Wires &amp; Cables Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>603606 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,300</x:t>
-[...2 lines deleted...]
-    <x:t>$159,555.68</x:t>
+    <x:t>13,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,377.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Suzhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002966 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,910.77</x:t>
   </x:si>
   <x:si>
     <x:t>Changchun High &amp; New Technology Industr</x:t>
   </x:si>
   <x:si>
     <x:t>000661 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>7,300</x:t>
-[...2 lines deleted...]
-    <x:t>$156,652.36</x:t>
+    <x:t>7,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,856.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangzhou Baiyunshan Pharmaceutical Hol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600332 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,449.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guoyuan Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000728 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,335.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002673 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,885.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Youngor Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600177 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,986.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinolink Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600109 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,626.98</x:t>
   </x:si>
   <x:si>
     <x:t>Amlogic Shanghai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688099 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>7,547</x:t>
-[...131 lines deleted...]
-    <x:t>$130,623.67</x:t>
+    <x:t>8,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,378.34</x:t>
   </x:si>
   <x:si>
     <x:t>Huaibei Mining Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600985 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>48,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>52,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,014.96</x:t>
   </x:si>
   <x:si>
     <x:t>Inter Rao Ues Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>IRAO RM</x:t>
   </x:si>
   <x:si>
     <x:t>1,745,980</x:t>
   </x:si>
   <x:si>
-    <x:t>$.33</x:t>
+    <x:t>$.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>United Co Rusal International Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>RUAL RM</x:t>
   </x:si>
   <x:si>
     <x:t>145,190</x:t>
   </x:si>
   <x:si>
     <x:t>$.03</x:t>
   </x:si>
   <x:si>
     <x:t>Tcs Group Holding Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TCSG RM</x:t>
   </x:si>
   <x:si>
     <x:t>5,714</x:t>
   </x:si>
@@ -3049,51 +3040,51 @@
   <x:si>
     <x:t>2,151</x:t>
   </x:si>
   <x:si>
     <x:t>Private</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR1 RU</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
     <x:t>42</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$101,692.79</x:t>
+    <x:t>$357,792.49</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3118,51 +3109,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0540a2194f479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R129c34f4120f4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra14a144d7191410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8ccbdfca9b4732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2c6d8f2927d4166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree43f7f5ac634f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F237"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -3390,191 +3381,191 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
@@ -3650,991 +3641,991 @@
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
@@ -4650,271 +4641,271 @@
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
@@ -5170,211 +5161,211 @@
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
@@ -5450,2451 +5441,2451 @@
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="D123" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
+      <x:c r="F124" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="E128" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="E129" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="D135" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="E135" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="D136" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="E136" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="D137" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="E137" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
         <x:v>616</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
+      <x:c r="D146" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="D147" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="E149" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="D150" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
+      <x:c r="D151" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
+      <x:c r="D152" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
+      <x:c r="E152" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="C153" s="1" t="s">
+      <x:c r="D153" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
+      <x:c r="E153" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="C154" s="1" t="s">
+      <x:c r="D154" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="E154" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="F155" s="1" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
+      <x:c r="D156" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="E156" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="C157" s="1" t="s">
+      <x:c r="D157" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
+      <x:c r="F157" s="1" t="s">
         <x:v>697</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="D158" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
+      <x:c r="D159" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="D162" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="E162" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="D163" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="E163" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="E163" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
+      <x:c r="F164" s="1" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="D165" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
+      <x:c r="D166" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
+      <x:c r="E166" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
+      <x:c r="F168" s="1" t="s">
         <x:v>742</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
+      <x:c r="E169" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D169" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="C170" s="1" t="s">
+      <x:c r="E170" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
+      <x:c r="F170" s="1" t="s">
         <x:v>751</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="C171" s="1" t="s">
+      <x:c r="D171" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="D171" s="1" t="s">
+      <x:c r="E171" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="E171" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
+      <x:c r="E172" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="C173" s="1" t="s">
+      <x:c r="E173" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E173" s="1" t="s">
+      <x:c r="F173" s="1" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="C174" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="C174" s="1" t="s">
+      <x:c r="D174" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="D174" s="1" t="s">
+      <x:c r="F174" s="1" t="s">
         <x:v>768</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="C175" s="1" t="s">
+      <x:c r="D175" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D175" s="1" t="s">
+      <x:c r="E175" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="E175" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="E176" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="C177" s="1" t="s">
+      <x:c r="E177" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
+      <x:c r="F177" s="1" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="C178" s="1" t="s">
+      <x:c r="D178" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
+      <x:c r="E178" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="E178" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="C179" s="1" t="s">
+      <x:c r="D179" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
+      <x:c r="E179" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="E179" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="C180" s="1" t="s">
+      <x:c r="D180" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="D180" s="1" t="s">
+      <x:c r="E180" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="E180" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="C181" s="1" t="s">
+      <x:c r="D181" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
+      <x:c r="E181" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="E181" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="C182" s="1" t="s">
+      <x:c r="D182" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="E182" s="1" t="s">
+      <x:c r="F182" s="1" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="C185" s="1" t="s">
+      <x:c r="D185" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="D185" s="1" t="s">
+      <x:c r="E185" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C186" s="1" t="s">
+      <x:c r="D186" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
+      <x:c r="E186" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="E186" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
+      <x:c r="D187" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="D187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="E187" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
+      <x:c r="D188" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="D188" s="1" t="s">
+      <x:c r="E188" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
-      <x:c r="E188" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="C189" s="1" t="s">
+      <x:c r="D189" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="E189" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C190" s="1" t="s">
+      <x:c r="D190" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
+      <x:c r="E190" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="C191" s="1" t="s">
+      <x:c r="D191" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
+      <x:c r="E191" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="C192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
+      <x:c r="F192" s="1" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="C193" s="1" t="s">
+      <x:c r="D193" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
+      <x:c r="E193" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="E193" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="C194" s="1" t="s">
+      <x:c r="D194" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="D194" s="1" t="s">
+      <x:c r="E194" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="E194" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
+      <x:c r="D195" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="D195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="E195" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="C196" s="1" t="s">
+      <x:c r="D196" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
-      <x:c r="D196" s="1" t="s">
+      <x:c r="E196" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="E196" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="C197" s="1" t="s">
+      <x:c r="D197" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="D197" s="1" t="s">
+      <x:c r="E197" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
+      <x:c r="D198" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="D198" s="1" t="s">
+      <x:c r="E198" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
+      <x:c r="D199" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="D199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="C200" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="C200" s="1" t="s">
+      <x:c r="D200" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="E200" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="C201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
+      <x:c r="F201" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
+      <x:c r="D202" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="C204" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="C204" s="1" t="s">
+      <x:c r="D204" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
+      <x:c r="E204" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="C205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="C206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="C208" s="1" t="s">
+      <x:c r="E208" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="C209" s="1" t="s">
+      <x:c r="E209" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="D209" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="C210" s="1" t="s">
+      <x:c r="E210" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="C211" s="1" t="s">
+      <x:c r="E211" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
+      <x:c r="E212" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="C213" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="C214" s="1" t="s">
+      <x:c r="F214" s="1" t="s">
         <x:v>930</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="C215" s="1" t="s">
+      <x:c r="E215" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="C216" s="1" t="s">
+      <x:c r="E216" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="D216" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="C218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="C219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="D221" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="C222" s="1" t="s">
+      <x:c r="E222" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="D222" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="C223" s="1" t="s">
+      <x:c r="E223" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="C224" s="1" t="s">
+      <x:c r="E224" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
-      <x:c r="C225" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="C226" s="1" t="s">
+      <x:c r="E226" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="C227" s="1" t="s">
+      <x:c r="E227" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
+      <x:c r="E228" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="C229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="C230" s="1" t="s">
+      <x:c r="F230" s="1" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="C231" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="C232" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="C235" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F237" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>