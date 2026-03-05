--- v1 (2026-02-09)
+++ v2 (2026-03-05)
@@ -1,3090 +1,2946 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3981f7bb748d4d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd928677d984c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260209" sheetId="1" r:id="Ree43f7f5ac634f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260304" sheetId="1" r:id="R0599f420400d425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1189" uniqueCount="1014">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1129" uniqueCount="966">
+  <x:si>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>656,000</x:t>
-[...5 lines deleted...]
-    <x:t>10.15%</x:t>
+    <x:t>711,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,998,175.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>29,296</x:t>
-[...5 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>31,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,816,512.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Square Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>402340 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>29,967</x:t>
-[...5 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>32,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,769,531.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GFI SJ</x:t>
   </x:si>
   <x:si>
-    <x:t>186,604</x:t>
-[...5 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>202,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,459,637.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>128,700</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>139,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,767,918.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Emaar Properties Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR UH</x:t>
   </x:si>
   <x:si>
-    <x:t>1,975,209</x:t>
-[...2 lines deleted...]
-    <x:t>$12,241,979.54</x:t>
+    <x:t>2,142,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,700,147.34</x:t>
   </x:si>
   <x:si>
     <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>000270 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>76,314</x:t>
-[...5 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>82,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,412,182.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>United Microelectronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>2303 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>3,650,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,174,317.69</x:t>
+    <x:t>3,955,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,558,151.32</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005930 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,518,257.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hana Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>086790 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>89,896</x:t>
-[...20 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>97,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,853,288.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chroma Ate Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2360 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,989,134.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>012330 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>19,272</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>20,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,981,161.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woori Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316140 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,049,932.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Hongqiao Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1378 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,039,927.70</x:t>
   </x:si>
   <x:si>
     <x:t>Pop Mart International Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9992 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>173,600</x:t>
-[...20 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>188,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,039,204.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electro-Mechanics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009150 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,807,956.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Picc Property &amp; Casualty Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2328 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,229,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>2,415,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,783,970.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAR SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,892,847.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>227,004</x:t>
-[...2 lines deleted...]
-    <x:t>$6,426,080.69</x:t>
+    <x:t>245,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,777,901.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
-    <x:t>64,190</x:t>
-[...44 lines deleted...]
-    <x:t>$5,399,703.84</x:t>
+    <x:t>69,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,603,403.34</x:t>
   </x:si>
   <x:si>
     <x:t>1.04%</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electro-Mechanics Co Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>China Construction Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,932,476.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Yuan Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2449 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,762,068.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLKM IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,350,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,649,632.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Pharmaceutical Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1093 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,822,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,588,936.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Greece Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETE GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,293,323.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Electric Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>015760 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>82,939</x:t>
-[...80 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>89,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,924,925.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Tech Mahindra Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TECHM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>174,014</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>188,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,913,099.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMPV IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>709,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,823,314.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,761,569.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sino Biopharmaceutical Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1177 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>3,333,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>3,611,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,729,571.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weichai Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2338 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,702,292.92</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>ASII IJ</x:t>
   </x:si>
   <x:si>
-    <x:t>6,537,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>7,083,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,648,414.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>998 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,644,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>2,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,591,312.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Largan Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3008 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,589,460.00</x:t>
   </x:si>
   <x:si>
     <x:t>Hero Motocorp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMCL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>38,772</x:t>
-[...17 lines deleted...]
-    <x:t>$3,423,475.79</x:t>
+    <x:t>42,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,545,598.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2603 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,528,643.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipla Ltd/India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIPLA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,514,080.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enn Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2688 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,506,505.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aluminum Corp Of China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2600 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,312,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,500,428.60</x:t>
+  </x:si>
+  <x:si>
     <x:t>People's Insurance Co Group Of China Lt</x:t>
   </x:si>
   <x:si>
     <x:t>1339 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,818,000</x:t>
-[...29 lines deleted...]
-    <x:t>$3,357,590.14</x:t>
+    <x:t>3,054,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,469,157.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Realtek Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>2379 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>157,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>171,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,385,682.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Microelectronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3034 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,334,382.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIVT3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,273,726.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etihad Etisalat Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EEC AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,173,335.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>462,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,136,137.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Distribuidora Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VBBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,112,999.25</x:t>
   </x:si>
   <x:si>
     <x:t>Hansoh Pharmaceutical Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3692 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>488,000</x:t>
-[...86 lines deleted...]
-    <x:t>$2,973,489.79</x:t>
+    <x:t>530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,067,758.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>China Tower Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>788 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,432,071</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>1,551,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,061,905.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innolux Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3481 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,655,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,924,745.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Glovis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>086280 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>12,112</x:t>
-[...32 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>13,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,916,729.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Slide Works Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2059 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,820,846.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Gold International Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,815,739.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torrent Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,761,473.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Db Insurance Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,707,570.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Investment Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>071050 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,671,706.35</x:t>
   </x:si>
   <x:si>
     <x:t>Hdfc Asset Management Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HDFCAMC IN</x:t>
   </x:si>
   <x:si>
-    <x:t>62,209</x:t>
-[...17 lines deleted...]
-    <x:t>$2,631,328.20</x:t>
+    <x:t>67,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,634,649.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,837.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Telecom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>017670 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,482,761.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaar Development Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAARDEV UH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,481,312.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richter Gedeon Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHT HB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,440,202.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Vipshop Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VIPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>100,609</x:t>
-[...20 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>109,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,435,483.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortis Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,402,775.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arab National Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARNB AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,908.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Resources Power Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>836 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>706,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,340,790.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fibra Uno Administracion Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUNO11 MM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,338,181.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bb Seguridade Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,291,465.28</x:t>
   </x:si>
   <x:si>
     <x:t>3sbio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>1530 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>589,500</x:t>
-[...80 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>638,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,270,595.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tim Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,213,187.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>One 97 Communications Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PAYTM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>123,855</x:t>
-[...53 lines deleted...]
-    <x:t>$2,284,822.07</x:t>
+    <x:t>134,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,155,038.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegatron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4938 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>704,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,145,622.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,109,482.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Rec Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RECL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>382,727</x:t>
-[...62 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>415,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,093,981.12</x:t>
   </x:si>
   <x:si>
     <x:t>Zhen Ding Technology Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4958 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>235,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>255,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,875.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMIG4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,928,441.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compal Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,916,351.18</x:t>
   </x:si>
   <x:si>
     <x:t>Gail India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GAIL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>743,291</x:t>
-[...41 lines deleted...]
-    <x:t>$1,869,118.55</x:t>
+    <x:t>806,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,912,558.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bupa Arabia For Cooperative Insurance C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUPA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,881,523.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,817,960.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Motor India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HYUNDAI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>52,488</x:t>
-[...17 lines deleted...]
-    <x:t>$1,796,668.69</x:t>
+    <x:t>56,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,813,851.71</x:t>
   </x:si>
   <x:si>
     <x:t>Anhui Conch Cement Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>914 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>399,000</x:t>
-[...17 lines deleted...]
-    <x:t>$1,716,419.59</x:t>
+    <x:t>432,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,183.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTB/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,222,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,800,973.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>Haidilao International Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6862 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,772,417.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kasikornbank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,757,321.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinopharm Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1099 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,756,604.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile Telecommunications Co Kscp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAIN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,737,076.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurobindo Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARBP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,679,422.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinotruk Hong Kong Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3808 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,678,301.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Minsheng Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,329,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,630,681.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tingyi Cayman Islands Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,610,030.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aac Technologies Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,593,064.01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tongcheng Travel Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>780 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>417,398</x:t>
-[...53 lines deleted...]
-    <x:t>$1,639,785.99</x:t>
+    <x:t>452,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,725.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,568,538.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catcher Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2474 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,535,136.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promotora Y Operadora De Infraestructur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINFRA* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,533,711.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Chow Tai Fook Jewellery Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1929 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>637,200</x:t>
-[...29 lines deleted...]
-    <x:t>$1,582,708.17</x:t>
+    <x:t>690,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,483.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCELL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,511,694.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ooredoo Qpsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORDS QD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,459,815.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Hankook Tire &amp; Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>161390 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>24,006</x:t>
-[...23 lines deleted...]
-    <x:t>3808 HK</x:t>
+    <x:t>26,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,180.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canara Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,431,448.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China National Building Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3323 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,424,988.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eva Airways Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2618 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,423,248.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far Eastern New Century Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1402 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,124,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,415,281.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Want Want China Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,652,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,413,404.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkem Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKEM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,403,980.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Gas Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>953,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,384,796.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Investment Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,030,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,408.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bosideng International Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3998 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,622,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,381,869.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coromandel International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,335,859.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Merchants Port Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,329,916.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd Logistics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,320,685.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teco Electric And Machinery Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1504 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,310,438.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al Arkan Real Estate Development Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALARKAN AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,305,815.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orient Overseas International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,274,597.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mphasis Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPHL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,274,072.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nmdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMDC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,077,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,268,835.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Tractors Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNTR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,837.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Co For Cooperative Insurance/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAWUNIYA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,916.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asia Cement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1102 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>807,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,236,952.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shree Cement Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRCM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,322.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,167,231.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moneta Money Bank As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,844.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Horizon Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3360 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>837,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,028.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hengan International Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1044 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,013.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhuzhou Crrc Times Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3898 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,690.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,502.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gulf Bank Kscp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBK KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>699,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,476.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Aviation Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2588 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,474.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jarir Marketing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JARIR AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,409.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Uplus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032640 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,470.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Page Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAG IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,675.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mabanee Co Sak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MABANEE KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,906.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Seguridade Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CXSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,473.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komercni Banka As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMB CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,366.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gerdau Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGBR4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,913.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zydus Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZYDUSLIF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,325.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3SA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,257.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yitai Coal Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900948 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$947,518.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haitian International Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1882 HK</x:t>
   </x:si>
   <x:si>
     <x:t>223,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,543,565.42</x:t>
-[...449 lines deleted...]
-    <x:t>1044 HK</x:t>
+    <x:t>$944,685.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porto Seguro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$941,785.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Bank Of Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024110 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$900,121.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$895,023.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Feihe Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6186 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,269,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,295.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Airlines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2610 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,022,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,967.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gf Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1776 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,706.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tmbthanachart Bank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTB/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,536,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,594.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>792,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,927.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenovo Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$835,674.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Financial Services Software Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OFSS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,403.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Expressway Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,852.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China State Construction International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3311 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>462,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,327.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Weigao Group Medical Polymer C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1066 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>870,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,284.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Dongshan Precision Manufacturing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002384 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,949.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mouwasat Medical Services Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUWASAT AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,928.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhongjin Gold Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600489 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$674,113.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baoshan Iron &amp; Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600019 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$665,996.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Shanghai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601229 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,382.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eastern Co Sae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAST EY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,431.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,968.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avary Holding Shenzhen Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002938 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,928.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hengtong Optic-Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600487 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,940.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Aluminium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000807 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,189.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601169 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>444,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,140.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000651 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,839.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Nhu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,474.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600585 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,867.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Zhongtian Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600522 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,917.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,127.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,237.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Nanshan Aluminum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600219 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,142.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huaxia Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600015 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,519.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianshan Aluminum Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002532 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,081.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yintai Gold Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000975 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,211.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601958 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,814.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601825 C1</x:t>
   </x:si>
   <x:si>
     <x:t>202,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,058,462.86</x:t>
-[...482 lines deleted...]
-    <x:t>600489 C1</x:t>
+    <x:t>$347,590.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Satellite Petrochemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002648 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,045.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shenhuo Coal &amp; Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000933 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,852.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,198.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Himile Mechanical Science &amp; Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002595 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,372.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Yuntianhua Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600096 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,582.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,531.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockchip Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603893 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,132.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giant Network Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,493.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yutong Bus Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600066 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,265.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yto Express Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600233 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,123.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolong Electric Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600580 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,854.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601077 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,059.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citic Pacific Special Steel Group Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000708 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,151.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huayu Automotive Systems Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600741 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,836.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Dahua Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,662.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China National Chemical Engineering Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601117 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,561.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Longsheng Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600352 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,349.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Salubris Pharmaceuticals Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002294 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,296.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Junzheng Energy &amp; Chemic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601216 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,581.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37 Interactive Entertainment Network Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002555 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,275.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing New Building Materials Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000786 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,827.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Kelun Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002422 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,343.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sun Paper Industry Jsc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002078 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,988.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soochow Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601555 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,899.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sdic Capital Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600061 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,750.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Valin Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000932 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,740.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenergy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600642 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,315.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,144.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Changjiang Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000783 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,808.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ningbo Orient Wires &amp; Cables Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603606 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,367.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Railway Signal &amp; Communication Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688009 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,813.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Changsha Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601577 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,257.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Changchun High &amp; New Technology Industr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,966.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yuyue Medical Equipment &amp; Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,330.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amlogic Shanghai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688099 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,033.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Suzhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002966 C2</x:t>
   </x:si>
   <x:si>
     <x:t>93,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$571,406.02</x:t>
-[...662 lines deleted...]
-    <x:t>$146,856.19</x:t>
+    <x:t>$155,979.58</x:t>
   </x:si>
   <x:si>
     <x:t>Guangzhou Baiyunshan Pharmaceutical Hol</x:t>
   </x:si>
   <x:si>
     <x:t>600332 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>27,200</x:t>
-[...2 lines deleted...]
-    <x:t>$143,449.89</x:t>
+    <x:t>29,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,123.35</x:t>
   </x:si>
   <x:si>
     <x:t>Guoyuan Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000728 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>84,600</x:t>
-[...2 lines deleted...]
-    <x:t>$142,335.80</x:t>
+    <x:t>91,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,838.43</x:t>
   </x:si>
   <x:si>
     <x:t>Western Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002673 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>$140,885.64</x:t>
-[...11 lines deleted...]
-    <x:t>$135,986.95</x:t>
+    <x:t>$145,966.08</x:t>
   </x:si>
   <x:si>
     <x:t>Sinolink Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600109 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>71,900</x:t>
-[...26 lines deleted...]
-    <x:t>$135,014.96</x:t>
+    <x:t>78,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,165.31</x:t>
   </x:si>
   <x:si>
     <x:t>Inter Rao Ues Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>IRAO RM</x:t>
   </x:si>
   <x:si>
     <x:t>1,745,980</x:t>
   </x:si>
   <x:si>
     <x:t>$.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>United Co Rusal International Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>RUAL RM</x:t>
   </x:si>
   <x:si>
     <x:t>145,190</x:t>
   </x:si>
   <x:si>
     <x:t>$.03</x:t>
   </x:si>
   <x:si>
     <x:t>Tcs Group Holding Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TCSG RM</x:t>
   </x:si>
   <x:si>
     <x:t>5,714</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42</x:t>
+  </x:si>
+  <x:si>
     <x:t>Phosagro Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>PHOR RM</x:t>
   </x:si>
   <x:si>
     <x:t>2,151</x:t>
   </x:si>
   <x:si>
-    <x:t>Private</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$357,792.49</x:t>
+    <x:t>$264,057.84</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3109,56 +2965,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8ccbdfca9b4732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2c6d8f2927d4166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree43f7f5ac634f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd891a07f71c14d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4c87dcffac254eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0599f420400d425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F237"/>
+  <x:dimension ref="A1:F225"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3421,2571 +3277,2571 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="D95" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="D116" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="F123" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
+      <x:c r="F124" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="E128" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="E129" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
@@ -6001,1896 +5857,1656 @@
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
+      <x:c r="D145" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
+      <x:c r="F145" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="D150" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
+      <x:c r="D151" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
         <x:v>753</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
         <x:v>782</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="C193" s="1" t="s">
+      <x:c r="D193" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
+      <x:c r="E193" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="E193" s="1" t="s">
+      <x:c r="F193" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
+      <x:c r="D198" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="D198" s="1" t="s">
+      <x:c r="E198" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
+      <x:c r="D199" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="D199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C200" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="C200" s="1" t="s">
+      <x:c r="D200" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="E200" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
+      <x:c r="D202" s="1" t="s">
         <x:v>880</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>845</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="F206" s="1" t="s">
         <x:v>894</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="E216" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
+      <x:c r="D217" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="E217" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
-      <x:c r="C218" s="1" t="s">
+      <x:c r="D218" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
+      <x:c r="F218" s="1" t="s">
         <x:v>946</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="C222" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A225" s="1">
-[...239 lines deleted...]
-      <x:c r="A237" s="2" t="s">
+      <x:c r="A225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B237" s="2" t="s">
+      <x:c r="B225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C237" s="2" t="s">
+      <x:c r="C225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D237" s="2" t="s">
+      <x:c r="D225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E237" s="2" t="s">
+      <x:c r="E225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F237" s="2" t="s">
+      <x:c r="F225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A237:F237"/>
+    <x:mergeCell ref="A225:F225"/>
   </x:mergeCells>
 </x:worksheet>
 </file>