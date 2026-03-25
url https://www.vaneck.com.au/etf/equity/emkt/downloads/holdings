--- v2 (2026-03-05)
+++ v3 (2026-03-25)
@@ -1,2886 +1,2880 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd928677d984c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R408fe592db2a443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260304" sheetId="1" r:id="R0599f420400d425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMKT_asat_20260325" sheetId="1" r:id="R733bb70d4efe4c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1129" uniqueCount="966">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1129" uniqueCount="964">
+  <x:si>
+    <x:t>All Fund Holdings as at 25/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>711,000</x:t>
-[...5 lines deleted...]
-    <x:t>10.96%</x:t>
+    <x:t>725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,765,496.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>31,743</x:t>
-[...5 lines deleted...]
-    <x:t>4.79%</x:t>
+    <x:t>32,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,651,959.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Square Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>402340 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>32,469</x:t>
-[...5 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>33,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,919,710.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,405,586.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000270 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,786,550.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GFI SJ</x:t>
   </x:si>
   <x:si>
-    <x:t>202,379</x:t>
-[...20 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>206,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,961,093.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005930 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,846,032.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Microelectronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2303 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,033,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,204,283.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hana Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086790 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,159,202.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Emaar Properties Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR UH</x:t>
   </x:si>
   <x:si>
-    <x:t>2,142,186</x:t>
-[...65 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>2,182,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,109,689.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Chroma Ate Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2360 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>134,000</x:t>
-[...2 lines deleted...]
-    <x:t>$7,989,134.64</x:t>
+    <x:t>137,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,080,047.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electro-Mechanics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009150 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,390,437.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Mobis Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>012330 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,026,424.51</x:t>
   </x:si>
   <x:si>
     <x:t>1.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hyundai Mobis Co Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$7,981,161.72</x:t>
+    <x:t>Pop Mart International Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9992 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,640,671.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Woori Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>316140 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>231,428</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>235,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,313,751.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picc Property &amp; Casualty Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2328 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,463,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,830,292.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>China Hongqiao Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1378 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,000,000</x:t>
-[...41 lines deleted...]
-    <x:t>$6,783,970.62</x:t>
+    <x:t>1,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,368,143.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,667,196.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Construction Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,569,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,217,841.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Yuan Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2449 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,901,438.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLKM IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,372,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,480,530.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Pharmaceutical Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1093 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,878,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,397,024.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,377,112.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tech Mahindra Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECHM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,213,811.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Greece Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETE GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,128,517.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Electric Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>015760 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,114,396.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Citic Bank Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,921,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,087,701.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HAR SJ</x:t>
   </x:si>
   <x:si>
-    <x:t>200,760</x:t>
-[...122 lines deleted...]
-    <x:t>$3,924,925.98</x:t>
+    <x:t>204,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,075,926.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sino Biopharmaceutical Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1177 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,682,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,984,363.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>Tech Mahindra Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$3,913,099.71</x:t>
+    <x:t>Realtek Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2379 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,744,108.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,730,224.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Largan Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3008 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,611,239.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2603 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>386,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,514,128.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weichai Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2338 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,500,420.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astra International Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASII IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,099,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,481,994.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hero Motocorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMCL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,442,403.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Tata Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TMPV IN</x:t>
   </x:si>
   <x:si>
-    <x:t>709,433</x:t>
-[...116 lines deleted...]
-    <x:t>$3,528,643.20</x:t>
+    <x:t>722,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,440,668.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>People's Insurance Co Group Of China Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1339 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,114,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,432,544.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Microelectronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3034 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,413,302.43</x:t>
   </x:si>
   <x:si>
     <x:t>Cipla Ltd/India</x:t>
   </x:si>
   <x:si>
     <x:t>CIPLA IN</x:t>
   </x:si>
   <x:si>
-    <x:t>174,384</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>177,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,313,944.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Enn Energy Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2688 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>277,135</x:t>
-[...2 lines deleted...]
-    <x:t>$3,506,505.01</x:t>
+    <x:t>282,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,291,719.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etihad Etisalat Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EEC AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,280,036.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Distribuidora Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VBBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,237,246.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIVT3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,220,899.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Tower Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>788 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,582,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,174,434.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hansoh Pharmaceutical Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3692 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,163,382.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King Slide Works Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2059 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,152,669.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,091,412.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innolux Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3481 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,708,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,972,183.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Db Insurance Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>005830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,897,432.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Glovis Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086280 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,866,048.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Investment Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>071050 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,790,848.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Telecom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>017670 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,763,065.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torrent Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,752,587.83</x:t>
   </x:si>
   <x:si>
     <x:t>Aluminum Corp Of China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2600 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,312,000</x:t>
-[...173 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>1,338,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,672,434.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3sbio Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1530 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,672,170.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arab National Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARNB AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,522,308.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Resources Power Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>836 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,495,843.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vipshop Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,475,697.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,472,676.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richter Gedeon Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHT HB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,462,562.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,460,761.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pegatron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4938 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>718,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,456,538.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bb Seguridade Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,346,549.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>China Gold International Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>2099 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>83,200</x:t>
-[...89 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>84,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,345,069.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhen Ding Technology Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4958 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,293,746.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fibra Uno Administracion Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUNO11 MM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,018,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,260,171.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tim Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIMS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,221,582.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortis Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,173,678.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One 97 Communications Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYTM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,166,862.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compal Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,494,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,120,877.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,116,001.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rec Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>422,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,075,193.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMIG4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,058,516.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bupa Arabia For Cooperative Insurance C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUPA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,941,363.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Emaar Development Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>EMAARDEV UH</x:t>
   </x:si>
   <x:si>
-    <x:t>350,294</x:t>
-[...143 lines deleted...]
-    <x:t>4938 TT</x:t>
+    <x:t>356,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,939,142.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTB/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,247,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,897,337.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurobindo Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARBP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,593.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd Logistics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>712,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,803,366.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile Telecommunications Co Kscp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAIN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,797,452.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinotruk Hong Kong Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3808 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,790,338.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,786,418.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aac Technologies Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,773,362.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kasikornbank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,766,741.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haidilao International Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6862 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,750,837.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anhui Conch Cement Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>914 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,733,798.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gail India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>821,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,729,554.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinopharm Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1099 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,728,233.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tingyi Cayman Islands Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322 HK</x:t>
   </x:si>
   <x:si>
     <x:t>704,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,145,622.80</x:t>
-[...110 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$1,706,975.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Motor India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HYUNDAI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>56,872</x:t>
-[...107 lines deleted...]
-    <x:t>$1,678,301.04</x:t>
+    <x:t>57,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,649,667.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>China Minsheng Banking Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1988 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,329,500</x:t>
-[...29 lines deleted...]
-    <x:t>$1,593,064.01</x:t>
+    <x:t>2,375,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,646,910.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catcher Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2474 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,595,434.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Tongcheng Travel Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>780 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>452,198</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>460,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,585,343.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eva Airways Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2618 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,523,903.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promotora Y Operadora De Infraestructur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINFRA* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,502,516.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCELL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,484,850.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>UNBK IN</x:t>
   </x:si>
   <x:si>
-    <x:t>534,801</x:t>
-[...29 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>544,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,448,719.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Investment Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,444,354.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hankook Tire &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161390 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,543.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Chow Tai Fook Jewellery Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1929 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>690,600</x:t>
-[...14 lines deleted...]
-    <x:t>$1,511,694.78</x:t>
+    <x:t>704,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,897.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Want Want China Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,399,978.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkem Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKEM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,952.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Ooredoo Qpsc</x:t>
   </x:si>
   <x:si>
     <x:t>ORDS QD</x:t>
   </x:si>
   <x:si>
-    <x:t>280,515</x:t>
-[...17 lines deleted...]
-    <x:t>$1,450,180.15</x:t>
+    <x:t>280,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,373,451.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Gas Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>972,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,344,466.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far Eastern New Century Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1402 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,146,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,339,463.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Merchants Port Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,328,805.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Tractors Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNTR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>523,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,327,529.81</x:t>
   </x:si>
   <x:si>
     <x:t>Canara Bank</x:t>
   </x:si>
   <x:si>
     <x:t>CBK IN</x:t>
   </x:si>
   <x:si>
-    <x:t>634,879</x:t>
-[...2 lines deleted...]
-    <x:t>$1,431,448.03</x:t>
+    <x:t>647,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,318,663.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nmdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMDC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,098,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,622.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asia Cement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1102 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>823,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,278,895.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al Arkan Real Estate Development Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALARKAN AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,277,939.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Co For Cooperative Insurance/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAWUNIYA AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,262,161.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bosideng International Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3998 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,654,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,844.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coromandel International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,428.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orient Overseas International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,244,524.27</x:t>
   </x:si>
   <x:si>
     <x:t>China National Building Material Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3323 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,300,000</x:t>
-[...128 lines deleted...]
-    <x:t>$1,320,685.15</x:t>
+    <x:t>1,326,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,237,896.71</x:t>
   </x:si>
   <x:si>
     <x:t>Teco Electric And Machinery Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1504 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>416,000</x:t>
-[...29 lines deleted...]
-    <x:t>$1,274,597.36</x:t>
+    <x:t>424,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,226,603.50</x:t>
   </x:si>
   <x:si>
     <x:t>Mphasis Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MPHL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,621</x:t>
-[...47 lines deleted...]
-    <x:t>1102 TT</x:t>
+    <x:t>37,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,257.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moneta Money Bank As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,155,279.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shree Cement Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRCM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,516.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hengan International Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1044 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,464.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Uplus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>032640 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,264.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Far East Horizon Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3360 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>853,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,705.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jarir Marketing Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JARIR AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,980.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,082,478.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Page Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAG IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,188.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gulf Bank Kscp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBK KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,961.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhuzhou Crrc Times Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3898 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,802.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Aviation Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2588 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,900.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Seguridade Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CXSE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,488.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>487,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,149.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mabanee Co Sak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MABANEE KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,001,273.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yitai Coal Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900948 CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$999,520.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komercni Banka As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMB CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,269.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zydus Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZYDUSLIF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$973,827.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3618 HK</x:t>
   </x:si>
   <x:si>
     <x:t>807,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,236,952.16</x:t>
-[...191 lines deleted...]
-    <x:t>$1,003,366.86</x:t>
+    <x:t>$966,517.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Bank Of Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024110 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,013.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ping An Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$941,321.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3SA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,862.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porto Seguro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$924,323.72</x:t>
   </x:si>
   <x:si>
     <x:t>Gerdau Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GGBR4 BZ</x:t>
   </x:si>
   <x:si>
-    <x:t>181,318</x:t>
-[...41 lines deleted...]
-    <x:t>$947,518.00</x:t>
+    <x:t>184,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$919,445.41</x:t>
   </x:si>
   <x:si>
     <x:t>Haitian International Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1882 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>223,000</x:t>
-[...41 lines deleted...]
-    <x:t>$895,023.04</x:t>
+    <x:t>228,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,257.76</x:t>
   </x:si>
   <x:si>
     <x:t>China Feihe Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6186 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,269,000</x:t>
-[...2 lines deleted...]
-    <x:t>$849,295.29</x:t>
+    <x:t>1,294,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,623.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>China Airlines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2610 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>1,022,235</x:t>
-[...2 lines deleted...]
-    <x:t>$845,967.80</x:t>
+    <x:t>1,042,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$875,130.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenovo Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>508,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$860,912.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mouwasat Medical Services Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUWASAT AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,947.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tmbthanachart Bank Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTB/F TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,705,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,647.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Dongshan Precision Manufacturing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002384 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$841,811.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Gf Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1776 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>297,800</x:t>
-[...38 lines deleted...]
-    <x:t>$835,674.87</x:t>
+    <x:t>303,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,033.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Expressway Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>436,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,667.77</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Financial Services Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OFSS IN</x:t>
   </x:si>
   <x:si>
-    <x:t>7,606</x:t>
-[...17 lines deleted...]
-    <x:t>$771,852.46</x:t>
+    <x:t>7,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,780.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>China State Construction International</x:t>
   </x:si>
   <x:si>
     <x:t>3311 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>462,000</x:t>
-[...2 lines deleted...]
-    <x:t>$771,327.91</x:t>
+    <x:t>472,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$747,960.81</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Weigao Group Medical Polymer C</x:t>
   </x:si>
   <x:si>
     <x:t>1066 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>870,400</x:t>
-[...29 lines deleted...]
-    <x:t>$692,928.98</x:t>
+    <x:t>887,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$735,832.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Shanghai Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601229 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>304,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,398.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baoshan Iron &amp; Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600019 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>466,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,579.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongjin Gold Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600489 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>101,800</x:t>
-[...32 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>103,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,352.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,610.11</x:t>
   </x:si>
   <x:si>
     <x:t>Eastern Co Sae</x:t>
   </x:si>
   <x:si>
     <x:t>EAST EY</x:t>
   </x:si>
   <x:si>
-    <x:t>525,441</x:t>
-[...17 lines deleted...]
-    <x:t>$547,968.02</x:t>
+    <x:t>526,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,093.36</x:t>
   </x:si>
   <x:si>
     <x:t>Avary Holding Shenzhen Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002938 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>48,700</x:t>
-[...2 lines deleted...]
-    <x:t>$525,928.79</x:t>
+    <x:t>49,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,300.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601169 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>452,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,028.59</x:t>
   </x:si>
   <x:si>
     <x:t>Hengtong Optic-Electric Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600487 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>51,800</x:t>
-[...2 lines deleted...]
-    <x:t>$513,940.40</x:t>
+    <x:t>52,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,821.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Nhu Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,656.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gree Electric Appliances Inc Of Zhuhai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000651 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,761.06</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Aluminium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000807 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>72,800</x:t>
-[...29 lines deleted...]
-    <x:t>$444,839.26</x:t>
+    <x:t>$430,256.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>Zhejiang Nhu Co Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$440,474.81</x:t>
+    <x:t>Henan Shuanghui Investment &amp; Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000895 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,742.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huaxia Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600015 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,461.14</x:t>
   </x:si>
   <x:si>
     <x:t>600585 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>84,000</x:t>
-[...2 lines deleted...]
-    <x:t>$431,867.73</x:t>
+    <x:t>85,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,523.00</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Zhongtian Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600522 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>71,700</x:t>
-[...11 lines deleted...]
-    <x:t>$397,127.67</x:t>
+    <x:t>73,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,279.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
+    <x:t>Zhejiang Satellite Petrochemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002648 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,643.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Rural Commercial Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601825 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,260.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yintai Gold Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000975 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,685.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianshan Aluminum Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002532 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,254.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yutong Bus Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600066 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,023.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Nanshan Aluminum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600219 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,502.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Himile Mechanical Science &amp; Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002595 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,011.62</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>000426 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>37,300</x:t>
-[...50 lines deleted...]
-    <x:t>$377,211.61</x:t>
+    <x:t>38,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,658.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yto Express Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600233 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,103.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henan Shenhuo Coal &amp; Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000933 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,866.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockchip Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603893 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,088.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Yuntianhua Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600096 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,251.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,186.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Salubris Pharmaceuticals Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002294 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,840.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601077 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,884.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,543.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giant Network Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,601.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolong Electric Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600580 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,064.16</x:t>
   </x:si>
   <x:si>
     <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601958 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>67,800</x:t>
-[...161 lines deleted...]
-    <x:t>$257,059.00</x:t>
+    <x:t>69,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,870.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huayu Automotive Systems Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600741 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,169.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Dahua Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,875.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Citic Pacific Special Steel Group Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>000708 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>$253,151.66</x:t>
-[...23 lines deleted...]
-    <x:t>$250,662.85</x:t>
+    <x:t>$240,061.02</x:t>
   </x:si>
   <x:si>
     <x:t>China National Chemical Engineering Co</x:t>
   </x:si>
   <x:si>
     <x:t>601117 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>128,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>130,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,954.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sichuan Kelun Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002422 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,791.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37 Interactive Entertainment Network Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002555 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,809.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Junzheng Energy &amp; Chemic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601216 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,451.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenergy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600642 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,836.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sdic Capital Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600061 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,123.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ningbo Orient Wires &amp; Cables Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603606 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,257.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing New Building Materials Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000786 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,988.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,935.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Longsheng Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600352 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>68,300</x:t>
-[...59 lines deleted...]
-    <x:t>$201,343.04</x:t>
+    <x:t>69,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,756.23</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Sun Paper Industry Jsc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002078 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>58,700</x:t>
-[...2 lines deleted...]
-    <x:t>$198,988.55</x:t>
+    <x:t>59,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,919.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Railway Signal &amp; Communication Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688009 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,540.15</x:t>
   </x:si>
   <x:si>
     <x:t>Soochow Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>601555 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>104,400</x:t>
-[...14 lines deleted...]
-    <x:t>$197,750.50</x:t>
+    <x:t>106,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,698.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Changsha Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601577 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,112.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Changjiang Securities Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000783 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,853.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Suzhou Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002966 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,802.93</x:t>
   </x:si>
   <x:si>
     <x:t>Hunan Valin Steel Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000932 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>145,100</x:t>
-[...77 lines deleted...]
-    <x:t>$164,257.72</x:t>
+    <x:t>147,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,063.86</x:t>
   </x:si>
   <x:si>
     <x:t>Changchun High &amp; New Technology Industr</x:t>
   </x:si>
   <x:si>
     <x:t>000661 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,600</x:t>
-[...2 lines deleted...]
-    <x:t>$156,966.00</x:t>
+    <x:t>8,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,712.44</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yuyue Medical Equipment &amp; Suppl</x:t>
   </x:si>
   <x:si>
     <x:t>002223 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>21,000</x:t>
-[...2 lines deleted...]
-    <x:t>$156,330.26</x:t>
+    <x:t>21,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,005.48</x:t>
   </x:si>
   <x:si>
     <x:t>Amlogic Shanghai Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>688099 C1</x:t>
   </x:si>
   <x:si>
     <x:t>8,842</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,033.74</x:t>
-[...11 lines deleted...]
-    <x:t>$155,979.58</x:t>
+    <x:t>$148,212.32</x:t>
   </x:si>
   <x:si>
     <x:t>Guangzhou Baiyunshan Pharmaceutical Hol</x:t>
   </x:si>
   <x:si>
     <x:t>600332 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>29,500</x:t>
-[...2 lines deleted...]
-    <x:t>$151,123.35</x:t>
+    <x:t>30,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,534.73</x:t>
   </x:si>
   <x:si>
     <x:t>Guoyuan Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>000728 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>91,600</x:t>
-[...2 lines deleted...]
-    <x:t>$147,838.43</x:t>
+    <x:t>93,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,474.34</x:t>
   </x:si>
   <x:si>
     <x:t>Western Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>002673 C2</x:t>
   </x:si>
   <x:si>
-    <x:t>$145,966.08</x:t>
+    <x:t>$143,875.57</x:t>
   </x:si>
   <x:si>
     <x:t>Sinolink Securities Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>600109 C1</x:t>
   </x:si>
   <x:si>
-    <x:t>78,000</x:t>
-[...2 lines deleted...]
-    <x:t>$139,165.31</x:t>
+    <x:t>79,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,061.03</x:t>
   </x:si>
   <x:si>
     <x:t>Inter Rao Ues Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>IRAO RM</x:t>
   </x:si>
   <x:si>
     <x:t>1,745,980</x:t>
   </x:si>
   <x:si>
-    <x:t>$.32</x:t>
+    <x:t>$.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>United Co Rusal International Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>RUAL RM</x:t>
   </x:si>
   <x:si>
     <x:t>145,190</x:t>
   </x:si>
   <x:si>
     <x:t>$.03</x:t>
   </x:si>
   <x:si>
     <x:t>Tcs Group Holding Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TCSG RM</x:t>
   </x:si>
   <x:si>
     <x:t>5,714</x:t>
   </x:si>
@@ -2896,51 +2890,51 @@
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
     <x:t>42</x:t>
   </x:si>
   <x:si>
     <x:t>Phosagro Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>PHOR RM</x:t>
   </x:si>
   <x:si>
     <x:t>2,151</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$264,057.84</x:t>
+    <x:t>$868,431.45</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2965,51 +2959,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd891a07f71c14d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4c87dcffac254eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0599f420400d425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe346d5ff904213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R25a134450d2143bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R733bb70d4efe4c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F225"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -3277,2011 +3271,2011 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
@@ -5357,2151 +5351,2151 @@
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="D120" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="E120" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
+      <x:c r="F121" s="1" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
+      <x:c r="F125" s="1" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="D135" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="E135" s="1" t="s">
+      <x:c r="F135" s="1" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
+      <x:c r="F140" s="1" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
+      <x:c r="D145" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="F146" s="1" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="D147" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="E149" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="D150" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
+      <x:c r="D151" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
         <x:v>670</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
+      <x:c r="D152" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
+      <x:c r="E152" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="C153" s="1" t="s">
+      <x:c r="E153" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="C154" s="1" t="s">
+      <x:c r="E154" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="F154" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
+      <x:c r="D155" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="C157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="F157" s="1" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="D158" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
+      <x:c r="D159" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
+      <x:c r="F159" s="1" t="s">
         <x:v>706</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="C161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
+      <x:c r="F162" s="1" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="D163" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="E163" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="E163" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
+      <x:c r="D164" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="D164" s="1" t="s">
+      <x:c r="E164" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="E164" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
+      <x:c r="E166" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="D168" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
+      <x:c r="E169" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="D169" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="C170" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="C171" s="1" t="s">
+      <x:c r="F171" s="1" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
+      <x:c r="E172" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="C173" s="1" t="s">
+      <x:c r="E173" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="C174" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="C174" s="1" t="s">
+      <x:c r="E174" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="D174" s="1" t="s">
+      <x:c r="F174" s="1" t="s">
         <x:v>768</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="C175" s="1" t="s">
+      <x:c r="D175" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D175" s="1" t="s">
+      <x:c r="E175" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="E175" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C176" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="C176" s="1" t="s">
+      <x:c r="D176" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="E176" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="C177" s="1" t="s">
+      <x:c r="D177" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
+      <x:c r="E177" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="E177" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="C178" s="1" t="s">
+      <x:c r="E178" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="C179" s="1" t="s">
+      <x:c r="E179" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="D180" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="C180" s="1" t="s">
+      <x:c r="E180" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="D180" s="1" t="s">
+      <x:c r="F180" s="1" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="C181" s="1" t="s">
+      <x:c r="D181" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
+      <x:c r="E181" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="E181" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="C182" s="1" t="s">
+      <x:c r="D182" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="E182" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="C183" s="1" t="s">
+      <x:c r="D183" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="D183" s="1" t="s">
+      <x:c r="E183" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="E183" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="C184" s="1" t="s">
+      <x:c r="D184" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="D184" s="1" t="s">
+      <x:c r="E184" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="E184" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="C185" s="1" t="s">
+      <x:c r="D185" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="D185" s="1" t="s">
+      <x:c r="E185" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C186" s="1" t="s">
+      <x:c r="E186" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="E189" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C190" s="1" t="s">
+      <x:c r="E190" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="C191" s="1" t="s">
+      <x:c r="D191" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
+      <x:c r="E191" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="C192" s="1" t="s">
+      <x:c r="D192" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
+      <x:c r="F192" s="1" t="s">
         <x:v>841</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="E193" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="C194" s="1" t="s">
+      <x:c r="E194" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="D194" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="D195" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="C196" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="D197" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
-      <x:c r="C197" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
+      <x:c r="E198" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="D198" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="D199" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="C200" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="C200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="C201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
+      <x:c r="E202" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
+      <x:c r="F202" s="1" t="s">
         <x:v>880</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="C203" s="1" t="s">
+      <x:c r="D203" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="C204" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="C204" s="1" t="s">
+      <x:c r="D204" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
+      <x:c r="E204" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="C205" s="1" t="s">
+      <x:c r="D205" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="E205" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="C206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="C208" s="1" t="s">
+      <x:c r="E208" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="C209" s="1" t="s">
+      <x:c r="E209" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="D209" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="C210" s="1" t="s">
+      <x:c r="E210" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="C211" s="1" t="s">
+      <x:c r="E211" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
+      <x:c r="E212" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="C213" s="1" t="s">
+      <x:c r="E213" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="C214" s="1" t="s">
+      <x:c r="E214" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="D214" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
-      <x:c r="C215" s="1" t="s">
+      <x:c r="E215" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="C216" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="C218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="F218" s="1" t="s">
         <x:v>944</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
-      <x:c r="C219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="C223" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="E224" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="C224" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F225" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>