--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -1,2193 +1,2190 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5745833068481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40896999ae6e4947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20251212" sheetId="1" r:id="R030353df0f464135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260116" sheetId="1" r:id="R727bde0b83c54278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="715">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 12/12/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="714">
+  <x:si>
+    <x:t>All Fund Holdings as at 16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
     <x:t>7,640</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,666,158.65</x:t>
-[...2 lines deleted...]
-    <x:t>5.30%</x:t>
+    <x:t>$15,477,481.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>22,058</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,929,318.52</x:t>
-[...2 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>$10,797,375.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,303,428.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
     <x:t>7,720</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,821,353.96</x:t>
-[...2 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>$6,301,383.07</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,759</x:t>
-[...20 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>28,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,487,450.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,406,165.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,264,761.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>11,590</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,086,900.95</x:t>
-[...32 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>$5,137,386.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,952,202.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>7,099</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,744,335.43</x:t>
-[...2 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>$4,690,090.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1299 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,663,906.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,372,569.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Zurich Insurance Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ZURN SW</x:t>
   </x:si>
   <x:si>
     <x:t>4,052</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,465,065.32</x:t>
-[...17 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>$4,359,847.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intercontinental Exchange Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,127,809.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,044,450.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9984 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>26,456</x:t>
-[...32 lines deleted...]
-    <x:t>$3,906,439.71</x:t>
+    <x:t>105,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,018,811.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,974,825.88</x:t>
   </x:si>
   <x:si>
     <x:t>1.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>Intercontinental Exchange Inc</x:t>
-[...11 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,776,352.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,642,773.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>7,545</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,792,911.12</x:t>
-[...62 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$3,585,301.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,498,711.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,392,224.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>36,228</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,386,396.79</x:t>
-[...17 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>$3,356,484.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
     <x:t>877</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,292,995.52</x:t>
-[...17 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$3,333,537.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Relx Plc</x:t>
   </x:si>
   <x:si>
     <x:t>REL LN</x:t>
   </x:si>
   <x:si>
     <x:t>50,536</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,056,678.11</x:t>
+    <x:t>$3,131,732.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokio Marine Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>50,872</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,729,081.06</x:t>
-[...2 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>$2,907,536.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,546,006.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,371,895.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>5,898</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,659,956.64</x:t>
-[...17 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$2,345,692.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,224,855.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Compass Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CPG LN</x:t>
   </x:si>
   <x:si>
     <x:t>46,999</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,211,547.36</x:t>
-[...29 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$2,156,637.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Edwards Lifesciences Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EW US</x:t>
   </x:si>
   <x:si>
     <x:t>16,256</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,052,312.87</x:t>
+    <x:t>$2,052,531.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,078.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>National Bank Of Canada</x:t>
   </x:si>
   <x:si>
     <x:t>NA CN</x:t>
   </x:si>
   <x:si>
     <x:t>10,856</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,040,490.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$1,978,391.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,960,660.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Boerse Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,910,385.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,851,517.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,836,142.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>6,008</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,017,283.83</x:t>
-[...71 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$1,680,495.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,680,440.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,674,664.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,640,856.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,640,162.41</x:t>
   </x:si>
   <x:si>
     <x:t>Prudential Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PRU US</x:t>
   </x:si>
   <x:si>
     <x:t>9,746</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,709,658.40</x:t>
-[...17 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>$1,629,415.13</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9434 JP</x:t>
   </x:si>
   <x:si>
     <x:t>795,259</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,663,022.95</x:t>
-[...14 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$1,626,789.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,195.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Daiichi Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4568 JP</x:t>
   </x:si>
   <x:si>
     <x:t>49,829</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,617,160.77</x:t>
-[...32 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$1,561,521.65</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Corp</x:t>
   </x:si>
   <x:si>
     <x:t>STT US</x:t>
   </x:si>
   <x:si>
     <x:t>7,855</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,525,677.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>$1,505,272.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UOB SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,480,248.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xylem Inc/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,474,315.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Life Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,460,419.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,433,945.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Intact Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IFC CN</x:t>
   </x:si>
   <x:si>
     <x:t>4,923</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,508,373.10</x:t>
-[...17 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$1,410,443.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,368,842.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humana Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,362,207.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raymond James Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RJF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,348,680.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Mongodb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MDB US</x:t>
   </x:si>
   <x:si>
     <x:t>2,253</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,419,466.31</x:t>
-[...53 lines deleted...]
-    <x:t>$1,381,238.27</x:t>
+    <x:t>$1,348,191.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,330,494.60</x:t>
   </x:si>
   <x:si>
     <x:t>Amadeus It Group Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AMS SM</x:t>
   </x:si>
   <x:si>
     <x:t>12,474</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,360,079.02</x:t>
-[...17 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$1,314,616.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,301,260.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Life Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,283,276.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mettler-Toledo International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,246,252.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Synchrony Financial</x:t>
   </x:si>
   <x:si>
     <x:t>SYF US</x:t>
   </x:si>
   <x:si>
     <x:t>10,302</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,322,547.06</x:t>
-[...29 lines deleted...]
-    <x:t>$1,288,434.85</x:t>
+    <x:t>$1,236,610.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,503.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,713.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Sika Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SIKA SW</x:t>
   </x:si>
   <x:si>
     <x:t>4,221</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,270,056.62</x:t>
-[...59 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$1,181,845.72</x:t>
   </x:si>
   <x:si>
     <x:t>Sampo Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>SAMPO FH</x:t>
   </x:si>
   <x:si>
     <x:t>67,040</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,182,432.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$1,163,578.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>30,471</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,179,573.10</x:t>
-[...11 lines deleted...]
-    <x:t>$1,119,349.34</x:t>
+    <x:t>$1,141,299.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ulta Beauty Inc</x:t>
-[...11 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,067,602.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Pultegroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PHM US</x:t>
   </x:si>
   <x:si>
     <x:t>5,463</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,044,458.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$1,064,959.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,854.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,206.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Regions Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RF US</x:t>
   </x:si>
   <x:si>
     <x:t>24,707</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,030,862.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$1,027,039.02</x:t>
   </x:si>
   <x:si>
     <x:t>Hexagon Ab</x:t>
   </x:si>
   <x:si>
     <x:t>HEXAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>57,486</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,007,268.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$989,556.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
     <x:t>6,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,005,515.61</x:t>
-[...26 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$979,298.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$955,595.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$924,968.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Paper Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901,197.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$860,366.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$859,911.11</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
     <x:t>5,527</x:t>
   </x:si>
   <x:si>
-    <x:t>$986,618.40</x:t>
-[...56 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$859,102.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legal &amp; General Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,844.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,489.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,031.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,599.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,695.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Trimble Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TRMB US</x:t>
   </x:si>
   <x:si>
     <x:t>6,589</x:t>
   </x:si>
   <x:si>
-    <x:t>$822,970.98</x:t>
-[...71 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$728,779.62</x:t>
   </x:si>
   <x:si>
     <x:t>Gartner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IT US</x:t>
   </x:si>
   <x:si>
     <x:t>2,097</x:t>
   </x:si>
   <x:si>
-    <x:t>$731,192.41</x:t>
+    <x:t>$724,070.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$722,830.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,828.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,301.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,450.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$638,399.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Okta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,194.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,016.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cellnex Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLNX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,397.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,968.09</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
     <x:t>3,833</x:t>
   </x:si>
   <x:si>
-    <x:t>$724,091.07</x:t>
-[...71 lines deleted...]
-    <x:t>$648,694.55</x:t>
+    <x:t>$599,349.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,122.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Moncler Spa</x:t>
   </x:si>
   <x:si>
     <x:t>MONC IM</x:t>
   </x:si>
   <x:si>
     <x:t>6,468</x:t>
   </x:si>
   <x:si>
-    <x:t>$636,162.32</x:t>
-[...50 lines deleted...]
-    <x:t>$622,625.13</x:t>
+    <x:t>$572,534.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,750.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,889.17</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
-    <x:t>$620,995.56</x:t>
-[...11 lines deleted...]
-    <x:t>$611,624.21</x:t>
+    <x:t>$560,601.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,686.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,705.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segro Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,113.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,030.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,270.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,616.66</x:t>
   </x:si>
   <x:si>
     <x:t>Dynatrace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DT US</x:t>
   </x:si>
   <x:si>
     <x:t>8,348</x:t>
   </x:si>
   <x:si>
-    <x:t>$566,500.61</x:t>
-[...68 lines deleted...]
-    <x:t>$527,979.73</x:t>
+    <x:t>$498,343.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PST IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,412.09</x:t>
   </x:si>
   <x:si>
     <x:t>Nutanix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTNX US</x:t>
   </x:si>
   <x:si>
     <x:t>7,073</x:t>
   </x:si>
   <x:si>
-    <x:t>$502,450.77</x:t>
-[...29 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$484,273.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T&amp;D Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8795 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,452.71</x:t>
   </x:si>
   <x:si>
     <x:t>Ia Financial Corp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IAG CN</x:t>
   </x:si>
   <x:si>
     <x:t>2,556</x:t>
   </x:si>
   <x:si>
-    <x:t>$483,097.78</x:t>
-[...35 lines deleted...]
-    <x:t>$461,682.63</x:t>
+    <x:t>$479,416.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,782.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
+    <x:t>Asr Nederland Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASRNL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,034.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,449.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,711.71</x:t>
+  </x:si>
+  <x:si>
     <x:t>Euronext Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ENX FP</x:t>
   </x:si>
   <x:si>
     <x:t>2,109</x:t>
   </x:si>
   <x:si>
-    <x:t>$455,219.40</x:t>
-[...11 lines deleted...]
-    <x:t>$450,649.35</x:t>
+    <x:t>$445,846.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,503.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ageas Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,122.22</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>12,886</x:t>
   </x:si>
   <x:si>
-    <x:t>$449,985.62</x:t>
-[...74 lines deleted...]
-    <x:t>$417,806.49</x:t>
+    <x:t>$426,520.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toray Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3402 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,362.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>Telia Co Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,115.40</x:t>
+  </x:si>
+  <x:si>
     <x:t>Qiagen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>QIA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>5,996</x:t>
-[...26 lines deleted...]
-    <x:t>$366,425.75</x:t>
+    <x:t>5,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,251.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concordia Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7186 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,197.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tele2 Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL2B SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,326.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;G Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,359.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RXL FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,991.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>Rexel Sa</x:t>
-[...8 lines deleted...]
-    <x:t>$366,231.26</x:t>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,673.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tryg A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRYG DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,705.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,113.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talanx Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,518.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,418.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,952.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSON LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,203.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,337.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,564.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barratt Developments Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDEV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,994.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,734.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
     <x:t>2,187</x:t>
   </x:si>
   <x:si>
-    <x:t>$364,946.68</x:t>
-[...161 lines deleted...]
-    <x:t>$282,107.76</x:t>
+    <x:t>$279,417.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zalando Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,532.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kesko Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KESKOB FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,947.06</x:t>
   </x:si>
   <x:si>
     <x:t>Beijer Ref Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BEIJB SS</x:t>
   </x:si>
   <x:si>
     <x:t>11,324</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,659.49</x:t>
-[...11 lines deleted...]
-    <x:t>$274,788.68</x:t>
+    <x:t>$264,770.64</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BSY US</x:t>
   </x:si>
   <x:si>
     <x:t>4,448</x:t>
   </x:si>
   <x:si>
-    <x:t>$274,046.19</x:t>
-[...14 lines deleted...]
-    <x:t>$266,190.12</x:t>
+    <x:t>$260,601.34</x:t>
   </x:si>
   <x:si>
     <x:t>Nemetschek Se</x:t>
   </x:si>
   <x:si>
     <x:t>NEM GR</x:t>
   </x:si>
   <x:si>
     <x:t>1,599</x:t>
   </x:si>
   <x:si>
-    <x:t>$260,050.84</x:t>
-[...26 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$229,794.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Gjensidige Forsikring Asa</x:t>
   </x:si>
   <x:si>
     <x:t>GJF NO</x:t>
   </x:si>
   <x:si>
     <x:t>5,538</x:t>
   </x:si>
   <x:si>
-    <x:t>$238,854.47</x:t>
+    <x:t>$229,090.41</x:t>
   </x:si>
   <x:si>
     <x:t>Sysmex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6869 JP</x:t>
   </x:si>
   <x:si>
     <x:t>13,944</x:t>
   </x:si>
   <x:si>
-    <x:t>$199,401.09</x:t>
+    <x:t>$207,261.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroders Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,718.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
     <x:t>1,276</x:t>
   </x:si>
   <x:si>
-    <x:t>$178,854.12</x:t>
+    <x:t>$176,399.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
+    <x:t>D'Ieteren Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIE BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,767.34</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>36,524</x:t>
   </x:si>
   <x:si>
-    <x:t>$173,349.96</x:t>
-[...11 lines deleted...]
-    <x:t>$156,058.32</x:t>
+    <x:t>$175,624.27</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>12,350</x:t>
   </x:si>
   <x:si>
-    <x:t>$154,061.14</x:t>
+    <x:t>$145,907.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>D'Ieteren Sa/Nv</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Covivio</x:t>
   </x:si>
   <x:si>
     <x:t>COV FP</x:t>
   </x:si>
   <x:si>
     <x:t>1,545</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,596.06</x:t>
+    <x:t>$144,939.19</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$5,339.60</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$101,491.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2212,51 +2209,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07656ec94ff44b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R522f420dec694db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R030353df0f464135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cc4b31a8624b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R74693ce223374d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R727bde0b83c54278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F159"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2364,3071 +2361,3071 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
         <x:v>495</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="F126" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>589</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
+      <x:c r="F134" s="1" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="D136" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="E136" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="D137" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="E137" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
+      <x:c r="D146" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="D147" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="E149" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
         <x:v>674</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="D150" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
+      <x:c r="D151" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
+      <x:c r="E152" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
+      <x:c r="F152" s="1" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C153" s="1" t="s">
+      <x:c r="E153" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
+      <x:c r="F153" s="1" t="s">
         <x:v>692</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="C154" s="1" t="s">
+      <x:c r="D154" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="E154" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
+      <x:c r="D155" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
+      <x:c r="F156" s="1" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="C157" s="1" t="s">
+      <x:c r="D157" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="D158" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>