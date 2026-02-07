--- v1 (2026-01-18)
+++ v2 (2026-02-07)
@@ -1,2187 +1,2196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40896999ae6e4947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a01158be444392" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260116" sheetId="1" r:id="R727bde0b83c54278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260206" sheetId="1" r:id="R9fee17262e744c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="714">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="717">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>7,640</x:t>
-[...5 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>7,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,127,514.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,058</x:t>
-[...5 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>22,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,792,922.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,844</x:t>
-[...5 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>18,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,622,564.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,341,721.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,720</x:t>
-[...2 lines deleted...]
-    <x:t>$6,301,383.07</x:t>
+    <x:t>7,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,903,723.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1299 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,805,569.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,756,732.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,620,145.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,560,039.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,370,556.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,795</x:t>
-[...20 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>29,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,316,319.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,742</x:t>
-[...65 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>19,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,236,441.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,030,321.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intercontinental Exchange Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,895,495.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9984 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,855,412.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,216</x:t>
-[...62 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>11,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,833,240.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,798,180.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,783,267.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hermes International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,093,563.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,143</x:t>
-[...35 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>5,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,083,243.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,025,450.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,545</x:t>
-[...20 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>7,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,976,726.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,836,169.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,828,409.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Recruit Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6098 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>38,972</x:t>
-[...35 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>39,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,595,046.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,583.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,552.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Relx Plc</x:t>
   </x:si>
   <x:si>
     <x:t>REL LN</x:t>
   </x:si>
   <x:si>
-    <x:t>50,536</x:t>
-[...11 lines deleted...]
-    <x:t>8766 JP</x:t>
+    <x:t>51,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,245,290.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,082,188.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,050,640.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,190.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,983,530.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,947,782.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Boerse Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,913,429.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,902,564.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,854,221.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,794,160.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,750,791.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,647,656.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9434 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>807,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,692.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UOB SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,714.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,486,341.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,476,604.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Life Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,470,353.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,441,620.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,871.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,393,131.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intact Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,392,308.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,380,141.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xylem Inc/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,370,666.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,370,303.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,361,541.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,302,731.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,300,121.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Life Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,552.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raymond James Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RJF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,282,626.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,244,058.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,751.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sika Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIKA SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,227,165.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mettler-Toledo International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,794.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amadeus It Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,143,333.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,789.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
   </x:si>
   <x:si>
     <x:t>50,872</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,907,536.37</x:t>
-[...401 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$1,129,742.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,229.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,100,570.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongodb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,164.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sampo Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAMPO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,072,639.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,468.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,887.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,630.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,259.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,962.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Humana Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HUM US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,330</x:t>
-[...245 lines deleted...]
-    <x:t>$1,027,039.02</x:t>
+    <x:t>3,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$941,368.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$917,068.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,051.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Paper Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$899,973.83</x:t>
   </x:si>
   <x:si>
     <x:t>Hexagon Ab</x:t>
   </x:si>
   <x:si>
     <x:t>HEXAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>57,486</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>58,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,240.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$863,846.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legal &amp; General Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,856.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,854.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,334.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
-    <x:t>6,438</x:t>
-[...101 lines deleted...]
-    <x:t>$839,844.49</x:t>
+    <x:t>6,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,691.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Boc Hong Kong Holdings Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
-    <x:t>18,571</x:t>
-[...2 lines deleted...]
-    <x:t>$780,031.80</x:t>
+    <x:t>18,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,990.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,747.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,035.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,747.55</x:t>
+  </x:si>
+  <x:si>
     <x:t>Asics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7936 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>19,320</x:t>
-[...17 lines deleted...]
-    <x:t>$730,695.57</x:t>
+    <x:t>19,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,719.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,904.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,875.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cellnex Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLNX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,794.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,742.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trimble Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TRMB US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,589</x:t>
-[...2 lines deleted...]
-    <x:t>$728,779.62</x:t>
+    <x:t>6,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,731.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,051.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,715.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$562,526.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Okta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,681.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,074.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,400.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,688.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,324.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,682.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,887.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godaddy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,323.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,599.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,533.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segro Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,335.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PST IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,266.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T&amp;D Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8795 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,861.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,643.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,556.59</x:t>
   </x:si>
   <x:si>
     <x:t>Gartner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IT US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,097</x:t>
-[...137 lines deleted...]
-    <x:t>$599,349.14</x:t>
+    <x:t>2,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,614.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asr Nederland Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASRNL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,731.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telia Co Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,524.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$454,895.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ageas Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,177.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toray Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3402 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,977.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOWI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,435.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qiagen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QIA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,515.51</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Research Institute Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4307 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>10,461</x:t>
-[...131 lines deleted...]
-    <x:t>$503,616.66</x:t>
+    <x:t>10,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,728.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euronext Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENX FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,673.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tele2 Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL2B SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,337.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,502.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concordia Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7186 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,949.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Dynatrace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DT US</x:t>
   </x:si>
   <x:si>
-    <x:t>8,348</x:t>
-[...17 lines deleted...]
-    <x:t>$486,412.09</x:t>
+    <x:t>8,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,101.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,321.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RXL FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,198.39</x:t>
   </x:si>
   <x:si>
     <x:t>Nutanix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTNX US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,073</x:t>
-[...140 lines deleted...]
-    <x:t>$416,362.73</x:t>
+    <x:t>7,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,574.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;G Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,793.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>Telia Co Ab</x:t>
-[...71 lines deleted...]
-    <x:t>$370,991.64</x:t>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,958.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talanx Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,990.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>Orion Oyj</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tryg A/S</x:t>
   </x:si>
   <x:si>
     <x:t>TRYG DC</x:t>
   </x:si>
   <x:si>
-    <x:t>9,310</x:t>
-[...2 lines deleted...]
-    <x:t>$349,705.09</x:t>
+    <x:t>9,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,630.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,411.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,334.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>Unipol Assicurazioni Spa</x:t>
-[...20 lines deleted...]
-    <x:t>$345,518.57</x:t>
+    <x:t>Barratt Developments Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDEV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,619.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,078.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSON LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,970.79</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>9,593</x:t>
-[...26 lines deleted...]
-    <x:t>$300,203.96</x:t>
+    <x:t>9,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,545.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NICE IT</x:t>
   </x:si>
   <x:si>
-    <x:t>1,710</x:t>
-[...26 lines deleted...]
-    <x:t>$286,994.93</x:t>
+    <x:t>1,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,059.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandora A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDORA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,108.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kesko Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KESKOB FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,439.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijer Ref Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEIJB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,718.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zalando Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,212.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gjensidige Forsikring Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GJF NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,675.43</x:t>
   </x:si>
   <x:si>
     <x:t>Auto Trader Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AUTO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>23,956</x:t>
-[...53 lines deleted...]
-    <x:t>$264,770.64</x:t>
+    <x:t>24,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,430.18</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BSY US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,448</x:t>
-[...2 lines deleted...]
-    <x:t>$260,601.34</x:t>
+    <x:t>4,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,950.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Nemetschek Se</x:t>
   </x:si>
   <x:si>
     <x:t>NEM GR</x:t>
   </x:si>
   <x:si>
-    <x:t>1,599</x:t>
-[...17 lines deleted...]
-    <x:t>$229,090.41</x:t>
+    <x:t>1,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,958.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D'Ieteren Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIE BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,727.55</x:t>
   </x:si>
   <x:si>
     <x:t>Sysmex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6869 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>13,944</x:t>
-[...2 lines deleted...]
-    <x:t>$207,261.08</x:t>
+    <x:t>14,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,738.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,050.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Schroders Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SDR LN</x:t>
   </x:si>
   <x:si>
-    <x:t>20,069</x:t>
-[...5 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>20,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,708.44</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,276</x:t>
-[...29 lines deleted...]
-    <x:t>$175,624.27</x:t>
+    <x:t>1,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,792.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covivio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,660.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>12,350</x:t>
-[...17 lines deleted...]
-    <x:t>$144,939.19</x:t>
+    <x:t>12,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,791.32</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$101,491.52</x:t>
+    <x:t>$80,039.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2209,51 +2218,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cc4b31a8624b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R74693ce223374d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R727bde0b83c54278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9486034d3a574205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8e8e3ddf7114fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fee17262e744c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F159"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2361,371 +2370,371 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
@@ -3081,2351 +3090,2351 @@
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>536</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
         <x:v>630</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
         <x:v>695</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
         <x:v>708</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>