--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,2199 +1,2205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a01158be444392" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8106512793c74ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260206" sheetId="1" r:id="R9fee17262e744c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260227" sheetId="1" r:id="R9eff4b704b734e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="717">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="719">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>7,757</x:t>
-[...5 lines deleted...]
-    <x:t>6.70%</x:t>
+    <x:t>7,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,844,093.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,394</x:t>
-[...5 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>22,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,820,137.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,462,602.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,116</x:t>
-[...20 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>18,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,328,145.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,137,941.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,861,151.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1299 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,491,265.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,489,005.75</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,838</x:t>
-[...50 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>7,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,342,814.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,323,163.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,767</x:t>
-[...35 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>11,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,282,123.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,028</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>19,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,095,532.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9984 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,060,685.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Dbs Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DBS SP</x:t>
   </x:si>
   <x:si>
-    <x:t>59,828</x:t>
-[...5 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>59,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,801,087.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,761,492.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Intercontinental Exchange Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ICE US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,091</x:t>
-[...20 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>16,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,682,261.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,388</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>11,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,493,083.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Pnc Financial Services Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>PNC US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,070</x:t>
-[...17 lines deleted...]
-    <x:t>$3,783,267.38</x:t>
+    <x:t>11,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,465,252.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,202,569.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,125,020.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>890</x:t>
-[...17 lines deleted...]
-    <x:t>$3,083,243.93</x:t>
+    <x:t>888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,040.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,884,047.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Elevance Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ELV US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,330</x:t>
-[...20 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>6,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,872,617.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
-    <x:t>36,781</x:t>
-[...20 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>36,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,659,264.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,459,195.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Recruit Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6098 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>39,567</x:t>
-[...17 lines deleted...]
-    <x:t>$2,403,583.13</x:t>
+    <x:t>39,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,404,469.05</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OCBC SP</x:t>
   </x:si>
   <x:si>
-    <x:t>95,191</x:t>
-[...17 lines deleted...]
-    <x:t>$2,245,290.73</x:t>
+    <x:t>94,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,892.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
+    <x:t>National Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,177,144.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idexx Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDXX US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,249</x:t>
-[...2 lines deleted...]
-    <x:t>$2,082,188.68</x:t>
+    <x:t>2,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,087,432.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,040,768.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,998,229.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,991,568.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Boerse Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,987,097.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,988</x:t>
-[...47 lines deleted...]
-    <x:t>$1,947,782.49</x:t>
+    <x:t>5,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,963,748.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Boerse Ag</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,682</x:t>
-[...20 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>6,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,887,359.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,851,029.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>27,924</x:t>
-[...20 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>27,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,734,387.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Prudential Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PRU LN</x:t>
   </x:si>
   <x:si>
-    <x:t>72,034</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>71,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,565,682.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,553,822.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9434 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>807,395</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>805,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,122.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,819.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,481,901.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Life Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,446,482.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>United Overseas Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>UOB SP</x:t>
   </x:si>
   <x:si>
-    <x:t>35,235</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>35,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,665.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,422,209.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,396,724.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,389,604.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,380,934.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intact Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,354,758.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,970</x:t>
-[...62 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>7,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,354,277.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Life Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,278,663.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xylem Inc/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,268,103.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,253,214.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,231,666.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,231,645.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sika Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIKA SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,035.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raymond James Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RJF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,194,535.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,100</x:t>
-[...125 lines deleted...]
-    <x:t>$1,282,626.37</x:t>
+    <x:t>6,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,192,119.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,354.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Iqvia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IQV US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,779</x:t>
-[...32 lines deleted...]
-    <x:t>$1,227,165.36</x:t>
+    <x:t>4,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,531.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,377</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>4,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,124,539.50</x:t>
   </x:si>
   <x:si>
     <x:t>Mettler-Toledo International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MTD US</x:t>
   </x:si>
   <x:si>
-    <x:t>579</x:t>
-[...2 lines deleted...]
-    <x:t>$1,151,794.44</x:t>
+    <x:t>578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,252.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,772.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,957.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongodb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,495.13</x:t>
   </x:si>
   <x:si>
     <x:t>Amadeus It Group Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AMS SM</x:t>
   </x:si>
   <x:si>
-    <x:t>12,664</x:t>
-[...2 lines deleted...]
-    <x:t>$1,143,333.15</x:t>
+    <x:t>12,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,107.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,076.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sampo Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAMPO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,912.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,620.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,779.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
-    <x:t>28,388</x:t>
-[...113 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>28,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,047.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
-    <x:t>30,937</x:t>
-[...2 lines deleted...]
-    <x:t>$1,031,259.05</x:t>
+    <x:t>30,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$965,038.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,014.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,293.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,900.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humana Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,373.48</x:t>
   </x:si>
   <x:si>
     <x:t>Ch Robinson Worldwide Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,320</x:t>
-[...47 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>3,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,495.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>International Paper Co</x:t>
   </x:si>
   <x:si>
     <x:t>IP US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,100</x:t>
-[...32 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>14,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$854,337.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$841,462.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Legal &amp; General Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LGEN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>160,162</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>159,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,350.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,039.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,611</x:t>
-[...20 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>5,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,585.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,875.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cellnex Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLNX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,604.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
-    <x:t>6,536</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>6,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,113.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,698.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,522.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,660.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$680,330.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,129.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$641,215.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moncler Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,346.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,513.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,478.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,898.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,334.15</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
-    <x:t>18,855</x:t>
-[...128 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>18,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,561.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segro Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,299.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,976.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metso Outotec Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>METSO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,681.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,568.50</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,414</x:t>
-[...32 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>2,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,048.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,467.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,112.30</x:t>
   </x:si>
   <x:si>
     <x:t>Okta Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OKTA US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,736</x:t>
-[...41 lines deleted...]
-    <x:t>$550,688.45</x:t>
+    <x:t>4,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,606.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
-    <x:t>$550,324.19</x:t>
-[...23 lines deleted...]
-    <x:t>$540,887.04</x:t>
+    <x:t>5,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,477.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PST IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,906.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euronext Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENX FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,091.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T&amp;D Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8795 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$483,192.55</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,892</x:t>
-[...71 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>3,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,340.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telia Co Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,010.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smiths Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$470,262.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,896.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toray Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3402 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,378.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asr Nederland Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASRNL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,535.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tele2 Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL2B SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,607.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ageas Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,124.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynatrace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,800.30</x:t>
   </x:si>
   <x:si>
     <x:t>Kuehne + Nagel International Ag</x:t>
   </x:si>
   <x:si>
     <x:t>KNIN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1,358</x:t>
-[...2 lines deleted...]
-    <x:t>$472,643.53</x:t>
+    <x:t>1,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,580.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concordia Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7186 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,089.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOWI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,988.19</x:t>
   </x:si>
   <x:si>
     <x:t>Ia Financial Corp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IAG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>2,595</x:t>
-[...92 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>2,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,355.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,653.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutanix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,218.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,880.83</x:t>
   </x:si>
   <x:si>
     <x:t>Qiagen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>QIA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>5,783</x:t>
-[...89 lines deleted...]
-    <x:t>$403,321.62</x:t>
+    <x:t>5,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,752.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;G Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,241.97</x:t>
   </x:si>
   <x:si>
     <x:t>Rexel Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RXL FP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,305</x:t>
-[...29 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>6,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,914.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,528.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Orion Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>ORNBV FH</x:t>
   </x:si>
   <x:si>
-    <x:t>3,071</x:t>
-[...2 lines deleted...]
-    <x:t>$377,958.62</x:t>
+    <x:t>3,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,888.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tryg A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRYG DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,759.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,791.95</x:t>
   </x:si>
   <x:si>
     <x:t>Talanx Ag</x:t>
   </x:si>
   <x:si>
     <x:t>TLX GR</x:t>
   </x:si>
   <x:si>
-    <x:t>1,815</x:t>
-[...44 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>1,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,457.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSON LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,430.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,066.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,399.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,133.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Barratt Developments Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BDEV LN</x:t>
   </x:si>
   <x:si>
-    <x:t>38,222</x:t>
-[...56 lines deleted...]
-    <x:t>$276,059.50</x:t>
+    <x:t>38,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,860.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kesko Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KESKOB FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,387.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
-    <x:t>2,221</x:t>
-[...14 lines deleted...]
-    <x:t>$271,439.37</x:t>
+    <x:t>2,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,312.80</x:t>
   </x:si>
   <x:si>
     <x:t>Beijer Ref Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BEIJB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>11,496</x:t>
-[...5 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>11,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,706.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bentley Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,985.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroders Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,658.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,239.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gjensidige Forsikring Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GJF NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,410.99</x:t>
   </x:si>
   <x:si>
     <x:t>Zalando Se</x:t>
   </x:si>
   <x:si>
     <x:t>ZAL GR</x:t>
   </x:si>
   <x:si>
-    <x:t>6,312</x:t>
-[...44 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>6,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,960.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D'Ieteren Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIE BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,782.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Nemetschek Se</x:t>
   </x:si>
   <x:si>
     <x:t>NEM GR</x:t>
   </x:si>
   <x:si>
-    <x:t>1,623</x:t>
-[...14 lines deleted...]
-    <x:t>$196,727.55</x:t>
+    <x:t>1,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,286.88</x:t>
   </x:si>
   <x:si>
     <x:t>Sysmex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6869 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,156</x:t>
-[...2 lines deleted...]
-    <x:t>$193,738.27</x:t>
+    <x:t>14,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,685.07</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>37,081</x:t>
-[...17 lines deleted...]
-    <x:t>$180,708.44</x:t>
+    <x:t>36,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,157.59</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,295</x:t>
-[...2 lines deleted...]
-    <x:t>$171,792.24</x:t>
+    <x:t>1,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,081.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Covivio</x:t>
   </x:si>
   <x:si>
     <x:t>COV FP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,569</x:t>
-[...2 lines deleted...]
-    <x:t>$144,660.35</x:t>
+    <x:t>1,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,561.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,031.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>Zozo Inc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$80,039.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$74,633.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2218,51 +2224,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9486034d3a574205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8e8e3ddf7114fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fee17262e744c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d6b74b77264397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra943f1c5214c4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9eff4b704b734e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F159"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2450,551 +2456,551 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
@@ -3150,431 +3156,431 @@
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
@@ -3730,231 +3736,231 @@
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
@@ -3990,1451 +3996,1451 @@
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
         <x:v>619</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F159" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>