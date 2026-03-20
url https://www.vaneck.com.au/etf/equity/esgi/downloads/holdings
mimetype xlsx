--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1,2205 +1,2142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8106512793c74ee4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb5978af00d41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260227" sheetId="1" r:id="R9eff4b704b734e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260319" sheetId="1" r:id="Rbc465adec9ac4c1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="719">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="698">
+  <x:si>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>7,736</x:t>
-[...5 lines deleted...]
-    <x:t>6.97%</x:t>
+    <x:t>7,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,163,616.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,335</x:t>
-[...5 lines deleted...]
-    <x:t>5.20%</x:t>
+    <x:t>22,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,106,593.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,470,808.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,983,414.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,879,441.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8316 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>102,742</x:t>
-[...20 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>103,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,840,209.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,728,047.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertex Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,592,159.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1299 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,543,573.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8035 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>12,562</x:t>
-[...62 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>12,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,536,374.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,127,404.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Zurich Insurance Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ZURN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>4,103</x:t>
-[...2 lines deleted...]
-    <x:t>$4,323,163.35</x:t>
+    <x:t>4,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,096,649.93</x:t>
   </x:si>
   <x:si>
     <x:t>1.90%</x:t>
   </x:si>
   <x:si>
-    <x:t>Adobe Inc</x:t>
-[...26 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>Dbs Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,849,556.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intercontinental Exchange Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,591,594.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9984 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>107,157</x:t>
-[...20 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>105,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,498,731.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>BNS CN</x:t>
   </x:si>
   <x:si>
-    <x:t>34,784</x:t>
-[...20 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>35,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,466,373.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,357</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>11,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,376,216.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,286,884.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,159,783.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Pnc Financial Services Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>PNC US</x:t>
   </x:si>
   <x:si>
-    <x:t>11,041</x:t>
-[...35 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>11,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,144,693.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokio Marine Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,803,060.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
-    <x:t>888</x:t>
-[...20 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,701,978.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,627,103.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,603,953.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,495,728.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WPM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>12,728</x:t>
-[...47 lines deleted...]
-    <x:t>$2,459,195.02</x:t>
+    <x:t>12,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,347,650.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,318,212.03</x:t>
   </x:si>
   <x:si>
     <x:t>1.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>Recruit Holdings Co Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$2,404,469.05</x:t>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,274,613.02</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>Deutsche Boerse Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,162,711.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,111,369.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>National Bank Of Canada</x:t>
   </x:si>
   <x:si>
     <x:t>NA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>10,993</x:t>
-[...2 lines deleted...]
-    <x:t>$2,177,144.23</x:t>
+    <x:t>11,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,074,346.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,005,037.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,964,758.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,921,399.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,910,422.99</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idexx Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDXX US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,243</x:t>
-[...74 lines deleted...]
-    <x:t>$1,963,748.86</x:t>
+    <x:t>2,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,847,208.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Electronic Arts Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Sandvik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAND SS</x:t>
   </x:si>
   <x:si>
-    <x:t>29,894</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>30,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,638,920.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9434 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>815,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,571,696.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>27,850</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>28,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,524,828.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,482,100.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UOB SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,456,895.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Prudential Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PRU LN</x:t>
   </x:si>
   <x:si>
-    <x:t>71,844</x:t>
-[...50 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>72,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,455,207.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Life Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,410,005.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Corp</x:t>
   </x:si>
   <x:si>
     <x:t>STT US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,954</x:t>
-[...29 lines deleted...]
-    <x:t>$1,439,665.28</x:t>
+    <x:t>7,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,355,578.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,346,323.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,338,330.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,337,975.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intact Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,331,112.60</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prudential Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PRU US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,869</x:t>
-[...14 lines deleted...]
-    <x:t>$1,396,724.50</x:t>
+    <x:t>9,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,303,352.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>Daiichi Sankyo Co Ltd</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,948</x:t>
-[...2 lines deleted...]
-    <x:t>$1,354,277.95</x:t>
+    <x:t>8,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,266,970.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Life Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SLHN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>800</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,222,815.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Xylem Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>XYL US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,824</x:t>
-[...2 lines deleted...]
-    <x:t>$1,268,103.93</x:t>
+    <x:t>6,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,167,378.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Waters Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,756</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>2,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,162,855.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,796.64</x:t>
   </x:si>
   <x:si>
     <x:t>Kbc Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>KBC BB</x:t>
   </x:si>
   <x:si>
-    <x:t>6,439</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>6,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,146,813.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,979.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,129,320.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,587.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,046.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raymond James Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RJF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,290.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sampo Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAMPO FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,046.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sika Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIKA SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,104.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amadeus It Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,223.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,806.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mettler-Toledo International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,919.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$940,827.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,257</x:t>
-[...128 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>1,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,567.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$914,602.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$885,676.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$881,785.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$880,891.14</x:t>
   </x:si>
   <x:si>
     <x:t>Mongodb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MDB US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,281</x:t>
-[...86 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>2,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,157.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$874,690.36</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
-    <x:t>30,855</x:t>
-[...35 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>31,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,756.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Nn Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NN NA</x:t>
   </x:si>
   <x:si>
-    <x:t>7,542</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>7,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$827,459.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Humana Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HUM US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,372</x:t>
-[...2 lines deleted...]
-    <x:t>$887,373.48</x:t>
+    <x:t>3,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$821,455.01</x:t>
   </x:si>
   <x:si>
     <x:t>Ch Robinson Worldwide Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,311</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>3,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$808,047.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,466.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,008.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,572.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legal &amp; General Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,322.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>International Paper Co</x:t>
   </x:si>
   <x:si>
     <x:t>IP US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,063</x:t>
-[...56 lines deleted...]
-    <x:t>$781,585.49</x:t>
+    <x:t>14,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$721,804.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Vat Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>VACN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>757</x:t>
-[...2 lines deleted...]
-    <x:t>$743,875.69</x:t>
+    <x:t>766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,665.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$700,614.56</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cellnex Telecom Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CLNX SM</x:t>
   </x:si>
   <x:si>
-    <x:t>13,865</x:t>
-[...17 lines deleted...]
-    <x:t>$716,113.23</x:t>
+    <x:t>13,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,282.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,880.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Metal Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>5713 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,930</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>7,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,107.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,031.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$616,932.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,231.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Deckers Outdoor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DECK US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,159</x:t>
-[...59 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>4,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,709.21</x:t>
   </x:si>
   <x:si>
     <x:t>Moncler Spa</x:t>
   </x:si>
   <x:si>
     <x:t>MONC IM</x:t>
   </x:si>
   <x:si>
-    <x:t>6,549</x:t>
-[...2 lines deleted...]
-    <x:t>$637,346.07</x:t>
+    <x:t>6,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,525.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,078.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URW FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,087.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,104.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finecobank Banca Fineco Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBK IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,404.92</x:t>
   </x:si>
   <x:si>
     <x:t>Asahi Kasei Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3407 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>36,377</x:t>
-[...29 lines deleted...]
-    <x:t>$579,898.27</x:t>
+    <x:t>36,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,415.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Okta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,656.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,234.89</x:t>
   </x:si>
   <x:si>
     <x:t>Informa Plc</x:t>
   </x:si>
   <x:si>
     <x:t>INF LN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,288</x:t>
-[...17 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>36,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,510.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Segro Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SGRO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,050</x:t>
-[...14 lines deleted...]
-    <x:t>$573,976.00</x:t>
+    <x:t>36,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,498.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,025.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,609.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euronext Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENX FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,416.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telia Co Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELIA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$480,689.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonova Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOON SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,357.68</x:t>
   </x:si>
   <x:si>
     <x:t>Metso Outotec Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>METSO FH</x:t>
   </x:si>
   <x:si>
-    <x:t>18,593</x:t>
-[...44 lines deleted...]
-    <x:t>$520,467.55</x:t>
+    <x:t>18,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,374.83</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Exchange Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8697 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>27,822</x:t>
-[...29 lines deleted...]
-    <x:t>$495,477.97</x:t>
+    <x:t>27,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,692.24</x:t>
   </x:si>
   <x:si>
     <x:t>Poste Italiane Spa</x:t>
   </x:si>
   <x:si>
     <x:t>PST IM</x:t>
   </x:si>
   <x:si>
-    <x:t>12,817</x:t>
-[...14 lines deleted...]
-    <x:t>$486,091.13</x:t>
+    <x:t>12,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,370.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,218.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,719.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godaddy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,691.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tele2 Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL2B SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,804.23</x:t>
+  </x:si>
+  <x:si>
     <x:t>T&amp;D Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8795 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>12,964</x:t>
-[...26 lines deleted...]
-    <x:t>$471,010.59</x:t>
+    <x:t>13,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$445,042.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOWI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,212.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asr Nederland Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASRNL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,546.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ageas Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,699.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,292.98</x:t>
   </x:si>
   <x:si>
     <x:t>Smiths Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SMIN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>9,151</x:t>
-[...14 lines deleted...]
-    <x:t>$465,896.79</x:t>
+    <x:t>9,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,450.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,353.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ia Financial Corp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,704.52</x:t>
   </x:si>
   <x:si>
     <x:t>Toray Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3402 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>38,880</x:t>
-[...68 lines deleted...]
-    <x:t>$432,580.95</x:t>
+    <x:t>39,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,582.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Concordia Financial Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7186 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>28,882</x:t>
-[...65 lines deleted...]
-    <x:t>$397,880.83</x:t>
+    <x:t>29,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,163.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;G Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,162.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,528.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RXL FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,090.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Qiagen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>QIA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>5,768</x:t>
-[...29 lines deleted...]
-    <x:t>$385,914.50</x:t>
+    <x:t>5,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,631.69</x:t>
   </x:si>
   <x:si>
     <x:t>Unipol Assicurazioni Spa</x:t>
   </x:si>
   <x:si>
     <x:t>UNI IM</x:t>
   </x:si>
   <x:si>
-    <x:t>10,058</x:t>
-[...17 lines deleted...]
-    <x:t>$345,888.17</x:t>
+    <x:t>10,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,066.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
+    <x:t>Talanx Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,368.74</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tryg A/S</x:t>
   </x:si>
   <x:si>
     <x:t>TRYG DC</x:t>
   </x:si>
   <x:si>
-    <x:t>9,428</x:t>
-[...2 lines deleted...]
-    <x:t>$327,759.32</x:t>
+    <x:t>9,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,575.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,049.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearson Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSON LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,940.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Svenska Cellulosa Ab Sca</x:t>
   </x:si>
   <x:si>
     <x:t>SCAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>17,032</x:t>
-[...41 lines deleted...]
-    <x:t>$295,066.22</x:t>
+    <x:t>17,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,930.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,193.57</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Group Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PHNX LN</x:t>
   </x:si>
   <x:si>
-    <x:t>19,700</x:t>
-[...14 lines deleted...]
-    <x:t>$273,133.83</x:t>
+    <x:t>19,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,131.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>Kesko Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KESKOB FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,403.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zalando Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,909.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijer Ref Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEIJB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,344.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gjensidige Forsikring Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GJF NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,793.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroders Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,753.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Trader Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,416.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pandora A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNDORA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,677.74</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barratt Developments Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BDEV LN</x:t>
   </x:si>
   <x:si>
-    <x:t>38,121</x:t>
-[...104 lines deleted...]
-    <x:t>$215,960.17</x:t>
+    <x:t>38,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,026.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemetschek Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,073.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysmex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6869 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,976.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,857.19</x:t>
   </x:si>
   <x:si>
     <x:t>D'Ieteren Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>DIE BB</x:t>
   </x:si>
   <x:si>
-    <x:t>602</x:t>
-[...41 lines deleted...]
-    <x:t>$173,157.59</x:t>
+    <x:t>609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,212.57</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,292</x:t>
-[...2 lines deleted...]
-    <x:t>$166,081.82</x:t>
+    <x:t>1,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,097.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Covivio</x:t>
   </x:si>
   <x:si>
     <x:t>COV FP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,565</x:t>
-[...2 lines deleted...]
-    <x:t>$159,561.52</x:t>
+    <x:t>1,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,703.15</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>12,505</x:t>
-[...2 lines deleted...]
-    <x:t>$126,031.40</x:t>
+    <x:t>12,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,407.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$74,633.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$81,423.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2224,56 +2161,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d6b74b77264397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra943f1c5214c4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9eff4b704b734e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7e35ed3e384c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3fd9891545e94fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc465adec9ac4c1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F159"/>
+  <x:dimension ref="A1:F155"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2456,91 +2393,91 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
@@ -2956,91 +2893,91 @@
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
@@ -3136,291 +3073,291 @@
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
@@ -3436,71 +3373,71 @@
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
@@ -3556,1896 +3493,1816 @@
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="F126" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="F129" s="1" t="s">
         <x:v>589</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="F131" s="1" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>637</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
         <x:v>684</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
         <x:v>693</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="C154" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A155" s="1">
-[...79 lines deleted...]
-      <x:c r="A159" s="2" t="s">
+      <x:c r="A155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B159" s="2" t="s">
+      <x:c r="B155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C159" s="2" t="s">
+      <x:c r="C155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D159" s="2" t="s">
+      <x:c r="D155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E159" s="2" t="s">
+      <x:c r="E155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F159" s="2" t="s">
+      <x:c r="F155" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A159:F159"/>
+    <x:mergeCell ref="A155:F155"/>
   </x:mergeCells>
 </x:worksheet>
 </file>