--- v4 (2026-03-20)
+++ v5 (2026-03-20)
@@ -1,2142 +1,2142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb5978af00d41a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcef9d4a8fc4be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260319" sheetId="1" r:id="Rbc465adec9ac4c1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESGI_asat_20260319" sheetId="1" r:id="Rf414c2bd6f9344b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="698">
   <x:si>
     <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
     <x:t>7,826</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,163,616.13</x:t>
-[...2 lines deleted...]
-    <x:t>7.05%</x:t>
+    <x:t>$14,965,355.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>22,490</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,106,593.00</x:t>
-[...2 lines deleted...]
-    <x:t>5.16%</x:t>
+    <x:t>$11,417,925.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
     <x:t>22,920</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,470,808.05</x:t>
-[...2 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>$5,529,335.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
     <x:t>7,893</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,983,414.93</x:t>
-[...2 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>$5,106,891.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>18,031</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,879,441.25</x:t>
+    <x:t>$4,871,906.22</x:t>
   </x:si>
   <x:si>
     <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8316 JP</x:t>
   </x:si>
   <x:si>
     <x:t>103,938</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,840,209.29</x:t>
+    <x:t>$4,815,759.09</x:t>
   </x:si>
   <x:si>
     <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>29,424</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,728,047.96</x:t>
-[...2 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>$4,736,862.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>7,196</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,592,159.59</x:t>
-[...2 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>$4,684,661.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,491,368.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Aia Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1299 HK</x:t>
   </x:si>
   <x:si>
     <x:t>298,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,543,573.45</x:t>
-[...14 lines deleted...]
-    <x:t>$4,536,374.52</x:t>
+    <x:t>$4,476,828.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>11,873</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,127,404.91</x:t>
-[...2 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>$4,150,993.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Zurich Insurance Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ZURN SW</x:t>
   </x:si>
   <x:si>
     <x:t>4,151</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,096,649.93</x:t>
-[...2 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>$4,056,922.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Dbs Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DBS SP</x:t>
   </x:si>
   <x:si>
     <x:t>60,364</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,849,556.14</x:t>
-[...2 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>$3,848,666.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Intercontinental Exchange Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ICE US</x:t>
   </x:si>
   <x:si>
     <x:t>16,172</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,591,594.14</x:t>
-[...2 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$3,643,066.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,434,452.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,430,961.26</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9984 JP</x:t>
   </x:si>
   <x:si>
     <x:t>105,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,498,731.09</x:t>
-[...29 lines deleted...]
-    <x:t>$3,376,216.99</x:t>
+    <x:t>$3,366,885.14</x:t>
   </x:si>
   <x:si>
     <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>5,426</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,286,884.04</x:t>
-[...2 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>$3,302,564.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,176,630.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>7,720</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,159,783.60</x:t>
+    <x:t>$3,153,393.79</x:t>
   </x:si>
   <x:si>
     <x:t>1.47%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pnc Financial Services Group Inc/The</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Tokio Marine Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>52,112</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,803,060.06</x:t>
-[...2 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$2,824,727.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,608,184.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Hermes International</x:t>
   </x:si>
   <x:si>
     <x:t>RMS FP</x:t>
   </x:si>
   <x:si>
     <x:t>898</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,701,978.25</x:t>
-[...17 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$2,559,798.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,463,134.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>37,111</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,603,953.90</x:t>
-[...17 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>$2,461,884.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,290,890.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recruit Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6098 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,593.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>12,877</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,347,650.60</x:t>
-[...32 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$2,218,835.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Boerse Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DB1 GR</x:t>
   </x:si>
   <x:si>
     <x:t>5,341</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,162,711.81</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$2,177,970.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>6,013</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,111,369.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$2,116,428.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>National Bank Of Canada</x:t>
   </x:si>
   <x:si>
     <x:t>NA CN</x:t>
   </x:si>
   <x:si>
     <x:t>11,060</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,074,346.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$2,041,709.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Re Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SREN SW</x:t>
   </x:si>
   <x:si>
     <x:t>8,474</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,005,037.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$1,967,152.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,928,949.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Compass Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CPG LN</x:t>
   </x:si>
   <x:si>
     <x:t>48,230</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,964,758.94</x:t>
-[...17 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>$1,925,698.97</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>6,739</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,910,422.99</x:t>
+    <x:t>$1,922,185.66</x:t>
   </x:si>
   <x:si>
     <x:t>Idexx Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDXX US</x:t>
   </x:si>
   <x:si>
     <x:t>2,265</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,847,208.14</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$1,866,629.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9434 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>815,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,580,160.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Sandvik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAND SS</x:t>
   </x:si>
   <x:si>
     <x:t>30,242</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,638,920.25</x:t>
-[...17 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$1,551,356.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,493,440.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
     <x:t>28,174</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,524,828.90</x:t>
-[...14 lines deleted...]
-    <x:t>$1,482,100.40</x:t>
+    <x:t>$1,478,490.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
+    <x:t>Prudential Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,464,220.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
     <x:t>United Overseas Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>UOB SP</x:t>
   </x:si>
   <x:si>
     <x:t>35,462</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,456,895.35</x:t>
-[...14 lines deleted...]
-    <x:t>$1,455,207.05</x:t>
+    <x:t>$1,461,941.67</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Life Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SLF CN</x:t>
   </x:si>
   <x:si>
     <x:t>15,707</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,410,005.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$1,398,132.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Corp</x:t>
   </x:si>
   <x:si>
     <x:t>STT US</x:t>
   </x:si>
   <x:si>
     <x:t>7,922</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,355,578.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$1,361,804.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Daiichi Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4568 JP</x:t>
   </x:si>
   <x:si>
     <x:t>51,043</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,346,323.59</x:t>
+    <x:t>$1,331,559.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,323,556.73</x:t>
   </x:si>
   <x:si>
     <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8725 JP</x:t>
   </x:si>
   <x:si>
     <x:t>36,495</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,338,330.03</x:t>
-[...14 lines deleted...]
-    <x:t>$1,337,975.82</x:t>
+    <x:t>$1,320,992.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,305,211.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Intact Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IFC CN</x:t>
   </x:si>
   <x:si>
     <x:t>5,058</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,331,112.60</x:t>
-[...14 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>$1,298,515.36</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>8,041</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,266,970.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$1,277,120.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Life Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SLHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>809</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,222,815.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$1,206,163.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,465.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Xylem Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>XYL US</x:t>
   </x:si>
   <x:si>
     <x:t>6,906</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,167,378.99</x:t>
-[...14 lines deleted...]
-    <x:t>$1,162,855.19</x:t>
+    <x:t>$1,182,735.86</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
     <x:t>4,429</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,151,796.64</x:t>
+    <x:t>$1,168,246.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,179.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,142,765.85</x:t>
   </x:si>
   <x:si>
     <x:t>Kbc Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>KBC BB</x:t>
   </x:si>
   <x:si>
     <x:t>6,515</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,146,813.66</x:t>
-[...29 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$1,125,262.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,554.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Astellas Pharma Inc</x:t>
   </x:si>
   <x:si>
     <x:t>4503 JP</x:t>
   </x:si>
   <x:si>
     <x:t>51,328</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,112,587.03</x:t>
-[...14 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$1,098,685.99</x:t>
   </x:si>
   <x:si>
     <x:t>Raymond James Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RJF US</x:t>
   </x:si>
   <x:si>
     <x:t>5,321</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,070,290.63</x:t>
+    <x:t>$1,080,459.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Sampo Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>SAMPO FH</x:t>
   </x:si>
   <x:si>
     <x:t>68,150</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,055,046.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$1,037,122.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amadeus It Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,657.76</x:t>
   </x:si>
   <x:si>
     <x:t>Sika Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SIKA SW</x:t>
   </x:si>
   <x:si>
     <x:t>4,324</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,047,104.12</x:t>
-[...11 lines deleted...]
-    <x:t>$1,045,223.89</x:t>
+    <x:t>$979,734.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mettler-Toledo International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,666.96</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>28,643</x:t>
   </x:si>
   <x:si>
-    <x:t>$982,806.52</x:t>
-[...14 lines deleted...]
-    <x:t>$974,919.35</x:t>
+    <x:t>$965,786.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,942.81</x:t>
+  </x:si>
+  <x:si>
     <x:t>Synchrony Financial</x:t>
   </x:si>
   <x:si>
     <x:t>SYF US</x:t>
   </x:si>
   <x:si>
     <x:t>10,216</x:t>
   </x:si>
   <x:si>
-    <x:t>$940,827.73</x:t>
+    <x:t>$951,179.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ulta Beauty Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$925,567.33</x:t>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,916.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pultegroup Inc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Regions Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RF US</x:t>
   </x:si>
   <x:si>
     <x:t>24,871</x:t>
   </x:si>
   <x:si>
-    <x:t>$885,676.84</x:t>
+    <x:t>$891,128.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongodb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$886,582.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
+    <x:t>Williams-Sonoma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$878,646.74</x:t>
+  </x:si>
+  <x:si>
     <x:t>Svenska Handelsbanken Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SHBA SS</x:t>
   </x:si>
   <x:si>
     <x:t>41,370</x:t>
   </x:si>
   <x:si>
-    <x:t>$881,785.16</x:t>
-[...23 lines deleted...]
-    <x:t>$876,157.28</x:t>
+    <x:t>$867,859.07</x:t>
   </x:si>
   <x:si>
     <x:t>Hexagon Ab</x:t>
   </x:si>
   <x:si>
     <x:t>HEXAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>58,887</x:t>
   </x:si>
   <x:si>
-    <x:t>$874,690.36</x:t>
+    <x:t>$858,559.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ch Robinson Worldwide Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHRW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$832,558.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>31,214</x:t>
   </x:si>
   <x:si>
-    <x:t>$845,756.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>$827,968.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$823,137.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Nn Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NN NA</x:t>
   </x:si>
   <x:si>
     <x:t>7,460</x:t>
   </x:si>
   <x:si>
-    <x:t>$827,459.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>$809,833.27</x:t>
   </x:si>
   <x:si>
     <x:t>Humana Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HUM US</x:t>
   </x:si>
   <x:si>
     <x:t>3,411</x:t>
   </x:si>
   <x:si>
-    <x:t>$821,455.01</x:t>
-[...11 lines deleted...]
-    <x:t>$808,047.28</x:t>
+    <x:t>$806,937.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,141.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Asics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7936 JP</x:t>
   </x:si>
   <x:si>
     <x:t>19,791</x:t>
   </x:si>
   <x:si>
-    <x:t>$800,466.11</x:t>
-[...29 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$783,235.81</x:t>
   </x:si>
   <x:si>
     <x:t>Legal &amp; General Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LGEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>161,602</x:t>
   </x:si>
   <x:si>
-    <x:t>$759,322.15</x:t>
+    <x:t>$740,348.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
+    <x:t>Vat Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VACN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,759.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,118.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>International Paper Co</x:t>
   </x:si>
   <x:si>
     <x:t>IP US</x:t>
   </x:si>
   <x:si>
     <x:t>14,228</x:t>
   </x:si>
   <x:si>
-    <x:t>$721,804.87</x:t>
-[...29 lines deleted...]
-    <x:t>$700,614.56</x:t>
+    <x:t>$687,538.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,506.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,259.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deckers Outdoor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$616,398.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,410.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Cellnex Telecom Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CLNX SM</x:t>
   </x:si>
   <x:si>
     <x:t>13,549</x:t>
   </x:si>
   <x:si>
-    <x:t>$646,282.48</x:t>
-[...17 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$601,503.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,852.02</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Metal Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>5713 JP</x:t>
   </x:si>
   <x:si>
     <x:t>7,011</x:t>
   </x:si>
   <x:si>
-    <x:t>$622,107.37</x:t>
-[...50 lines deleted...]
-    <x:t>$610,709.21</x:t>
+    <x:t>$575,653.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Moncler Spa</x:t>
   </x:si>
   <x:si>
     <x:t>MONC IM</x:t>
   </x:si>
   <x:si>
     <x:t>6,625</x:t>
   </x:si>
   <x:si>
-    <x:t>$572,525.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>$560,910.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Okta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,638.06</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>19,024</x:t>
   </x:si>
   <x:si>
-    <x:t>$555,078.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$551,006.12</x:t>
   </x:si>
   <x:si>
     <x:t>Unibail-Rodamco-Westfield</x:t>
   </x:si>
   <x:si>
     <x:t>URW FP</x:t>
   </x:si>
   <x:si>
     <x:t>3,456</x:t>
   </x:si>
   <x:si>
-    <x:t>$549,087.59</x:t>
+    <x:t>$538,270.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Check Point Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,978.25</x:t>
   </x:si>
   <x:si>
     <x:t>Sekisui House Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1928 JP</x:t>
   </x:si>
   <x:si>
     <x:t>16,927</x:t>
   </x:si>
   <x:si>
-    <x:t>$541,104.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$530,863.55</x:t>
   </x:si>
   <x:si>
     <x:t>Finecobank Banca Fineco Spa</x:t>
   </x:si>
   <x:si>
     <x:t>FBK IM</x:t>
   </x:si>
   <x:si>
     <x:t>17,346</x:t>
   </x:si>
   <x:si>
-    <x:t>$540,404.92</x:t>
+    <x:t>$522,416.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Best Buy Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,089.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,435.42</x:t>
   </x:si>
   <x:si>
     <x:t>Asahi Kasei Corp</x:t>
   </x:si>
   <x:si>
     <x:t>3407 JP</x:t>
   </x:si>
   <x:si>
     <x:t>36,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,415.40</x:t>
-[...38 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$513,731.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,184.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euronext Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENX FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,683.51</x:t>
   </x:si>
   <x:si>
     <x:t>Segro Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SGRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>36,470</x:t>
   </x:si>
   <x:si>
-    <x:t>$514,498.61</x:t>
-[...38 lines deleted...]
-    <x:t>$497,416.19</x:t>
+    <x:t>$494,939.56</x:t>
   </x:si>
   <x:si>
     <x:t>Telia Co Ab</x:t>
   </x:si>
   <x:si>
     <x:t>TELIA SS</x:t>
   </x:si>
   <x:si>
     <x:t>66,916</x:t>
   </x:si>
   <x:si>
-    <x:t>$480,689.41</x:t>
+    <x:t>$477,441.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,659.78</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sonova Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SOON SW</x:t>
   </x:si>
   <x:si>
     <x:t>1,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$473,357.68</x:t>
+    <x:t>$461,980.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Exchange Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,179.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Admiral Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,807.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godaddy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,754.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PST IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,532.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tele2 Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL2B SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,468.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T&amp;D Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8795 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,186.17</x:t>
   </x:si>
   <x:si>
     <x:t>Metso Outotec Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>METSO FH</x:t>
   </x:si>
   <x:si>
     <x:t>18,810</x:t>
   </x:si>
   <x:si>
-    <x:t>$464,374.83</x:t>
-[...86 lines deleted...]
-    <x:t>$445,042.51</x:t>
+    <x:t>$439,078.22</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>13,460</x:t>
   </x:si>
   <x:si>
-    <x:t>$443,212.41</x:t>
+    <x:t>$430,137.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Asr Nederland Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASRNL NA</x:t>
   </x:si>
   <x:si>
     <x:t>4,448</x:t>
   </x:si>
   <x:si>
-    <x:t>$429,546.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$420,701.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuehne + Nagel International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,882.70</x:t>
   </x:si>
   <x:si>
     <x:t>Ageas Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>AGS BB</x:t>
   </x:si>
   <x:si>
     <x:t>4,232</x:t>
   </x:si>
   <x:si>
-    <x:t>$421,699.35</x:t>
-[...11 lines deleted...]
-    <x:t>$421,292.98</x:t>
+    <x:t>$417,930.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Research Institute Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4307 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,111.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Smiths Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SMIN LN</x:t>
   </x:si>
   <x:si>
     <x:t>9,003</x:t>
   </x:si>
   <x:si>
-    <x:t>$408,450.14</x:t>
-[...14 lines deleted...]
-    <x:t>$408,353.78</x:t>
+    <x:t>$401,686.26</x:t>
   </x:si>
   <x:si>
     <x:t>Ia Financial Corp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IAG CN</x:t>
   </x:si>
   <x:si>
     <x:t>2,602</x:t>
   </x:si>
   <x:si>
-    <x:t>$403,704.52</x:t>
+    <x:t>$396,611.54</x:t>
   </x:si>
   <x:si>
     <x:t>Toray Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3402 JP</x:t>
   </x:si>
   <x:si>
     <x:t>39,333</x:t>
   </x:si>
   <x:si>
-    <x:t>$396,582.70</x:t>
+    <x:t>$387,917.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Concordia Financial Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7186 JP</x:t>
   </x:si>
   <x:si>
     <x:t>29,218</x:t>
   </x:si>
   <x:si>
-    <x:t>$373,163.85</x:t>
+    <x:t>$363,645.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,306.02</x:t>
+  </x:si>
+  <x:si>
     <x:t>M&amp;G Plc</x:t>
   </x:si>
   <x:si>
     <x:t>MNG LN</x:t>
   </x:si>
   <x:si>
     <x:t>64,913</x:t>
   </x:si>
   <x:si>
-    <x:t>$369,162.14</x:t>
-[...11 lines deleted...]
-    <x:t>$355,528.13</x:t>
+    <x:t>$343,602.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qiagen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QIA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,353.03</x:t>
   </x:si>
   <x:si>
     <x:t>Rexel Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RXL FP</x:t>
   </x:si>
   <x:si>
     <x:t>6,299</x:t>
   </x:si>
   <x:si>
-    <x:t>$343,090.14</x:t>
-[...14 lines deleted...]
-    <x:t>$339,631.69</x:t>
+    <x:t>$330,870.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Unipol Assicurazioni Spa</x:t>
   </x:si>
   <x:si>
     <x:t>UNI IM</x:t>
   </x:si>
   <x:si>
     <x:t>10,175</x:t>
   </x:si>
   <x:si>
-    <x:t>$331,066.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$324,842.62</x:t>
   </x:si>
   <x:si>
     <x:t>Talanx Ag</x:t>
   </x:si>
   <x:si>
     <x:t>TLX GR</x:t>
   </x:si>
   <x:si>
     <x:t>1,831</x:t>
   </x:si>
   <x:si>
-    <x:t>$327,368.74</x:t>
+    <x:t>$324,487.61</x:t>
   </x:si>
   <x:si>
     <x:t>Tryg A/S</x:t>
   </x:si>
   <x:si>
     <x:t>TRYG DC</x:t>
   </x:si>
   <x:si>
     <x:t>9,537</x:t>
   </x:si>
   <x:si>
-    <x:t>$325,575.08</x:t>
+    <x:t>$323,344.68</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
     <x:t>9,827</x:t>
   </x:si>
   <x:si>
-    <x:t>$312,049.42</x:t>
+    <x:t>$312,344.24</x:t>
   </x:si>
   <x:si>
     <x:t>Pearson Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PSON LN</x:t>
   </x:si>
   <x:si>
     <x:t>16,230</x:t>
   </x:si>
   <x:si>
-    <x:t>$303,940.84</x:t>
+    <x:t>$297,788.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,227.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Svenska Cellulosa Ab Sca</x:t>
   </x:si>
   <x:si>
     <x:t>SCAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>17,258</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,930.16</x:t>
-[...11 lines deleted...]
-    <x:t>$292,193.57</x:t>
+    <x:t>$284,964.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Group Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PHNX LN</x:t>
   </x:si>
   <x:si>
     <x:t>19,978</x:t>
   </x:si>
   <x:si>
-    <x:t>$262,131.70</x:t>
+    <x:t>$252,993.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Kesko Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>KESKOB FH</x:t>
   </x:si>
   <x:si>
     <x:t>7,747</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,403.04</x:t>
+    <x:t>$245,552.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Zalando Se</x:t>
   </x:si>
   <x:si>
     <x:t>ZAL GR</x:t>
   </x:si>
   <x:si>
     <x:t>6,369</x:t>
   </x:si>
   <x:si>
-    <x:t>$243,909.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$236,476.00</x:t>
   </x:si>
   <x:si>
     <x:t>Beijer Ref Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BEIJB SS</x:t>
   </x:si>
   <x:si>
     <x:t>11,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,344.30</x:t>
+    <x:t>$228,631.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schroders Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,454.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Gjensidige Forsikring Asa</x:t>
   </x:si>
   <x:si>
     <x:t>GJF NO</x:t>
   </x:si>
   <x:si>
     <x:t>5,673</x:t>
   </x:si>
   <x:si>
-    <x:t>$223,793.18</x:t>
-[...14 lines deleted...]
-    <x:t>$221,753.38</x:t>
+    <x:t>$221,539.71</x:t>
   </x:si>
   <x:si>
     <x:t>Auto Trader Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AUTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>23,887</x:t>
   </x:si>
   <x:si>
-    <x:t>$217,416.68</x:t>
+    <x:t>$217,960.22</x:t>
   </x:si>
   <x:si>
     <x:t>Pandora A/S</x:t>
   </x:si>
   <x:si>
     <x:t>PNDORA DC</x:t>
   </x:si>
   <x:si>
     <x:t>2,241</x:t>
   </x:si>
   <x:si>
-    <x:t>$212,677.74</x:t>
+    <x:t>$216,011.17</x:t>
   </x:si>
   <x:si>
     <x:t>Barratt Developments Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BDEV LN</x:t>
   </x:si>
   <x:si>
     <x:t>38,410</x:t>
   </x:si>
   <x:si>
-    <x:t>$208,026.63</x:t>
+    <x:t>$192,084.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Nemetschek Se</x:t>
   </x:si>
   <x:si>
     <x:t>NEM GR</x:t>
   </x:si>
   <x:si>
     <x:t>1,638</x:t>
   </x:si>
   <x:si>
-    <x:t>$181,073.35</x:t>
+    <x:t>$188,832.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysmex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6869 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,765.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sysmex Corp</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>37,422</x:t>
   </x:si>
   <x:si>
-    <x:t>$173,857.19</x:t>
+    <x:t>$169,655.78</x:t>
   </x:si>
   <x:si>
     <x:t>D'Ieteren Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>DIE BB</x:t>
   </x:si>
   <x:si>
     <x:t>609</x:t>
   </x:si>
   <x:si>
-    <x:t>$170,212.57</x:t>
+    <x:t>$162,935.74</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
     <x:t>1,307</x:t>
   </x:si>
   <x:si>
-    <x:t>$148,097.55</x:t>
+    <x:t>$146,717.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Covivio</x:t>
   </x:si>
   <x:si>
     <x:t>COV FP</x:t>
   </x:si>
   <x:si>
     <x:t>1,583</x:t>
   </x:si>
   <x:si>
-    <x:t>$143,703.15</x:t>
+    <x:t>$140,916.27</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>12,650</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,407.89</x:t>
+    <x:t>$122,883.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$81,423.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$100,467.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -2161,51 +2161,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7e35ed3e384c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3fd9891545e94fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc465adec9ac4c1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e143b8a5044bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3d68c623a5dc4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf414c2bd6f9344b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F155"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2433,171 +2433,171 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
@@ -2733,2491 +2733,2491 @@
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="D95" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="D119" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="E119" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="F125" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="F126" s="1" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="F128" s="1" t="s">
         <x:v>583</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="E129" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="F130" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
+      <x:c r="F135" s="1" t="s">
         <x:v>613</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="F137" s="1" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
+      <x:c r="D145" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
+      <x:c r="D146" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
+      <x:c r="F146" s="1" t="s">
         <x:v>662</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
+      <x:c r="F148" s="1" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>