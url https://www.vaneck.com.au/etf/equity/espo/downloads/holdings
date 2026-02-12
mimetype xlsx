--- v0 (2026-01-17)
+++ v1 (2026-02-12)
@@ -1,459 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678c2b06197740f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8970a4376ce3451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260116" sheetId="1" r:id="R233c64437b6a434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260212" sheetId="1" r:id="Rc191c4f4ca9b4cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
+  <x:si>
+    <x:t>All Fund Holdings as at 12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>70,373</x:t>
-[...5 lines deleted...]
-    <x:t>8.25%</x:t>
+    <x:t>69,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,871,113.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Nintendo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>73,722</x:t>
-[...5 lines deleted...]
-    <x:t>7.26%</x:t>
+    <x:t>73,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,970,864.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Netease Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTES US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,070</x:t>
-[...5 lines deleted...]
-    <x:t>7.16%</x:t>
+    <x:t>34,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,791,890.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,098</x:t>
-[...5 lines deleted...]
-    <x:t>6.08%</x:t>
+    <x:t>19,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,664,770.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,679,273.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,664,253.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Roblox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>RBLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>46,958</x:t>
-[...5 lines deleted...]
-    <x:t>6.07%</x:t>
+    <x:t>46,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,515,092.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Take-Two Interactive Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TTWO US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,240</x:t>
-[...20 lines deleted...]
-    <x:t>5.07%</x:t>
+    <x:t>15,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,330,494.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>124,714</x:t>
-[...5 lines deleted...]
-    <x:t>4.92%</x:t>
+    <x:t>123,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,227,564.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,220,061.24</x:t>
   </x:si>
   <x:si>
     <x:t>International Games System Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3293 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>132,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.64%</x:t>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,970,330.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>128,422</x:t>
-[...35 lines deleted...]
-    <x:t>4.33%</x:t>
+    <x:t>127,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,825,580.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Konami Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9766 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>21,065</x:t>
-[...5 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>20,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,725,503.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krafton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259960 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,569,819.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Cd Projekt Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CDR PW</x:t>
   </x:si>
   <x:si>
-    <x:t>35,741</x:t>
-[...5 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>35,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,379,806.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsoft Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>496,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,841.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Ruyi Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,080,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,407,178.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Square Enix Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,359,630.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xd Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,229,481.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,630</x:t>
-[...80 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>62,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,816.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Micro-Star International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2377 TT</x:t>
   </x:si>
   <x:si>
-    <x:t>413,579</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>409,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,663,580.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>6,047</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>5,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,240,214.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>61,000</x:t>
-[...2 lines deleted...]
-    <x:t>$1,073,069.19</x:t>
+    <x:t>60,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,006.05</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Modern Times Group Mtg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>MTGB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>41,113</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>40,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,995.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Embracer Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRACB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>76,201</x:t>
-[...2 lines deleted...]
-    <x:t>$646,717.27</x:t>
+    <x:t>75,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,934.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-4,539.59</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-31,990.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -478,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd903b674db4452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5af6208805d74aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R233c64437b6a434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01e484269184882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R19189c1773674c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc191c4f4ca9b4cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="44" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -750,371 +747,371 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>