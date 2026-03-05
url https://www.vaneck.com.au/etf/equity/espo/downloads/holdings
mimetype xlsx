--- v1 (2026-02-12)
+++ v2 (2026-03-05)
@@ -1,456 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8970a4376ce3451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red27afefbd1545a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260212" sheetId="1" r:id="Rc191c4f4ca9b4cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260304" sheetId="1" r:id="R6d4ae586dcfc42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
   <x:si>
-    <x:t>All Fund Holdings as at 12/02/2026</x:t>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>69,673</x:t>
-[...5 lines deleted...]
-    <x:t>8.02%</x:t>
+    <x:t>68,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,450,597.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,679,461.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,667,409.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Nintendo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>73,022</x:t>
-[...35 lines deleted...]
-    <x:t>6.61%</x:t>
+    <x:t>72,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,617,095.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,635,445.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Gamestop Corp</x:t>
   </x:si>
   <x:si>
     <x:t>GME US</x:t>
   </x:si>
   <x:si>
-    <x:t>137,392</x:t>
-[...5 lines deleted...]
-    <x:t>5.46%</x:t>
+    <x:t>135,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,629,261.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roblox Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,407,066.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,087,143.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Games System Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3293 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,070,591.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,024,592.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>87,955</x:t>
-[...35 lines deleted...]
-    <x:t>5.05%</x:t>
+    <x:t>87,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,008,786.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konami Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,699,920.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>123,614</x:t>
-[...62 lines deleted...]
-    <x:t>4.35%</x:t>
+    <x:t>122,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,500,366.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Krafton Inc</x:t>
   </x:si>
   <x:si>
     <x:t>259960 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>14,215</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>14,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,237,455.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Cd Projekt Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CDR PW</x:t>
   </x:si>
   <x:si>
-    <x:t>35,408</x:t>
-[...5 lines deleted...]
-    <x:t>3.94%</x:t>
+    <x:t>35,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,174,323.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsoft Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3888 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>496,400</x:t>
-[...5 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>491,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,098.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Square Enix Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,049,015.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>China Ruyi Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>136 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>6,080,000</x:t>
-[...20 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>6,016,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,038,940.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Xd Inc</x:t>
   </x:si>
   <x:si>
     <x:t>2400 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>153,800</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>152,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,024,306.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Star International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2377 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,760,188.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,048</x:t>
-[...20 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>61,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,757,111.90</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>5,991</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>5,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,269,006.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>60,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>59,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$965,612.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embracer Group Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRACB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,521.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Modern Times Group Mtg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>MTGB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>40,730</x:t>
-[...17 lines deleted...]
-    <x:t>$546,934.99</x:t>
+    <x:t>40,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,868.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-31,990.55</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$37,063.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -475,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01e484269184882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R19189c1773674c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc191c4f4ca9b4cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4ba18db3c44599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R035809ccb19b4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d4ae586dcfc42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="44" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -747,271 +747,271 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>