--- v2 (2026-03-05)
+++ v3 (2026-03-25)
@@ -1,453 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red27afefbd1545a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ed5e03cf9e4e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260304" sheetId="1" r:id="R6d4ae586dcfc42db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asat_20260324" sheetId="1" r:id="R7c6ac03879eb4c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
+  <x:si>
+    <x:t>All Fund Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>68,973</x:t>
-[...5 lines deleted...]
-    <x:t>7.86%</x:t>
+    <x:t>66,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,266,593.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,090,189.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Netease Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NTES US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,381</x:t>
-[...5 lines deleted...]
-    <x:t>6.92%</x:t>
+    <x:t>35,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,733,638.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,703</x:t>
-[...20 lines deleted...]
-    <x:t>6.84%</x:t>
+    <x:t>19,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,518,675.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roblox Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,600,350.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Take-Two Interactive Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TTWO US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,940</x:t>
-[...5 lines deleted...]
-    <x:t>5.65%</x:t>
+    <x:t>15,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,197,801.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,099,244.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,850,641.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Games System Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3293 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,818,133.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,657,908.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konami Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,643,073.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Gamestop Corp</x:t>
   </x:si>
   <x:si>
     <x:t>GME US</x:t>
   </x:si>
   <x:si>
-    <x:t>135,953</x:t>
-[...95 lines deleted...]
-    <x:t>4.51%</x:t>
+    <x:t>107,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,532,871.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,429,239.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cd Projekt Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDR PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,076,742.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krafton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259960 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,011,163.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>122,314</x:t>
-[...35 lines deleted...]
-    <x:t>3.87%</x:t>
+    <x:t>94,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,446,279.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsoft Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3888 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>491,200</x:t>
-[...5 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>471,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,988,568.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xd Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,859,909.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Square Enix Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9684 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>89,199</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>70,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,602,703.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Star International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2377 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,372.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>China Ruyi Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>136 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>6,016,000</x:t>
-[...47 lines deleted...]
-    <x:t>$1,757,111.90</x:t>
+    <x:t>5,220,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,118.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>5,928</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>5,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,188,702.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivendi Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,432.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>59,800</x:t>
-[...35 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>57,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,508.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearl Abyss Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263750 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,357.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$37,063.82</x:t>
+    <x:t>$29,853.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -475,60 +478,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4ba18db3c44599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R035809ccb19b4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d4ae586dcfc42db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c00d74ee414c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1fd6321f5848486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c6ac03879eb4c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="44" customWidth="1"/>
-    <x:col min="3" max="3" width="16" customWidth="1"/>
+    <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -967,151 +970,151 @@
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>