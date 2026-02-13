--- v0 (2026-01-20)
+++ v1 (2026-02-13)
@@ -1,1381 +1,1398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5519ccc4694f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48446684f7734566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260119" sheetId="1" r:id="R95af7ab87eb34eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260212" sheetId="1" r:id="Rfd3c77810d944885"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="444">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="450">
+  <x:si>
+    <x:t>All Fund Holdings as at 12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,079,773</x:t>
-[...5 lines deleted...]
-    <x:t>10.79%</x:t>
+    <x:t>1,084,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,148,232.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>496,977</x:t>
-[...5 lines deleted...]
-    <x:t>8.60%</x:t>
+    <x:t>499,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,551,848.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,666,204</x:t>
-[...5 lines deleted...]
-    <x:t>7.11%</x:t>
+    <x:t>1,673,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,186,757.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WPM US</x:t>
   </x:si>
   <x:si>
-    <x:t>449,126</x:t>
-[...5 lines deleted...]
-    <x:t>5.32%</x:t>
+    <x:t>451,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,649,273.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
-    <x:t>515,901</x:t>
-[...5 lines deleted...]
-    <x:t>4.47%</x:t>
+    <x:t>518,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,859,915.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,012,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,566,250.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
-    <x:t>209,362</x:t>
-[...2 lines deleted...]
-    <x:t>$76,389,475.95</x:t>
+    <x:t>210,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,252,542.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,502,453</x:t>
-[...20 lines deleted...]
-    <x:t>4.36%</x:t>
+    <x:t>1,509,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,938,629.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2899 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>7,457,221</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>7,491,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,676,953.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,722,257</x:t>
-[...5 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>1,730,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,897,825.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>526,568</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>529,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,563,441.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>105,137</x:t>
-[...5 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>105,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,381,575.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,507,214</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>2,518,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,007,692.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,260,990.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
-    <x:t>826,309</x:t>
-[...17 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>830,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,666,169.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
-    <x:t>790,046</x:t>
-[...5 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>793,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,770,905.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>715,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,643,325.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,630,354.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,677,303.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
-    <x:t>698,940</x:t>
-[...32 lines deleted...]
-    <x:t>$20,008,410.42</x:t>
+    <x:t>702,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,396,375.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zijin Gold International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2259 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>503,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,742,284.55</x:t>
   </x:si>
   <x:si>
     <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
-    <x:t>607,053</x:t>
-[...20 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>609,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,428,105.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
-    <x:t>230,191</x:t>
-[...17 lines deleted...]
-    <x:t>$15,974,825.74</x:t>
+    <x:t>231,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,421,168.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,370,671.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,567,873.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,307,376.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
-    <x:t>943,380</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>947,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,172,970.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Or Royalties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,542,940.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>123,814</x:t>
-[...35 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>124,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,052,373.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Flag Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,189,307.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,684,061.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,053,876</x:t>
-[...65 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>2,063,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,209,773.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,653,414.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,336,600</x:t>
-[...2 lines deleted...]
-    <x:t>$10,608,164.00</x:t>
+    <x:t>2,347,491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,056,682.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,957,327.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Cia De Minas Buenaventura Saa</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,679,387</x:t>
-[...17 lines deleted...]
-    <x:t>$9,738,744.71</x:t>
+    <x:t>1,687,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,853,329.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>253,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,801,126.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,330,400</x:t>
-[...2 lines deleted...]
-    <x:t>$9,711,920.00</x:t>
+    <x:t>1,336,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,676,991.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>379,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,200,075.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,032,551.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1787 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,190,778</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>1,196,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,650,528.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,146,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,382,464.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>633,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,287,867.32</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>119,559</x:t>
-[...74 lines deleted...]
-    <x:t>$7,590,256.80</x:t>
+    <x:t>120,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,080,559.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>919,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,778,538.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,273,718</x:t>
-[...2 lines deleted...]
-    <x:t>$7,527,673.38</x:t>
+    <x:t>1,279,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,370,807.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>643,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,343,706.59</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>505,395</x:t>
-[...14 lines deleted...]
-    <x:t>$7,083,516.42</x:t>
+    <x:t>507,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,164,366.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,962,604.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,945,235.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,506,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,860,160.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,411,589.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novagold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,339,426.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,134,050.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Perpetua Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PPTA US</x:t>
   </x:si>
   <x:si>
-    <x:t>139,907</x:t>
-[...101 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>140,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,030,879.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,967,009.31</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
-    <x:t>113,861</x:t>
-[...2 lines deleted...]
-    <x:t>$5,259,711.98</x:t>
+    <x:t>114,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,532,480.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,329,847.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,122,970.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAU CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,908,770.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wanguo Gold Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,524,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,790,647.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
-    <x:t>188,105</x:t>
-[...47 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>188,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,755,525.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,679,281.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,482,620.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,241,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,480,775.32</x:t>
   </x:si>
   <x:si>
     <x:t>Silvercorp Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SVM US</x:t>
   </x:si>
   <x:si>
-    <x:t>264,407</x:t>
-[...47 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>265,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,286,249.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Aya Gold &amp; Silver Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AYA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>163,026</x:t>
-[...2 lines deleted...]
-    <x:t>$3,921,780.90</x:t>
+    <x:t>163,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,182,476.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,342,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,349,527.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,339,756.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hycroft Mining Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,214,215.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Cross Gold Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SX2 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,116,146.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snowline Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,114,247.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Americas Gold &amp; Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,003,185.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abrasilver Resource Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABRA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,899,535.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,764,336.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>914,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,675,998.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lingbao Gold Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3330 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>524,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,386,941.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,341,783.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Vizsla Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>VZLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>411,719</x:t>
-[...113 lines deleted...]
-    <x:t>$2,903,129.10</x:t>
+    <x:t>413,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,742.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,211,156.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Predictive Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,458,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,200,145.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,652,731</x:t>
-[...83 lines deleted...]
-    <x:t>$1,957,731.10</x:t>
+    <x:t>1,660,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,054.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>261,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,999,129.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>Predictive Discovery Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>360,939</x:t>
-[...14 lines deleted...]
-    <x:t>$1,827,243.82</x:t>
+    <x:t>362,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,095.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,677,821.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,950.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>278,411</x:t>
-[...29 lines deleted...]
-    <x:t>$1,517,843.84</x:t>
+    <x:t>279,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,370.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collective Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,529,999.02</x:t>
   </x:si>
   <x:si>
     <x:t>Tongguan Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>340 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,198,960</x:t>
-[...17 lines deleted...]
-    <x:t>$1,365,265.27</x:t>
+    <x:t>2,209,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,292,118.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Osisko Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ODV US</x:t>
   </x:si>
   <x:si>
-    <x:t>223,509</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>224,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,266,722.66</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NFGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>252,652</x:t>
-[...2 lines deleted...]
-    <x:t>$1,111,888.19</x:t>
+    <x:t>253,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,097.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Andean Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>53,673</x:t>
-[...5 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>53,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,126.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$69,795.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$256,819.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1400,51 +1417,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab76313622e34358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ef2f8d27aa0429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95af7ab87eb34eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf91d0abd74f4a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra29fc494bb3d4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd3c77810d944885" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F97"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1592,1791 +1609,1791 @@
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>