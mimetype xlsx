--- v1 (2026-02-13)
+++ v2 (2026-03-05)
@@ -1,1398 +1,1398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48446684f7734566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd5ab10f5854846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260212" sheetId="1" r:id="Rfd3c77810d944885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260305" sheetId="1" r:id="R10fb3b7025bc4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="450">
   <x:si>
-    <x:t>All Fund Holdings as at 12/02/2026</x:t>
+    <x:t>All Fund Holdings as at 05/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,084,806</x:t>
-[...5 lines deleted...]
-    <x:t>10.76%</x:t>
+    <x:t>1,090,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,051,404.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>499,293</x:t>
-[...5 lines deleted...]
-    <x:t>8.64%</x:t>
+    <x:t>501,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,157,985.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,673,970</x:t>
-[...5 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>1,682,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,277,471.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WPM US</x:t>
   </x:si>
   <x:si>
-    <x:t>451,220</x:t>
-[...5 lines deleted...]
-    <x:t>5.36%</x:t>
+    <x:t>453,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,732,182.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
-    <x:t>518,305</x:t>
-[...2 lines deleted...]
-    <x:t>$81,859,915.73</x:t>
+    <x:t>520,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,347,631.04</x:t>
   </x:si>
   <x:si>
     <x:t>4.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,317,612.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,012,421</x:t>
-[...20 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>1,017,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,502,826.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,509,456</x:t>
-[...5 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>1,517,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,879,908.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2899 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>7,491,980</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>7,530,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,128,732.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,730,284</x:t>
-[...5 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>1,739,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,054,525.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>529,023</x:t>
-[...5 lines deleted...]
-    <x:t>2.52%</x:t>
+    <x:t>531,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,505,650.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
-    <x:t>105,627</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>106,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,216,974.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,518,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>2,531,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,687,520.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
-    <x:t>526,582</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>529,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,889,028.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>797,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,804,650.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
-    <x:t>830,160</x:t>
-[...20 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>834,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,675,104.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>613,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,834,953.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,749,102.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
-    <x:t>715,696</x:t>
-[...2 lines deleted...]
-    <x:t>$22,643,325.91</x:t>
+    <x:t>719,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,213,248.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>947,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,987,278.46</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Endeavour Mining Plc</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
-    <x:t>702,198</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>705,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,230,443.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Gold International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2259 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>503,754</x:t>
-[...20 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>506,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,948,294.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
-    <x:t>231,264</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>232,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,922,711.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>952,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,868,767.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,719,991.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,668,431.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,595,223.70</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
-    <x:t>251,341</x:t>
-[...50 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>252,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,875,346.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
-    <x:t>235,701</x:t>
-[...2 lines deleted...]
-    <x:t>$14,542,940.41</x:t>
+    <x:t>236,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,747,009.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lundin Gold Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
-    <x:t>251,155</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>252,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,018,311.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,074,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,485,521.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,601,503</x:t>
-[...20 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>1,609,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,451,086.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,304,343.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,967,955.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>BVN US</x:t>
   </x:si>
   <x:si>
-    <x:t>204,640</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>205,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,442,420.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>381,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,750,177.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,347,491</x:t>
-[...20 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>2,359,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,688,988.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,343,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,170,257.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,687,214</x:t>
-[...17 lines deleted...]
-    <x:t>$9,801,126.21</x:t>
+    <x:t>1,695,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,955,032.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>Genesis Minerals Ltd</x:t>
-[...23 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,722,623.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>K92 Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KNT CN</x:t>
   </x:si>
   <x:si>
-    <x:t>297,270</x:t>
-[...2 lines deleted...]
-    <x:t>$9,032,551.71</x:t>
+    <x:t>298,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,174,397.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1787 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,196,329</x:t>
-[...2 lines deleted...]
-    <x:t>$8,650,528.14</x:t>
+    <x:t>1,202,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,822,223.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,146,712</x:t>
-[...2 lines deleted...]
-    <x:t>$8,382,464.72</x:t>
+    <x:t>1,152,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,540,966.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>924,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,521,041.02</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greatland Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GGP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>633,629</x:t>
-[...29 lines deleted...]
-    <x:t>$7,778,538.54</x:t>
+    <x:t>636,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,438,885.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,519,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,910,368.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,497,320.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,363,197.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,279,654</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>1,286,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,190,165.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novagold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,905,677.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,864,422.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,832,455.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,724,394.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
-    <x:t>643,408</x:t>
-[...56 lines deleted...]
-    <x:t>$6,860,160.78</x:t>
+    <x:t>646,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,641,347.98</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EXK US</x:t>
   </x:si>
   <x:si>
-    <x:t>368,446</x:t>
-[...2 lines deleted...]
-    <x:t>$6,411,589.63</x:t>
+    <x:t>370,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,504,096.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>Novagold Resources Inc</x:t>
-[...35 lines deleted...]
-    <x:t>$6,030,879.77</x:t>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,154,120.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Skeena Resources Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
-    <x:t>114,391</x:t>
-[...2 lines deleted...]
-    <x:t>$5,532,480.62</x:t>
+    <x:t>114,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,675,885.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,652,856.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hochschild Mining Plc</x:t>
-[...8 lines deleted...]
-    <x:t>$5,329,847.31</x:t>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,414,296.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Allied Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AAUC US</x:t>
   </x:si>
   <x:si>
-    <x:t>115,352</x:t>
-[...2 lines deleted...]
-    <x:t>$5,122,970.83</x:t>
+    <x:t>115,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,156,340.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,006,501.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Montage Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAU CN</x:t>
   </x:si>
   <x:si>
-    <x:t>299,749</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>301,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,893,704.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,791,210.20</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,524,642</x:t>
-[...32 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>1,532,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,582,164.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,436,202.09</x:t>
   </x:si>
   <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>650,598</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>653,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,348,794.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hycroft Mining Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,308,114.84</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,241,212</x:t>
-[...29 lines deleted...]
-    <x:t>$4,182,476.57</x:t>
+    <x:t>1,247,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,067,218.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,342,327</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>2,354,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,590,472.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Americas Gold &amp; Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,559,353.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Cross Gold Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SX2 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,217,629.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Bellevue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BGL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,800,408</x:t>
-[...29 lines deleted...]
-    <x:t>$3,116,146.00</x:t>
+    <x:t>1,809,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,148,865.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Snowline Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SGD CN</x:t>
   </x:si>
   <x:si>
-    <x:t>163,355</x:t>
-[...17 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>164,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,966,084.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Abrasilver Resource Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ABRA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>178,636</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>179,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,871,812.91</x:t>
   </x:si>
   <x:si>
     <x:t>Drdgold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DRD US</x:t>
   </x:si>
   <x:si>
-    <x:t>54,133</x:t>
-[...2 lines deleted...]
-    <x:t>$2,764,336.40</x:t>
+    <x:t>54,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,613,605.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,445,705.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Predictive Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,470,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,409,168.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,401,225.02</x:t>
   </x:si>
   <x:si>
     <x:t>I-80 Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IAUX US</x:t>
   </x:si>
   <x:si>
-    <x:t>914,535</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>919,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,365,724.38</x:t>
   </x:si>
   <x:si>
     <x:t>Lingbao Gold Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3330 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>524,251</x:t>
-[...32 lines deleted...]
-    <x:t>$2,257,742.08</x:t>
+    <x:t>526,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,289,502.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,668,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,492.29</x:t>
   </x:si>
   <x:si>
     <x:t>Mcewen Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MUX US</x:t>
   </x:si>
   <x:si>
-    <x:t>57,554</x:t>
-[...14 lines deleted...]
-    <x:t>$2,200,145.39</x:t>
+    <x:t>57,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,112,931.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ora Banda Mining Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$2,117,054.63</x:t>
+    <x:t>Pantoro Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,011,995.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,962,433.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,824,382.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Mineros Sa</x:t>
   </x:si>
   <x:si>
     <x:t>MSA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>261,306</x:t>
-[...32 lines deleted...]
-    <x:t>$1,677,821.25</x:t>
+    <x:t>262,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,764,621.70</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>998,707</x:t>
-[...2 lines deleted...]
-    <x:t>$1,582,950.60</x:t>
+    <x:t>1,003,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,656,364.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kingsgate Consolidated Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Collective Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CNL CN</x:t>
   </x:si>
   <x:si>
-    <x:t>60,826</x:t>
-[...2 lines deleted...]
-    <x:t>$1,529,999.02</x:t>
+    <x:t>61,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,641,792.65</x:t>
   </x:si>
   <x:si>
     <x:t>Tongguan Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>340 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,209,209</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>2,220,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,051.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Osisko Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ODV US</x:t>
   </x:si>
   <x:si>
-    <x:t>224,551</x:t>
-[...2 lines deleted...]
-    <x:t>$1,266,722.66</x:t>
+    <x:t>225,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,423,447.45</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NFGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>253,830</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>255,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$938,007.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Andean Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>53,924</x:t>
-[...2 lines deleted...]
-    <x:t>$515,126.46</x:t>
+    <x:t>54,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,725.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$256,819.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$2,353,837.79</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1417,51 +1417,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf91d0abd74f4a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra29fc494bb3d4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd3c77810d944885" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bfb26c5819d4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R704bedcef90f4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10fb3b7025bc4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F97"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1849,811 +1849,811 @@
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
@@ -2729,71 +2729,71 @@
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
@@ -2869,531 +2869,531 @@
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F97" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>