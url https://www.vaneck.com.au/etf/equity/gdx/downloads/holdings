--- v2 (2026-03-05)
+++ v3 (2026-03-25)
@@ -1,1398 +1,1563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd5ab10f5854846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90c3db001a3442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260305" sheetId="1" r:id="R10fb3b7025bc4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asat_20260325" sheetId="1" r:id="R3a16f8db9d6b4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="450">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 05/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="505">
+  <x:si>
+    <x:t>All Fund Holdings as at 25/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,090,401</x:t>
-[...5 lines deleted...]
-    <x:t>10.21%</x:t>
+    <x:t>1,207,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,668,901.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
-    <x:t>501,868</x:t>
-[...5 lines deleted...]
-    <x:t>9.17%</x:t>
+    <x:t>555,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,227,105.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,682,605</x:t>
-[...5 lines deleted...]
-    <x:t>6.18%</x:t>
+    <x:t>1,843,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,681,547.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WPM US</x:t>
   </x:si>
   <x:si>
-    <x:t>453,546</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>503,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,228,569.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,457,552.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
-    <x:t>520,978</x:t>
-[...20 lines deleted...]
-    <x:t>4.35%</x:t>
+    <x:t>559,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,989,280.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,017,643</x:t>
-[...5 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>1,000,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,385,869.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,517,241</x:t>
-[...5 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>1,326,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,182,729.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Zijin Mining Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2899 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>7,530,621</x:t>
-[...5 lines deleted...]
-    <x:t>3.17%</x:t>
+    <x:t>6,632,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,403,363.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>467,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,510,815.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,677,440.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,122,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,498,562.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,300,709.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,739,209</x:t>
-[...35 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>1,531,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,911,775.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,531,893</x:t>
-[...35 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>2,235,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,578,715.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,193,958.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
-    <x:t>834,441</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>734,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,914,865.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,957,252.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
-    <x:t>613,029</x:t>
-[...35 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>541,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,626,596.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
-    <x:t>947,907</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>840,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,180,514.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zijin Gold International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2259 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,730,190.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
-    <x:t>705,820</x:t>
-[...20 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>707,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,081,076.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,010,672.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
-    <x:t>232,456</x:t>
-[...20 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>204,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,586,615.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,329,859.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,972,454.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>270,590</x:t>
-[...29 lines deleted...]
-    <x:t>$15,595,223.70</x:t>
+    <x:t>238,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,807,212.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
-    <x:t>252,638</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>219,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,450,709.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
-    <x:t>236,917</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>207,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,327,987.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
-    <x:t>252,451</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>222,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,205,464.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,074,092</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>1,826,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,702,165.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,320,331.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,609,764</x:t>
-[...17 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>1,397,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,269,381.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
-    <x:t>254,472</x:t>
-[...20 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>224,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,871,015.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,086,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,156,365.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,493,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,204.54</x:t>
   </x:si>
   <x:si>
     <x:t>Orla Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>381,079</x:t>
-[...20 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>336,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,907,262.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,343,495</x:t>
-[...20 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>1,183,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,767,852.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
-    <x:t>120,736</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>105,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,316,515.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>K92 Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KNT CN</x:t>
   </x:si>
   <x:si>
-    <x:t>298,802</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>262,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,102,273.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1787 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,202,499</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>1,059,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,060,123.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,217,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,471,001.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,152,627</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>1,042,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,381,136.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,358,115.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,319,200.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,196,371.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,891,458.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,867,622.22</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>924,191</x:t>
-[...29 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>813,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,842,812.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,540,714.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>336,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,450,275.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>510,369</x:t>
-[...20 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>456,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,439,915.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,373,000.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novagold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,253.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,222,590.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,286,255</x:t>
-[...101 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>1,134,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,129,001.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,851,608.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,838,142.09</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
-    <x:t>114,981</x:t>
-[...20 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>101,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,768,180.53</x:t>
   </x:si>
   <x:si>
     <x:t>Aura Minerals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AUGO US</x:t>
   </x:si>
   <x:si>
-    <x:t>44,425</x:t>
-[...35 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>39,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,731,230.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Montage Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAU CN</x:t>
   </x:si>
   <x:si>
-    <x:t>301,295</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>266,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,551,731.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Silvercorp Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SVM US</x:t>
   </x:si>
   <x:si>
-    <x:t>267,009</x:t>
-[...2 lines deleted...]
-    <x:t>$4,791,210.20</x:t>
+    <x:t>234,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,299,388.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,048,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,008,758.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>1,532,507</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>1,349,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,985,324.67</x:t>
   </x:si>
   <x:si>
     <x:t>Aya Gold &amp; Silver Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AYA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>164,632</x:t>
-[...2 lines deleted...]
-    <x:t>$4,436,202.09</x:t>
+    <x:t>152,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,919,414.43</x:t>
   </x:si>
   <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>653,954</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>576,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,713,120.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Hycroft Mining Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>HYMC US</x:t>
   </x:si>
   <x:si>
-    <x:t>63,919</x:t>
-[...17 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>55,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,628,550.81</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,354,408</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>2,082,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,602,580.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lingbao Gold Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3330 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>542,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,352,751.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snowline Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,053,588.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,593,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,016,111.46</x:t>
   </x:si>
   <x:si>
     <x:t>Americas Gold &amp; Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>USAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>265,245</x:t>
-[...2 lines deleted...]
-    <x:t>$3,559,353.48</x:t>
+    <x:t>238,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,990,507.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,887,350.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abrasilver Resource Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABRA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,826,085.36</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Cross Gold Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SX2 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>284,746</x:t>
-[...62 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>210,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,715,289.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Vizsla Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>VZLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>415,770</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>366,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,646,079.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,522.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>811,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,619.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robex Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RXR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,563.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,477,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,551,113.55</x:t>
   </x:si>
   <x:si>
     <x:t>Predictive Discovery Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PDI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,470,942</x:t>
-[...53 lines deleted...]
-    <x:t>$2,261,492.29</x:t>
+    <x:t>2,184,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,540,082.37</x:t>
   </x:si>
   <x:si>
     <x:t>Mcewen Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MUX US</x:t>
   </x:si>
   <x:si>
-    <x:t>57,850</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>56,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,536,602.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,456,316.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,429,982.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rupert Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUP CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,745.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,011,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,249.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Highlander Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSLV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,248,299.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>364,492</x:t>
-[...5 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>399,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,242,815.09</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>281,151</x:t>
-[...44 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>268,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,078.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dateline Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,244,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,155,670.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,152,240.51</x:t>
   </x:si>
   <x:si>
     <x:t>Collective Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CNL CN</x:t>
   </x:si>
   <x:si>
-    <x:t>61,140</x:t>
-[...2 lines deleted...]
-    <x:t>$1,641,792.65</x:t>
+    <x:t>54,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,290.14</x:t>
   </x:si>
   <x:si>
     <x:t>Tongguan Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>340 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>2,220,603</x:t>
-[...5 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>2,084,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,801.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orezone Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORE CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>481,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,080,141.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santacruz Silver Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,907.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,212.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G2 Goldfields Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,676.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elemental Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,241.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galiano Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$895,488.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$880,282.42</x:t>
   </x:si>
   <x:si>
     <x:t>Osisko Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ODV US</x:t>
   </x:si>
   <x:si>
-    <x:t>225,709</x:t>
-[...2 lines deleted...]
-    <x:t>$1,423,447.45</x:t>
+    <x:t>203,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$864,534.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Tower Hill Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,955.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,467.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dakota Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,049.69</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NFGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>255,138</x:t>
-[...5 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>253,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,673.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Pacific Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEWP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,726.50</x:t>
   </x:si>
   <x:si>
     <x:t>Andean Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APM CN</x:t>
   </x:si>
   <x:si>
-    <x:t>54,202</x:t>
-[...2 lines deleted...]
-    <x:t>$534,725.77</x:t>
+    <x:t>72,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,863.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$2,353,837.79</x:t>
+    <x:t>$1,511,073.85</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1417,56 +1582,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bfb26c5819d4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R704bedcef90f4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10fb3b7025bc4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f44218adbbb49df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1c968c5921a245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a16f8db9d6b4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F97"/>
+  <x:dimension ref="A1:F112"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2009,1396 +2174,1696 @@
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A97" s="1">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A98" s="1">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E96" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="F96" s="1" t="s">
-[...4 lines deleted...]
-      <x:c r="A97" s="2" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A99" s="1">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A100" s="1">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A101" s="1">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A102" s="1">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A103" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A104" s="1">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A105" s="1">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A106" s="1">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A107" s="1">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A108" s="1">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A109" s="1">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A110" s="1">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A111" s="1">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B97" s="2" t="s">
+      <x:c r="B112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C97" s="2" t="s">
+      <x:c r="C112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D97" s="2" t="s">
+      <x:c r="D112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E97" s="2" t="s">
+      <x:c r="E112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F97" s="2" t="s">
+      <x:c r="F112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A97:F97"/>
+    <x:mergeCell ref="A112:F112"/>
   </x:mergeCells>
 </x:worksheet>
 </file>