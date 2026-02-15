--- v0 (2026-01-17)
+++ v1 (2026-02-15)
@@ -1,630 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32015831c625492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078e0bdcc69047ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMVW_asat_20260116" sheetId="1" r:id="Red0cb01cf75d44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMVW_asat_20260213" sheetId="1" r:id="R8ab455335b024c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="194">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="206">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>South32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S32 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.68%</x:t>
-[...14 lines deleted...]
-    <x:t>S32 AU</x:t>
+    <x:t>Reece Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitehaven Coal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WHC AU</x:t>
   </x:si>
   <x:si>
     <x:t>1.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>Reece Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>REH AU</x:t>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orica Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QAN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington H Soul Pattinson &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.48%</x:t>
-[...8 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.43%</x:t>
-[...89 lines deleted...]
-    <x:t>ANZ AU</x:t>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Wine Estates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.36%</x:t>
-[...104 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Cochlear Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Sigma Healthcare Ltd</x:t>
-[...131 lines deleted...]
-    <x:t>TLC AU</x:t>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25%</x:t>
-[...92 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.18%</x:t>
-[...14 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Medicus Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PME AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.10%</x:t>
-[...8 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>-0.00%</x:t>
+    <x:t>0.05%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -649,51 +685,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc351ef07cca94639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5684983b54f44ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red0cb01cf75d44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084a6ff3212c4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0138e974904b479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ab455335b024c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:D81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -743,1086 +779,1086 @@
     <x:row r="5" spans="1:4" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:D1"/>
     <x:mergeCell ref="A2:D2"/>
     <x:mergeCell ref="A81:D81"/>
   </x:mergeCells>
 </x:worksheet>
 </file>