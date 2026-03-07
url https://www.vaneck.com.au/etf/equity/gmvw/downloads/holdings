--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -1,666 +1,672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078e0bdcc69047ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09aa6c5fde9b4ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMVW_asat_20260213" sheetId="1" r:id="R8ab455335b024c8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMVW_asat_20260306" sheetId="1" r:id="R64d45aa971f74834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="206">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="208">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
     <x:t>South32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>S32 AU</x:t>
   </x:si>
   <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reece Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REH AU</x:t>
+  </x:si>
+  <x:si>
     <x:t>1.70%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.68%</x:t>
-[...8 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP AU</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.63%</x:t>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Reece Ltd</x:t>
-[...14 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington H Soul Pattinson &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
   </x:si>
   <x:si>
     <x:t>Anz Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANZ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Bhp Group Ltd</x:t>
-[...20 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Agl Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AGL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>National Australia Bank Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>NAB AU</x:t>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.48%</x:t>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BEN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.47%</x:t>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.45%</x:t>
-[...14 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WES AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Perseus Mining Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Qantas Airways Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>QAN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Westpac Banking Corp</x:t>
-[...107 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steadfast Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Worley Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WOR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Qbe Insurance Group Ltd</x:t>
-[...107 lines deleted...]
-    <x:t>SCG AU</x:t>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Wine Estates Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TWE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>Gpt Group/The</x:t>
-[...134 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisetech Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seek Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Cochlear Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1.01%</x:t>
-[...35 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Medicus Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PME AU</x:t>
   </x:si>
   <x:si>
-    <x:t>0.66%</x:t>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.05%</x:t>
+    <x:t>-0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -685,51 +691,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084a6ff3212c4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0138e974904b479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ab455335b024c8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1936a8eb9a6d4200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R837578f600854c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64d45aa971f74834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:D81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -807,1058 +813,1058 @@
     <x:row r="7" spans="1:4" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:D1"/>
     <x:mergeCell ref="A2:D2"/>
     <x:mergeCell ref="A81:D81"/>
   </x:mergeCells>
 </x:worksheet>
 </file>