--- v0 (2026-01-20)
+++ v1 (2026-02-17)
@@ -1,1027 +1,1035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ba7f8a859434e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2189dbf780f4cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260119" sheetId="1" r:id="R12d3240e54684e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260217" sheetId="1" r:id="Rdc93f12019304e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="326">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="329">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,546,682.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,451,202.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,414,731.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>159,527</x:t>
-[...5 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>155,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,340,395.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,303,820.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,303,490.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,279,013.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,267.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,743.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,232,612.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,199.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,218,918.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,194,465.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,188,414.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,493.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,182,467.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,181,812.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,884.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,982.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>16,689</x:t>
-[...95 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>16,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,972.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,420.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,141.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,463.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,406.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,660.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,043,184.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,719.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$977,548.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$973,703.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$945,822.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,521</x:t>
-[...74 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>14,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$917,704.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$906,970.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$877,579.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,751.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$869,518.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanuc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,158.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,581.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$817,643.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,861.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
-    <x:t>521</x:t>
-[...146 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,528.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$746,303.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
-    <x:t>28,072</x:t>
-[...104 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>27,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$734,015.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barry Callebaut Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,892.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,633</x:t>
-[...89 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>3,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,010.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,225.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,109.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murata Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6981 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,993.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$700,011.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Hensoldt Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HAG GR</x:t>
   </x:si>
   <x:si>
-    <x:t>5,129</x:t>
-[...89 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>5,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,298.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$673,726.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,790.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,782.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,040.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,535.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,441.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,887.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$608,726.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Rheinmetall Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RHM GR</x:t>
   </x:si>
   <x:si>
-    <x:t>226</x:t>
-[...50 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,345.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Charles Schwab Corp/The</x:t>
   </x:si>
   <x:si>
     <x:t>SCHW US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,329</x:t>
-[...47 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>4,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,636.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,906.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,934.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,132</x:t>
-[...2 lines deleted...]
-    <x:t>$638,602.21</x:t>
+    <x:t>1,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,627.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,296.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
-    <x:t>6,988</x:t>
-[...77 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>6,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,449.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,613.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
-    <x:t>906</x:t>
-[...44 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,489.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$15,483.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$70,568.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1046,51 +1054,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f815d5eaa7447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f7cc51da1c949d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12d3240e54684e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d32cdff57b478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb720dbd78a5d4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc93f12019304e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F71"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="44" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1238,151 +1246,151 @@
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
@@ -1458,71 +1466,71 @@
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
@@ -1618,191 +1626,191 @@
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
@@ -1878,631 +1886,631 @@
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>