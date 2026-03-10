--- v1 (2026-02-17)
+++ v2 (2026-03-10)
@@ -1,1035 +1,1044 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2189dbf780f4cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5579fc85f82c49a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260217" sheetId="1" r:id="Rdc93f12019304e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260309" sheetId="1" r:id="Rd30b111054aa4349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="329">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 17/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="332">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Elekta Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EKTAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,499,998.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,725</x:t>
-[...5 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>36,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,430,051.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,419,849.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
-    <x:t>2,184</x:t>
-[...17 lines deleted...]
-    <x:t>$1,414,731.88</x:t>
+    <x:t>2,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,849.64</x:t>
   </x:si>
   <x:si>
     <x:t>2.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>Elekta Ab</x:t>
-[...11 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,966.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,229,309.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,481.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,007.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,274.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,797.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,172,971.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,172,178.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,425.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,340.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,128,141.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,242.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,955.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,785.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,133.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>101,369</x:t>
-[...74 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>101,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,015.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,716.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,468.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,532</x:t>
-[...50 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>3,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,211.97</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,030</x:t>
-[...2 lines deleted...]
-    <x:t>$1,187,493.29</x:t>
+    <x:t>28,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,635.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Pernod Ricard Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RI FP</x:t>
   </x:si>
   <x:si>
-    <x:t>8,302</x:t>
-[...47 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>8,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,607.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,558.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$955,453.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,209.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,479.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,186.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$896,749.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
-    <x:t>16,305</x:t>
-[...89 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>16,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$895,961.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,471.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,877.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>19,617</x:t>
-[...77 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>19,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$842,630.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Asm International Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASM NA</x:t>
   </x:si>
   <x:si>
-    <x:t>750</x:t>
-[...20 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,125.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,689.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanuc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,904.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murata Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6981 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,382.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,463.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,303.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,735.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$765,732.93</x:t>
   </x:si>
   <x:si>
     <x:t>Be Semiconductor Industries Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BESI NA</x:t>
   </x:si>
   <x:si>
-    <x:t>2,905</x:t>
-[...47 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>2,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,789.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barry Callebaut Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,645.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,677</x:t>
-[...92 lines deleted...]
-    <x:t>$708,225.34</x:t>
+    <x:t>4,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$684,591.98</x:t>
   </x:si>
   <x:si>
     <x:t>1.18%</x:t>
   </x:si>
   <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,156.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$621,516.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,371.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,282.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,115.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,526.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,353.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,916.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,524</x:t>
-[...77 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>6,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,978.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,354.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,002.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,643.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Diageo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>DGE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>18,613</x:t>
-[...56 lines deleted...]
-    <x:t>$617,887.81</x:t>
+    <x:t>18,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,504.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>4,917</x:t>
-[...47 lines deleted...]
-    <x:t>$557,906.63</x:t>
+    <x:t>4,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,216.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,501.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,966.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
-    <x:t>16,534</x:t>
-[...35 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>16,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,366.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
-    <x:t>6,827</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>6,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,616.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,320.33</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,848</x:t>
-[...20 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>1,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,181.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$70,568.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$12,924.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1054,51 +1063,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d32cdff57b478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb720dbd78a5d4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc93f12019304e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7d1d463c4f4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8ec0a99612314b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd30b111054aa4349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F71"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="44" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1246,171 +1255,171 @@
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
@@ -1426,1091 +1435,1091 @@
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F71" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>