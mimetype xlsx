--- v2 (2026-03-10)
+++ v3 (2026-03-31)
@@ -1,1041 +1,1038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5579fc85f82c49a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832ddc0c74a94c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260309" sheetId="1" r:id="Rd30b111054aa4349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GOAT_asat_20260330" sheetId="1" r:id="Rf74f8ef441f34b93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="332">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="331">
+  <x:si>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,278,064.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,243,096.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,242.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,134.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,211,656.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,191,824.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,336.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>156,148</x:t>
-[...5 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>137,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,170,089.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,154,400.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,152,028.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,147,411.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,146,352.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,237.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,131,395.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,334.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,974.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,382.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,331.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,050,986.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,244.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,847.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,242.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,037,541.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,929.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,681.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,027,650.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,728.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,275.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,441.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,474.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$977,596.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,209.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$944,590.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,336.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$721,345.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,633.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
-    <x:t>36,793</x:t>
-[...20 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>16,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,957.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,464.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,588.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,617.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,900.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murata Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6981 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,678.62</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
-    <x:t>ROG SW</x:t>
-[...341 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>ROP SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,252.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,178.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,771.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,085.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,570.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relx Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,669.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,217.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Experian Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,744.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,859.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,566.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,706.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,510.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,449.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,161.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,730.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sap Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAP GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,143.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costar Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,005.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,824.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,213.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,373.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$445,928.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,275.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,337</x:t>
-[...194 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>1,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,375.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,965.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,556</x:t>
-[...353 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>1,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,687.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$12,924.82</x:t>
+    <x:t>$9,494.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1063,59 +1060,59 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7d1d463c4f4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8ec0a99612314b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd30b111054aa4349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ee301685514fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1eede8de4a44ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf74f8ef441f34b93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F71"/>
+  <x:dimension ref="A1:F72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="44" customWidth="1"/>
+    <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1235,111 +1232,111 @@
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
@@ -1475,1056 +1472,1076 @@
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A71" s="1">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...4 lines deleted...]
-      <x:c r="A71" s="2" t="s">
+    </x:row>
+    <x:row r="72" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B71" s="2" t="s">
+      <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C71" s="2" t="s">
+      <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D71" s="2" t="s">
+      <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E71" s="2" t="s">
+      <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F71" s="2" t="s">
+      <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A71:F71"/>
+    <x:mergeCell ref="A72:F72"/>
   </x:mergeCells>
 </x:worksheet>
 </file>