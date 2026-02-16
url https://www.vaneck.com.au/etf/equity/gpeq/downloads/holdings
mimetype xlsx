--- v0 (2026-01-27)
+++ v1 (2026-02-16)
@@ -1,807 +1,822 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb577657f28be49ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc628f9f8404230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260127" sheetId="1" r:id="R7f6064ec4f0b4a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260216" sheetId="1" r:id="Rd79073393f0e4811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="253">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
+  <x:si>
+    <x:t>All Fund Holdings as at 16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>77,913</x:t>
-[...5 lines deleted...]
-    <x:t>7.61%</x:t>
+    <x:t>75,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,988,193.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Global Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,043,938.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,185</x:t>
-[...5 lines deleted...]
-    <x:t>7.31%</x:t>
+    <x:t>21,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,977,553.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,157</x:t>
-[...5 lines deleted...]
-    <x:t>7.22%</x:t>
+    <x:t>20,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,876,934.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KKR US</x:t>
   </x:si>
   <x:si>
-    <x:t>26,824</x:t>
-[...20 lines deleted...]
-    <x:t>7.05%</x:t>
+    <x:t>25,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,735,070.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1,655</x:t>
-[...5 lines deleted...]
-    <x:t>4.91%</x:t>
+    <x:t>1,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,787,699.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,688,946.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,711</x:t>
-[...5 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>33,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,588,862.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,357,896.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EQT SS</x:t>
   </x:si>
   <x:si>
-    <x:t>51,992</x:t>
-[...35 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>50,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,955.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>99,453</x:t>
-[...5 lines deleted...]
-    <x:t>3.89%</x:t>
+    <x:t>96,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,071,151.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,531</x:t>
-[...5 lines deleted...]
-    <x:t>3.02%</x:t>
+    <x:t>20,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,757,396.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Sofina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SOF BB</x:t>
   </x:si>
   <x:si>
-    <x:t>4,175</x:t>
-[...2 lines deleted...]
-    <x:t>$1,738,510.79</x:t>
+    <x:t>4,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,676,713.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,498,854.25</x:t>
   </x:si>
   <x:si>
     <x:t>2.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Onex Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>69,680</x:t>
-[...5 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>67,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,270,403.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>65,176</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>62,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,727.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harbourvest Global Private Equity Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HVPE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,440.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurazeo Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,496.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hgcapital Trust Plc/Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HGT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$904,707.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>42,315</x:t>
-[...50 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>40,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$902,362.17</x:t>
   </x:si>
   <x:si>
     <x:t>Wendel Se</x:t>
   </x:si>
   <x:si>
     <x:t>MF FP</x:t>
   </x:si>
   <x:si>
-    <x:t>6,201</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>5,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$897,671.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantheon International Plc/The Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,096.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>23,548</x:t>
-[...20 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>22,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,810.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinnevik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>KINVB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>58,984</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>57,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,840.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Hbm Healthcare Investments Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HBMN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>1,359</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>1,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,627.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,954</x:t>
-[...2 lines deleted...]
-    <x:t>$468,619.01</x:t>
+    <x:t>13,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,366.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gimv Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIMB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,478.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abrdn Private Equity Opportunities Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APEO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,508.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
-    <x:t>Gimv Nv</x:t>
-[...26 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,207.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oaktree Specialty Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$357,348.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Molten Ventures Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GROW LN</x:t>
   </x:si>
   <x:si>
-    <x:t>40,041</x:t>
-[...2 lines deleted...]
-    <x:t>$404,620.45</x:t>
+    <x:t>38,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,923.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Enterprise Trust Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICGT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,525.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oaktree Specialty Lending Corp</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,560</x:t>
-[...2 lines deleted...]
-    <x:t>$375,863.33</x:t>
+    <x:t>21,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,063.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
-    <x:t>26,875</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>25,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,524.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Oakley Capital Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OCI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>33,080</x:t>
-[...17 lines deleted...]
-    <x:t>$358,566.16</x:t>
+    <x:t>31,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,077.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,936.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,608</x:t>
-[...2 lines deleted...]
-    <x:t>$340,161.61</x:t>
+    <x:t>23,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,008.03</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>Tcg BDC Inc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Nb Private Equity Partners Ltd/Fund</x:t>
   </x:si>
   <x:si>
     <x:t>NBPE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>10,045</x:t>
-[...2 lines deleted...]
-    <x:t>$304,915.31</x:t>
+    <x:t>9,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,752.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syncona Limited</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,279.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jafco Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8595 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,596.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ratos Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RATOB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,999.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,669</x:t>
-[...2 lines deleted...]
-    <x:t>$299,834.52</x:t>
+    <x:t>21,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,913.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Syncona Limited</x:t>
-[...20 lines deleted...]
-    <x:t>$288,085.80</x:t>
+    <x:t>Alaris Equity Partners Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,114.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ratos Ab</x:t>
-[...8 lines deleted...]
-    <x:t>$285,619.65</x:t>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,158.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,826.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Princess Private Equity Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PEY LN</x:t>
   </x:si>
   <x:si>
-    <x:t>14,784</x:t>
-[...44 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>14,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,329.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slr Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,424.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mutares Se &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,783.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Chrysalis Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHRY LN</x:t>
   </x:si>
   <x:si>
-    <x:t>112,835</x:t>
-[...32 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>108,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,904.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,907</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>20,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,232.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$69,081.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$21,548.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -826,51 +841,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656f2f61da8b40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re0570679578b4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f6064ec4f0b4a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a034798813f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cd33796e71e475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd79073393f0e4811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1298,291 +1313,291 @@
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
@@ -1598,371 +1613,371 @@
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>