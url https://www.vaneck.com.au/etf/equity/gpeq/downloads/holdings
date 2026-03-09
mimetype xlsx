--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -1,822 +1,819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc628f9f8404230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b36a5a45d3c4154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260216" sheetId="1" r:id="Rd79073393f0e4811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260309" sheetId="1" r:id="Rcf9e86908b1a4ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="257">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
     <x:t>75,296</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,988,193.83</x:t>
-[...2 lines deleted...]
-    <x:t>8.71%</x:t>
+    <x:t>$4,328,100.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Global Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>APO US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,829</x:t>
-[...5 lines deleted...]
-    <x:t>7.06%</x:t>
+    <x:t>22,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,549,160.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>21,626</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,977,553.70</x:t>
-[...2 lines deleted...]
-    <x:t>6.95%</x:t>
+    <x:t>$3,408,295.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,379,797.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>20,446</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,876,934.95</x:t>
-[...17 lines deleted...]
-    <x:t>6.52%</x:t>
+    <x:t>$3,210,941.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,622,102.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>1,599</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,787,699.36</x:t>
-[...17 lines deleted...]
-    <x:t>4.70%</x:t>
+    <x:t>$2,400,052.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,545</x:t>
-[...2 lines deleted...]
-    <x:t>$2,588,862.94</x:t>
+    <x:t>33,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,350,271.93</x:t>
   </x:si>
   <x:si>
     <x:t>4.52%</x:t>
   </x:si>
   <x:si>
+    <x:t>Eqt Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,223,379.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
     <x:t>71,769</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,357,896.54</x:t>
-[...17 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>$2,169,443.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
     <x:t>96,113</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,071,151.54</x:t>
-[...2 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>$1,863,477.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>20,875</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,757,396.43</x:t>
-[...2 lines deleted...]
-    <x:t>3.07%</x:t>
+    <x:t>$1,709,634.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Sofina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SOF BB</x:t>
   </x:si>
   <x:si>
     <x:t>4,035</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,676,713.64</x:t>
-[...2 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>$1,607,328.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Onex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ONEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>13,655</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,498,854.25</x:t>
-[...2 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>$1,465,407.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,796.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
     <x:t>67,340</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,270,403.82</x:t>
-[...17 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>$1,027,644.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Harbourvest Global Private Equity Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HVPE LN</x:t>
   </x:si>
   <x:si>
     <x:t>17,441</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,042,440.64</x:t>
-[...2 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>$957,957.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hercules Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTGC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,230.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Eurazeo Se</x:t>
   </x:si>
   <x:si>
     <x:t>RF FP</x:t>
   </x:si>
   <x:si>
     <x:t>11,157</x:t>
   </x:si>
   <x:si>
-    <x:t>$923,496.43</x:t>
-[...2 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>$841,292.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wendel Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$828,122.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Hgcapital Trust Plc/Fund</x:t>
   </x:si>
   <x:si>
     <x:t>HGT LN</x:t>
   </x:si>
   <x:si>
     <x:t>100,371</x:t>
   </x:si>
   <x:si>
-    <x:t>$904,707.38</x:t>
-[...29 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>$765,685.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Pantheon International Plc/The Fund</x:t>
   </x:si>
   <x:si>
     <x:t>PIN LN</x:t>
   </x:si>
   <x:si>
     <x:t>93,893</x:t>
   </x:si>
   <x:si>
-    <x:t>$667,096.98</x:t>
-[...2 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>$616,885.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>22,757</x:t>
   </x:si>
   <x:si>
-    <x:t>$619,810.24</x:t>
-[...2 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>$595,483.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinnevik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>KINVB SS</x:t>
   </x:si>
   <x:si>
     <x:t>57,003</x:t>
   </x:si>
   <x:si>
-    <x:t>$592,840.46</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$545,465.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Hbm Healthcare Investments Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HBMN SW</x:t>
   </x:si>
   <x:si>
     <x:t>1,314</x:t>
   </x:si>
   <x:si>
-    <x:t>$531,627.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$522,058.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gimv Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIMB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,849.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
     <x:t>13,569</x:t>
   </x:si>
   <x:si>
-    <x:t>$438,366.73</x:t>
-[...17 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$429,636.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn Private Equity Opportunities Trus</x:t>
   </x:si>
   <x:si>
     <x:t>APEO LN</x:t>
   </x:si>
   <x:si>
     <x:t>34,678</x:t>
   </x:si>
   <x:si>
-    <x:t>$404,508.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$383,587.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,664.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oaktree Specialty Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,004.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molten Ventures Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,241.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>83,385</x:t>
-[...2 lines deleted...]
-    <x:t>$360,207.06</x:t>
+    <x:t>84,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,469.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oaktree Specialty Lending Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$357,348.02</x:t>
+    <x:t>Midcap Financial Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,684.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Molten Ventures Plc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Icg Enterprise Trust Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ICGT LN</x:t>
   </x:si>
   <x:si>
     <x:t>12,181</x:t>
   </x:si>
   <x:si>
-    <x:t>$348,525.94</x:t>
-[...32 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$321,050.34</x:t>
   </x:si>
   <x:si>
     <x:t>Oakley Capital Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OCI LN</x:t>
   </x:si>
   <x:si>
     <x:t>31,969</x:t>
   </x:si>
   <x:si>
-    <x:t>$334,077.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$298,749.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,876.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcg BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CGBD US</x:t>
   </x:si>
   <x:si>
     <x:t>17,529</x:t>
   </x:si>
   <x:si>
-    <x:t>$295,936.03</x:t>
+    <x:t>$275,759.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nb Private Equity Partners Ltd/Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBPE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,645.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$293,008.03</x:t>
+    <x:t>Jafco Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8595 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,679.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>Nb Private Equity Partners Ltd/Fund</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Syncona Limited</x:t>
   </x:si>
   <x:si>
     <x:t>SYNC LN</x:t>
   </x:si>
   <x:si>
     <x:t>145,690</x:t>
   </x:si>
   <x:si>
-    <x:t>$275,279.63</x:t>
+    <x:t>$265,625.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Mountain Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMFC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,333.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>Jafco Group Co Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$274,596.56</x:t>
+    <x:t>Alaris Equity Partners Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD-U CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,441.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Ratos Ab</x:t>
   </x:si>
   <x:si>
     <x:t>RATOB SS</x:t>
   </x:si>
   <x:si>
     <x:t>43,451</x:t>
   </x:si>
   <x:si>
-    <x:t>$262,999.65</x:t>
-[...29 lines deleted...]
-    <x:t>$248,114.74</x:t>
+    <x:t>$241,823.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,759.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Princess Private Equity Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,024.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bain Capital Specialty Finance Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$244,158.69</x:t>
+    <x:t>Slr Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,379.78</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>IPO LN</x:t>
   </x:si>
   <x:si>
     <x:t>212,993</x:t>
   </x:si>
   <x:si>
-    <x:t>$239,826.09</x:t>
-[...32 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$201,478.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Mutares Se &amp; Co Kgaa</x:t>
   </x:si>
   <x:si>
     <x:t>MUX GR</x:t>
   </x:si>
   <x:si>
     <x:t>3,868</x:t>
   </x:si>
   <x:si>
-    <x:t>$205,783.45</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$192,121.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Chrysalis Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHRY LN</x:t>
   </x:si>
   <x:si>
     <x:t>108,942</x:t>
   </x:si>
   <x:si>
-    <x:t>$202,904.05</x:t>
+    <x:t>$180,342.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>20,186</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,232.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$110,079.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$21,548.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$17,828.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -841,51 +838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a034798813f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7cd33796e71e475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd79073393f0e4811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46112616809a4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5744db0e7f644b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf9e86908b1a4ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1313,391 +1310,391 @@
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
@@ -1773,211 +1770,211 @@
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>