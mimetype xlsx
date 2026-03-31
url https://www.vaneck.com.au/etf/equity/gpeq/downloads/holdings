--- v2 (2026-03-09)
+++ v3 (2026-03-31)
@@ -1,819 +1,819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b36a5a45d3c4154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re44f491ec4ca43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260309" sheetId="1" r:id="Rcf9e86908b1a4ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPEQ_asat_20260330" sheetId="1" r:id="R6eecf09196214e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="257">
   <x:si>
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Apollo Global Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,603,192.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,391,846.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
-    <x:t>75,296</x:t>
-[...35 lines deleted...]
-    <x:t>6.56%</x:t>
+    <x:t>75,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,373,824.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>KKR US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,923</x:t>
-[...5 lines deleted...]
-    <x:t>6.50%</x:t>
+    <x:t>25,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,334,183.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,446</x:t>
-[...5 lines deleted...]
-    <x:t>6.18%</x:t>
+    <x:t>20,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,185,854.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
-    <x:t>98,014</x:t>
-[...5 lines deleted...]
-    <x:t>5.04%</x:t>
+    <x:t>99,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,532,701.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>1,599</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,400,052.71</x:t>
-[...2 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>$2,401,645.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
-    <x:t>33,668</x:t>
-[...5 lines deleted...]
-    <x:t>4.52%</x:t>
+    <x:t>33,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,234,140.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EQT SS</x:t>
   </x:si>
   <x:si>
-    <x:t>50,245</x:t>
-[...5 lines deleted...]
-    <x:t>4.28%</x:t>
+    <x:t>50,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,138,502.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
-    <x:t>71,769</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>71,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,068,213.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Cvc Capital Partners Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CVC NA</x:t>
   </x:si>
   <x:si>
-    <x:t>96,113</x:t>
-[...5 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>96,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,750,022.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,875</x:t>
-[...5 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>20,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,566,434.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,410,225.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Sofina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SOF BB</x:t>
   </x:si>
   <x:si>
-    <x:t>4,035</x:t>
-[...17 lines deleted...]
-    <x:t>$1,465,407.35</x:t>
+    <x:t>4,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,401,935.67</x:t>
   </x:si>
   <x:si>
     <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>62,987</x:t>
-[...5 lines deleted...]
-    <x:t>2.10%</x:t>
+    <x:t>64,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,076.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>67,340</x:t>
-[...5 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>69,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,911.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Harbourvest Global Private Equity Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HVPE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>17,441</x:t>
-[...5 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>17,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$995,818.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>41,824</x:t>
-[...5 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>41,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,107.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wendel Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,967.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hgcapital Trust Plc/Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HGT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,011.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Eurazeo Se</x:t>
   </x:si>
   <x:si>
     <x:t>RF FP</x:t>
   </x:si>
   <x:si>
-    <x:t>11,157</x:t>
-[...35 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>11,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$722,664.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Pantheon International Plc/The Fund</x:t>
   </x:si>
   <x:si>
     <x:t>PIN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>93,893</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>93,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,834.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,757</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>23,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,642.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hbm Healthcare Investments Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,752.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Kinnevik Ab</x:t>
   </x:si>
   <x:si>
     <x:t>KINVB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>57,003</x:t>
-[...20 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>56,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,567.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Southwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSWC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,844.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Gimv Nv</x:t>
   </x:si>
   <x:si>
     <x:t>GIMB BB</x:t>
   </x:si>
   <x:si>
-    <x:t>5,696</x:t>
-[...2 lines deleted...]
-    <x:t>$436,849.72</x:t>
+    <x:t>5,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,431.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.84%</x:t>
   </x:si>
   <x:si>
-    <x:t>Capital Southwest Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Abrdn Private Equity Opportunities Trus</x:t>
   </x:si>
   <x:si>
     <x:t>APEO LN</x:t>
   </x:si>
   <x:si>
-    <x:t>34,678</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>34,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,263.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midcap Financial Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,302.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,972</x:t>
-[...2 lines deleted...]
-    <x:t>$346,664.16</x:t>
+    <x:t>26,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,684.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oaktree Specialty Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,150.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molten Ventures Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,341.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oaktree Specialty Lending Corp</x:t>
-[...26 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>Icg Enterprise Trust Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICGT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$314,877.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>84,283</x:t>
-[...32 lines deleted...]
-    <x:t>$321,050.34</x:t>
+    <x:t>84,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,934.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Oakley Capital Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OCI LN</x:t>
   </x:si>
   <x:si>
-    <x:t>31,969</x:t>
-[...2 lines deleted...]
-    <x:t>$298,749.56</x:t>
+    <x:t>31,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,808.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,071.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
-    <x:t>23,972</x:t>
-[...17 lines deleted...]
-    <x:t>$275,759.62</x:t>
+    <x:t>24,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,941.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syncona Limited</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,780.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jafco Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8595 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,742.85</x:t>
   </x:si>
   <x:si>
     <x:t>Nb Private Equity Partners Ltd/Fund</x:t>
   </x:si>
   <x:si>
     <x:t>NBPE LN</x:t>
   </x:si>
   <x:si>
-    <x:t>9,864</x:t>
-[...32 lines deleted...]
-    <x:t>$265,625.51</x:t>
+    <x:t>9,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,630.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,887</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>22,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,051.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Alaris Equity Partners Income</x:t>
   </x:si>
   <x:si>
     <x:t>AD-U CN</x:t>
   </x:si>
   <x:si>
-    <x:t>10,629</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>10,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,012.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,198.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slr Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,032.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Princess Private Equity Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,866.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,893.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Ratos Ab</x:t>
   </x:si>
   <x:si>
     <x:t>RATOB SS</x:t>
   </x:si>
   <x:si>
-    <x:t>43,451</x:t>
-[...56 lines deleted...]
-    <x:t>$201,478.71</x:t>
+    <x:t>43,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,011.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mutares Se &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,521.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mutares Se &amp; Co Kgaa</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Chrysalis Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CHRY LN</x:t>
   </x:si>
   <x:si>
-    <x:t>108,942</x:t>
-[...2 lines deleted...]
-    <x:t>$180,342.15</x:t>
+    <x:t>109,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,105.49</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,186</x:t>
-[...2 lines deleted...]
-    <x:t>$110,079.28</x:t>
+    <x:t>20,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,455.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$17,828.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$172,155.12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -838,51 +838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46112616809a4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5744db0e7f644b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf9e86908b1a4ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2168deff34f4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re860c649e26c4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6eecf09196214e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1530,111 +1530,111 @@
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
@@ -1650,331 +1650,331 @@
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>