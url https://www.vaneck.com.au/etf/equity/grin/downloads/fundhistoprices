--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,149 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334a8ecd0c344c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7125af51ca204280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251017" sheetId="1" r:id="R59bd838d12574cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251106" sheetId="1" r:id="R395b6f618c6242f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1048" uniqueCount="710">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1160" uniqueCount="762">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>06/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5779</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>1,948</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6315</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
-    <x:t>20.63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,066</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5498</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>660</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
@@ -169,53 +451,50 @@
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4168</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>9,629</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1844</x:t>
   </x:si>
   <x:si>
     <x:t>20.18</x:t>
   </x:si>
   <x:si>
     <x:t>9,836</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1034</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
@@ -226,71 +505,62 @@
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2179</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,455</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
-    <x:t>0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0880</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,684</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1829</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>633</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.88</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
@@ -322,221 +592,182 @@
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>19.99</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7397</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>19.94</x:t>
   </x:si>
   <x:si>
     <x:t>938</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8933</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.12</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9021</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>20.29</x:t>
   </x:si>
   <x:si>
     <x:t>2,926</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.95</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2372</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>196</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2514</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.30</x:t>
   </x:si>
   <x:si>
     <x:t>1,390</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3191</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.46</x:t>
   </x:si>
   <x:si>
     <x:t>822</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4493</x:t>
   </x:si>
   <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>495</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6730</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
-    <x:t>20.84</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,808</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5752</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>1,057</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5591</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>3,394</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3037</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
@@ -628,74 +859,59 @@
   <x:si>
     <x:t>19.8709</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.07</x:t>
   </x:si>
   <x:si>
     <x:t>2,243</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9717</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>2,377</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0890</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>3,114</x:t>
   </x:si>
   <x:si>
     <x:t>1.65</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2569</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>4,809</x:t>
@@ -724,122 +940,113 @@
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0213</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>19.86</x:t>
   </x:si>
   <x:si>
     <x:t>13,242</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8199</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,223</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0587</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
     <x:t>8,761</x:t>
   </x:si>
   <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3828</x:t>
   </x:si>
   <x:si>
-    <x:t>0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26,715</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2843</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,962</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6039</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>4,836</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5463</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>-2.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
@@ -853,113 +1060,104 @@
   <x:si>
     <x:t>2.21</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9944</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9431</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>2,362</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8726</x:t>
   </x:si>
   <x:si>
     <x:t>1.35</x:t>
   </x:si>
   <x:si>
-    <x:t>20.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,860</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.21</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5945</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>11,091</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2350</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.16</x:t>
   </x:si>
   <x:si>
     <x:t>8,500</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2644</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>3,440</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
@@ -1015,62 +1213,56 @@
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>4,192</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3594</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>20.15</x:t>
   </x:si>
   <x:si>
     <x:t>2,022</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2960</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>4,506</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4315</x:t>
   </x:si>
   <x:si>
     <x:t>20.37</x:t>
   </x:si>
   <x:si>
     <x:t>20,004</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4607</x:t>
@@ -1174,116 +1366,107 @@
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>9,633</x:t>
   </x:si>
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8665</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>21.09</x:t>
   </x:si>
   <x:si>
     <x:t>12,902</x:t>
   </x:si>
   <x:si>
-    <x:t>1.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9476</x:t>
   </x:si>
   <x:si>
     <x:t>-0.53</x:t>
   </x:si>
   <x:si>
-    <x:t>21.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,120</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0588</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>1,314</x:t>
   </x:si>
   <x:si>
     <x:t>1.62</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2439</x:t>
   </x:si>
   <x:si>
     <x:t>21.46</x:t>
   </x:si>
   <x:si>
     <x:t>4,629</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1373</x:t>
   </x:si>
   <x:si>
     <x:t>21.43</x:t>
   </x:si>
   <x:si>
     <x:t>7,511</x:t>
   </x:si>
   <x:si>
-    <x:t>0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.38</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4538</x:t>
   </x:si>
   <x:si>
     <x:t>21.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,589</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>16/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4365</x:t>
   </x:si>
   <x:si>
     <x:t>21.55</x:t>
@@ -1333,53 +1516,50 @@
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2397</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>5,026</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4104</x:t>
   </x:si>
   <x:si>
     <x:t>21.54</x:t>
   </x:si>
   <x:si>
-    <x:t>424</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3551</x:t>
   </x:si>
   <x:si>
     <x:t>21.36</x:t>
   </x:si>
   <x:si>
     <x:t>1,589</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3107</x:t>
   </x:si>
   <x:si>
     <x:t>21.56</x:t>
   </x:si>
   <x:si>
     <x:t>5,742</x:t>
   </x:si>
   <x:si>
     <x:t>1.17</x:t>
@@ -1600,53 +1780,50 @@
   <x:si>
     <x:t>20.7585</x:t>
   </x:si>
   <x:si>
     <x:t>21.03</x:t>
   </x:si>
   <x:si>
     <x:t>8,205</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8109</x:t>
   </x:si>
   <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>21.32</x:t>
   </x:si>
   <x:si>
     <x:t>6,765</x:t>
   </x:si>
   <x:si>
-    <x:t>0.51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1185</x:t>
   </x:si>
   <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>9,579</x:t>
   </x:si>
   <x:si>
     <x:t>1.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2052</x:t>
   </x:si>
   <x:si>
     <x:t>21.58</x:t>
@@ -1750,53 +1927,50 @@
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9514</x:t>
   </x:si>
   <x:si>
     <x:t>16,305</x:t>
   </x:si>
   <x:si>
     <x:t>1.28</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8955</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>11,497</x:t>
   </x:si>
   <x:si>
-    <x:t>0.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7216</x:t>
   </x:si>
   <x:si>
     <x:t>7,099</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5873</x:t>
   </x:si>
   <x:si>
     <x:t>20.75</x:t>
   </x:si>
   <x:si>
     <x:t>4,174</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4980</x:t>
@@ -1822,185 +1996,170 @@
   <x:si>
     <x:t>3,436</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4748</x:t>
   </x:si>
   <x:si>
     <x:t>20.66</x:t>
   </x:si>
   <x:si>
     <x:t>5,342</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4319</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.91</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10,195</x:t>
   </x:si>
   <x:si>
     <x:t>2.00</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6192</x:t>
   </x:si>
   <x:si>
     <x:t>-0.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,978</x:t>
   </x:si>
   <x:si>
     <x:t>2.43</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7734</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.47</x:t>
   </x:si>
   <x:si>
-    <x:t>20.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>33,780</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4725</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
     <x:t>542</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1561</x:t>
   </x:si>
   <x:si>
     <x:t>1.86</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>1,875</x:t>
   </x:si>
   <x:si>
-    <x:t>0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7890</x:t>
   </x:si>
   <x:si>
     <x:t>-1.53</x:t>
   </x:si>
   <x:si>
     <x:t>23,991</x:t>
   </x:si>
   <x:si>
     <x:t>1.87</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0961</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>5.56</x:t>
   </x:si>
   <x:si>
     <x:t>19.97</x:t>
   </x:si>
   <x:si>
     <x:t>31,520</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.0368</x:t>
   </x:si>
   <x:si>
     <x:t>18.97</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9985</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>19.62</x:t>
   </x:si>
   <x:si>
     <x:t>25,912</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>3.27</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2025</x:t>
@@ -2009,53 +2168,50 @@
     <x:t>19.2703</x:t>
   </x:si>
   <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>97,893</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1627</x:t>
   </x:si>
   <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>19.82</x:t>
   </x:si>
   <x:si>
     <x:t>9,957</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.66</x:t>
   </x:si>
   <x:si>
     <x:t>3.43</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7978</x:t>
   </x:si>
   <x:si>
     <x:t>1.68</x:t>
   </x:si>
   <x:si>
     <x:t>8,641</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4706</x:t>
   </x:si>
   <x:si>
     <x:t>9,593</x:t>
   </x:si>
@@ -2200,56 +2356,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ddb22482e64477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R605abdaf0f324a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59bd838d12574cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313ceab4f34f4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recdc252bc626475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R395b6f618c6242f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H132"/>
+  <x:dimension ref="A1:H146"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2315,3339 +2471,3703 @@
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H4" s="4" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
+      <x:c r="D5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="C8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G8" s="4" t="s">
+      <x:c r="H8" s="4" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="C9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="s">
+      <x:c r="E15" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="s">
+      <x:c r="F15" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F15" s="4" t="s">
+      <x:c r="G15" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="G15" s="4" t="s">
+      <x:c r="H15" s="4" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="C16" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
+      <x:c r="D16" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="s">
+      <x:c r="E16" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E16" s="4" t="s">
+      <x:c r="F16" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F16" s="4" t="s">
+      <x:c r="G16" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G16" s="4" t="s">
+      <x:c r="H16" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="G18" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="G20" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D20" s="4" t="s">
+      <x:c r="H20" s="4" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="E21" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
+      <x:c r="F21" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="D21" s="4" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="s">
+      <x:c r="H21" s="4" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="E22" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D22" s="4" t="s">
+      <x:c r="F22" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E22" s="4" t="s">
+      <x:c r="G22" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H22" s="4" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="F23" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="G24" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H24" s="4" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="G25" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="E26" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E26" s="4" t="s">
+      <x:c r="G26" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H26" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="C27" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
+      <x:c r="D27" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="s">
+      <x:c r="E27" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E27" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F27" s="4" t="s">
+      <x:c r="G27" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="s">
+      <x:c r="G38" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H38" s="4" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="D39" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H41" s="4" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H77" s="4" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
+      <x:c r="G79" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H79" s="4" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="E80" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D80" s="4" t="s">
+      <x:c r="F80" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="E80" s="4" t="s">
+      <x:c r="G80" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H80" s="4" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="F81" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="G82" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
+      <x:c r="G83" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="F84" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="F85" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
+      <x:c r="C86" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="B87" s="1" t="s">
+      <x:c r="D87" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C87" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E87" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F87" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="F87" s="4" t="s">
+      <x:c r="G87" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H87" s="4" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="E88" s="4" t="s">
+      <x:c r="F88" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="F88" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
+      <x:c r="C89" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="G98" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H98" s="4" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="F105" s="4" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="G105" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
+      <x:c r="F108" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E108" s="4" t="s">
+      <x:c r="G108" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H108" s="4" t="s">
         <x:v>593</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="F109" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="C109" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E109" s="4" t="s">
+      <x:c r="G109" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H109" s="4" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
+      <x:c r="C110" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="C110" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E110" s="4" t="s">
+      <x:c r="F110" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="F110" s="4" t="s">
+      <x:c r="G110" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H110" s="4" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="C111" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D111" s="4" t="s">
+      <x:c r="E111" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="E111" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="C131" s="4" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="E131" s="4" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="F131" s="4" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="G131" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="H131" s="4" t="s">
+        <x:v>700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A132" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D132" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="G132" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H132" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A133" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C133" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="D133" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C131" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E131" s="4" t="s">
+      <x:c r="E133" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="F131" s="4" t="s">
+      <x:c r="F133" s="4" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="G133" s="4" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="H133" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A134" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C134" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E134" s="4" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="F134" s="4" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="G134" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H134" s="4" t="s">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A135" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="F135" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="G135" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H135" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A136" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="F136" s="4" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="G136" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H136" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A137" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F137" s="4" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="G137" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H137" s="4" t="s">
+        <x:v>731</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A138" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="G138" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H138" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A139" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="E139" s="4" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="F139" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="G139" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H139" s="4" t="s">
+        <x:v>741</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A140" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E140" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F140" s="4" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="G140" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H140" s="4" t="s">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A141" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="F141" s="4" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="G141" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H141" s="4" t="s">
+        <x:v>744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A142" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E142" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F142" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G131" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>24</x:v>
+      <x:c r="G142" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H142" s="4" t="s">
+        <x:v>754</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A143" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="E143" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="G143" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H143" s="4" t="s">
+        <x:v>754</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A144" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E144" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F144" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G144" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H144" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A145" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G145" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H145" s="4" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>