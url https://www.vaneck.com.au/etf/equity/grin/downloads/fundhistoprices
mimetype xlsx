--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -1,134 +1,548 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7125af51ca204280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e85dd751cc04540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251106" sheetId="1" r:id="R395b6f618c6242f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251204" sheetId="1" r:id="Rbd59a04b4cf147c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1160" uniqueCount="762">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1320" uniqueCount="844">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>04/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.99</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5115</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>1,895</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6984</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,764</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6389</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7717</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
@@ -154,281 +568,230 @@
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>424</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4958</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5442</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>2,760</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.66</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6634</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.76</x:t>
   </x:si>
   <x:si>
     <x:t>835</x:t>
   </x:si>
   <x:si>
-    <x:t>0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6937</x:t>
   </x:si>
   <x:si>
     <x:t>20.71</x:t>
   </x:si>
   <x:si>
     <x:t>3,731</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7244</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.82</x:t>
   </x:si>
   <x:si>
     <x:t>3,392</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6587</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.91</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.15</x:t>
   </x:si>
   <x:si>
     <x:t>968</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.38</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8475</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,413</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8831</x:t>
   </x:si>
   <x:si>
     <x:t>0.67</x:t>
   </x:si>
   <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>248</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7436</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
-    <x:t>20.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>-1.03</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5779</x:t>
   </x:si>
   <x:si>
     <x:t>1,948</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6315</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>4,066</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5498</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
-    <x:t>1.85</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>660</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
@@ -439,215 +802,185 @@
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>20.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,193</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4168</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>9,629</x:t>
   </x:si>
   <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1844</x:t>
   </x:si>
   <x:si>
     <x:t>20.18</x:t>
   </x:si>
   <x:si>
     <x:t>9,836</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1034</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>4,803</x:t>
   </x:si>
   <x:si>
-    <x:t>1.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2179</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,455</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0880</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,684</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1829</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>633</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0772</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>20.19</x:t>
   </x:si>
   <x:si>
     <x:t>7,195</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0664</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>19.99</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7397</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>19.94</x:t>
   </x:si>
   <x:si>
     <x:t>938</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8933</x:t>
   </x:si>
   <x:si>
     <x:t>20.12</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9021</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
@@ -712,104 +1045,95 @@
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4493</x:t>
   </x:si>
   <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>495</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6730</x:t>
   </x:si>
   <x:si>
-    <x:t>0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,808</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5752</x:t>
   </x:si>
   <x:si>
     <x:t>1,057</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5591</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>3,394</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3037</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
   </x:si>
   <x:si>
     <x:t>4,237</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2114</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>766</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1729</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>357</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9765</x:t>
@@ -838,65 +1162,59 @@
   <x:si>
     <x:t>5,543</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9966</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,953</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8709</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.07</x:t>
   </x:si>
   <x:si>
     <x:t>2,243</x:t>
   </x:si>
   <x:si>
-    <x:t>1.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9717</x:t>
   </x:si>
   <x:si>
     <x:t>2,377</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0890</x:t>
   </x:si>
   <x:si>
     <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>3,114</x:t>
   </x:si>
   <x:si>
     <x:t>1.65</x:t>
@@ -976,80 +1294,74 @@
   <x:si>
     <x:t>20.0587</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
     <x:t>8,761</x:t>
   </x:si>
   <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3828</x:t>
   </x:si>
   <x:si>
     <x:t>26,715</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2843</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,962</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6039</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>4,836</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5463</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>-2.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>4,640</x:t>
@@ -1060,197 +1372,176 @@
   <x:si>
     <x:t>2.21</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9944</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9431</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>2,362</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8726</x:t>
   </x:si>
   <x:si>
     <x:t>1.35</x:t>
   </x:si>
   <x:si>
     <x:t>1,860</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.21</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5945</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>11,091</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2350</x:t>
   </x:si>
   <x:si>
     <x:t>20.16</x:t>
   </x:si>
   <x:si>
     <x:t>8,500</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2644</x:t>
   </x:si>
   <x:si>
-    <x:t>20.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,440</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2901</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>1,130</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1436</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>5,884</x:t>
   </x:si>
   <x:si>
     <x:t>0.78</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3030</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>2,185</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0454</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>4,192</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3594</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.15</x:t>
   </x:si>
   <x:si>
     <x:t>2,022</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>4,506</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4315</x:t>
   </x:si>
   <x:si>
     <x:t>20.37</x:t>
@@ -1282,113 +1573,98 @@
   <x:si>
     <x:t>20.3170</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>5,037</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4807</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,991</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6760</x:t>
   </x:si>
   <x:si>
-    <x:t>20.64</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,132</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7273</x:t>
   </x:si>
   <x:si>
-    <x:t>1.54</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,932</x:t>
   </x:si>
   <x:si>
     <x:t>-1.48</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4126</x:t>
   </x:si>
   <x:si>
     <x:t>-0.62</x:t>
   </x:si>
   <x:si>
     <x:t>20.74</x:t>
   </x:si>
   <x:si>
     <x:t>2,954</x:t>
   </x:si>
   <x:si>
     <x:t>1.60</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5406</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.56</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>9,633</x:t>
   </x:si>
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8665</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>21.09</x:t>
   </x:si>
   <x:si>
     <x:t>12,902</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9476</x:t>
@@ -1483,62 +1759,56 @@
   <x:si>
     <x:t>1.94</x:t>
   </x:si>
   <x:si>
     <x:t>21.38</x:t>
   </x:si>
   <x:si>
     <x:t>3,209</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0090</x:t>
   </x:si>
   <x:si>
     <x:t>7,476</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9563</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.33</x:t>
   </x:si>
   <x:si>
     <x:t>9,892</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2397</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>5,026</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4104</x:t>
   </x:si>
   <x:si>
     <x:t>21.54</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3551</x:t>
@@ -1729,53 +1999,50 @@
   <x:si>
     <x:t>1.50</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6126</x:t>
   </x:si>
   <x:si>
     <x:t>20.92</x:t>
   </x:si>
   <x:si>
     <x:t>6,353</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6785</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>4,013</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8048</x:t>
   </x:si>
   <x:si>
     <x:t>21,854</x:t>
   </x:si>
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7585</x:t>
@@ -1942,98 +2209,83 @@
   <x:si>
     <x:t>20.8955</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>11,497</x:t>
   </x:si>
   <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7216</x:t>
   </x:si>
   <x:si>
     <x:t>7,099</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5873</x:t>
   </x:si>
   <x:si>
-    <x:t>20.75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,174</x:t>
   </x:si>
   <x:si>
     <x:t>23/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4980</x:t>
   </x:si>
   <x:si>
-    <x:t>20.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12,690</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>22/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3995</x:t>
   </x:si>
   <x:si>
-    <x:t>20.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,436</x:t>
   </x:si>
   <x:si>
     <x:t>21/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4748</x:t>
   </x:si>
   <x:si>
-    <x:t>20.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,342</x:t>
   </x:si>
   <x:si>
-    <x:t>0.90</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4319</x:t>
   </x:si>
   <x:si>
     <x:t>10,195</x:t>
   </x:si>
   <x:si>
     <x:t>2.00</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6192</x:t>
   </x:si>
   <x:si>
     <x:t>-0.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,978</x:t>
@@ -2047,105 +2299,99 @@
   <x:si>
     <x:t>20.7734</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.47</x:t>
   </x:si>
   <x:si>
     <x:t>33,780</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4725</x:t>
   </x:si>
   <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
     <x:t>542</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1561</x:t>
   </x:si>
   <x:si>
     <x:t>1.86</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>1,875</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7890</x:t>
   </x:si>
   <x:si>
     <x:t>-1.53</x:t>
   </x:si>
   <x:si>
     <x:t>23,991</x:t>
   </x:si>
   <x:si>
     <x:t>1.87</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0961</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>5.56</x:t>
   </x:si>
   <x:si>
     <x:t>19.97</x:t>
   </x:si>
   <x:si>
     <x:t>31,520</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.0368</x:t>
   </x:si>
   <x:si>
     <x:t>18.97</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9985</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
@@ -2356,56 +2602,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313ceab4f34f4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recdc252bc626475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R395b6f618c6242f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9721bdd185c04b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09764ede250544ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd59a04b4cf147c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H146"/>
+  <x:dimension ref="A1:H166"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2471,3703 +2717,4223 @@
       </x:c>
       <x:c r="H3" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H7" s="4" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="E8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="H8" s="4" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="D9" s="4" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H9" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="D10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D10" s="4" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H13" s="4" t="s">
         <x:v>12</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G24" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E24" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="s">
+      <x:c r="F32" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E32" s="4" t="s">
+      <x:c r="G32" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H32" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F33" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
+      <x:c r="G33" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F33" s="4" t="s">
+      <x:c r="H33" s="4" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="C34" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E34" s="4" t="s">
+      <x:c r="F34" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F34" s="4" t="s">
+      <x:c r="G34" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="G34" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="C35" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
+      <x:c r="C61" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="s">
+      <x:c r="G61" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H61" s="4" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="G63" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H63" s="4" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
+      <x:c r="F65" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="F66" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
+      <x:c r="F70" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E70" s="4" t="s">
+      <x:c r="G70" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H70" s="4" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
+      <x:c r="E71" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D71" s="4" t="s">
+      <x:c r="F71" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E71" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F71" s="4" t="s">
+      <x:c r="G71" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H71" s="4" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
+      <x:c r="C72" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D72" s="4" t="s">
+      <x:c r="E72" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="E72" s="4" t="s">
+      <x:c r="F72" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="F72" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="E73" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="s">
+      <x:c r="G73" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
+      <x:c r="C74" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
+      <x:c r="E75" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D75" s="4" t="s">
+      <x:c r="F75" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="E75" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F75" s="4" t="s">
+      <x:c r="G75" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H75" s="4" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
+      <x:c r="C76" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D76" s="4" t="s">
+      <x:c r="F76" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="E76" s="4" t="s">
+      <x:c r="G76" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H76" s="4" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
+      <x:c r="D77" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D77" s="4" t="s">
+      <x:c r="E77" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="E77" s="4" t="s">
+      <x:c r="F77" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F77" s="4" t="s">
+      <x:c r="G77" s="4" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="E78" s="4" t="s">
+      <x:c r="F78" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="F78" s="4" t="s">
+      <x:c r="G78" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H78" s="4" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="C80" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D80" s="4" t="s">
+      <x:c r="E80" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E80" s="4" t="s">
+      <x:c r="G80" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H80" s="4" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="E81" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E81" s="4" t="s">
+      <x:c r="F81" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="F81" s="4" t="s">
+      <x:c r="G81" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H81" s="4" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="F83" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="E84" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F84" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="E85" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D85" s="4" t="s">
+      <x:c r="G85" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H85" s="4" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
+      <x:c r="E86" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F86" s="4" t="s">
+      <x:c r="G86" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H86" s="4" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="D87" s="4" t="s">
+      <x:c r="E87" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F87" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="E87" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F87" s="4" t="s">
+      <x:c r="G87" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H87" s="4" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
+      <x:c r="C88" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C88" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E88" s="4" t="s">
+      <x:c r="F88" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="F88" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
+      <x:c r="C89" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E89" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="F89" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="E95" s="4" t="s">
+      <x:c r="G95" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H95" s="4" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
+      <x:c r="E96" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E96" s="4" t="s">
+      <x:c r="F96" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="F96" s="4" t="s">
+      <x:c r="G96" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H96" s="4" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F97" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="E97" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F97" s="4" t="s">
+      <x:c r="G97" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H97" s="4" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="E108" s="4" t="s">
+      <x:c r="F108" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="F108" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="F112" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="C113" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="G113" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H113" s="4" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="C114" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="E114" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F114" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
+      <x:c r="G114" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H114" s="4" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
+      <x:c r="F115" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C115" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E115" s="4" t="s">
+      <x:c r="G115" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H115" s="4" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="F116" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="C116" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="E117" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F117" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C117" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C118" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="E118" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
+      <x:c r="F118" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="C118" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="F118" s="4" t="s">
+      <x:c r="G118" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H118" s="4" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="B119" s="1" t="s">
+      <x:c r="C119" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D119" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E119" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="F119" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C119" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C120" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D120" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E120" s="4" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F120" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="B120" s="1" t="s">
+      <x:c r="G120" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H120" s="4" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
+      <x:c r="C121" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D121" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E121" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="C121" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E121" s="4" t="s">
+      <x:c r="F121" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="F121" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
+      <x:c r="C122" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D122" s="4" t="s">
         <x:v>650</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
+      <x:c r="C123" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="s">
         <x:v>655</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E127" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="D127" s="4" t="s">
+      <x:c r="F127" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="E127" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
+      <x:c r="C128" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="C128" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D128" s="4" t="s">
+      <x:c r="E128" s="4" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H128" s="4" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
+      <x:c r="C129" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D129" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E129" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="C129" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D129" s="4" t="s">
+      <x:c r="F129" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="E129" s="4" t="s">
+      <x:c r="G129" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H129" s="4" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B130" s="1" t="s">
+      <x:c r="C130" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D130" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E130" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C130" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D130" s="4" t="s">
+      <x:c r="F130" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="E130" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F130" s="4" t="s">
+      <x:c r="G130" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H130" s="4" t="s">
         <x:v>692</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="C131" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="C131" s="4" t="s">
+      <x:c r="E131" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="D131" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E145" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F145" s="4" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="G145" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H145" s="4" t="s">
+        <x:v>750</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A146" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="E146" s="4" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F146" s="4" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="G146" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H146" s="4" t="s">
+        <x:v>756</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A147" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
+      <x:c r="D147" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="C145" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E145" s="4" t="s">
+      <x:c r="E147" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F147" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="F145" s="4" t="s">
+      <x:c r="G147" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H147" s="4" t="s">
+        <x:v>395</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A148" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="C148" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E148" s="4" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F148" s="4" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="G148" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H148" s="4" t="s">
+        <x:v>766</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A149" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="C149" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D149" s="4" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="E149" s="4" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F149" s="4" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="G149" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H149" s="4" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A150" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C150" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="E150" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="F150" s="4" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="G150" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H150" s="4" t="s">
+        <x:v>776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A151" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C151" s="4" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="D151" s="4" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E151" s="4" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="F151" s="4" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="G151" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H151" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A152" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="C152" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D152" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E152" s="4" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="F152" s="4" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="G152" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H152" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A153" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="C153" s="4" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="D153" s="4" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="E153" s="4" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F153" s="4" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="G153" s="4" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="H153" s="4" t="s">
+        <x:v>794</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A154" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C154" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="G154" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H154" s="4" t="s">
+        <x:v>799</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A155" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="C155" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D155" s="4" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="E155" s="4" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="F155" s="4" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="G155" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H155" s="4" t="s">
+        <x:v>805</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A156" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="C156" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D156" s="4" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="E156" s="4" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="F156" s="4" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="G156" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H156" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A157" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="C157" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D157" s="4" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E157" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F157" s="4" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="G157" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H157" s="4" t="s">
+        <x:v>813</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A158" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="F158" s="4" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="G158" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H158" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A159" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="F159" s="4" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="G159" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H159" s="4" t="s">
+        <x:v>823</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A160" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="F160" s="4" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="G160" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H160" s="4" t="s">
+        <x:v>828</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A161" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C161" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D161" s="4" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="E161" s="4" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="F161" s="4" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="G161" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H161" s="4" t="s">
+        <x:v>826</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A162" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="C162" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D162" s="4" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G145" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>120</x:v>
+      <x:c r="G162" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H162" s="4" t="s">
+        <x:v>836</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A163" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="C163" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E163" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F163" s="4" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="G163" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H163" s="4" t="s">
+        <x:v>836</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A164" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="C164" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D164" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F164" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G164" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H164" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A165" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="E165" s="4" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="F165" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G165" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H165" s="4" t="s">
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>