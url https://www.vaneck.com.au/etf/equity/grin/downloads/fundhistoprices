--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -1,395 +1,656 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e85dd751cc04540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998ed326989c49ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251204" sheetId="1" r:id="Rbd59a04b4cf147c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251224" sheetId="1" r:id="Raa20851550584b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1320" uniqueCount="844">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1432" uniqueCount="904">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.7152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5668</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
-    <x:t>19.51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,471</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5585</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
     <x:t>19.92</x:t>
   </x:si>
   <x:si>
     <x:t>2,202</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8689</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>20.08</x:t>
   </x:si>
   <x:si>
     <x:t>8,600</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0531</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>2,381</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0474</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,245</x:t>
   </x:si>
   <x:si>
     <x:t>1.16</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1749</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>20.27</x:t>
   </x:si>
   <x:si>
     <x:t>1,180</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3783</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>351</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.48</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3744</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>1,005</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.86</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1719</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>885</x:t>
   </x:si>
   <x:si>
     <x:t>0.14</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2967</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.70</x:t>
   </x:si>
   <x:si>
     <x:t>20.64</x:t>
   </x:si>
   <x:si>
     <x:t>3,913</x:t>
   </x:si>
   <x:si>
-    <x:t>0.34</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6480</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.65</x:t>
   </x:si>
   <x:si>
     <x:t>1,966</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6990</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>20.66</x:t>
   </x:si>
   <x:si>
     <x:t>21,873</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5338</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>4,661</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.91</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6797</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>20.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,143</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4451</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.51</x:t>
   </x:si>
   <x:si>
     <x:t>2,153</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3771</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>3,027</x:t>
@@ -472,140 +733,125 @@
   <x:si>
     <x:t>6,399</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>-1.99</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5115</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>1,895</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6984</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,764</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6389</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7717</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>20.68</x:t>
   </x:si>
   <x:si>
     <x:t>2,520</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6193</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>424</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4958</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5442</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
@@ -619,53 +865,50 @@
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6634</x:t>
   </x:si>
   <x:si>
     <x:t>20.76</x:t>
   </x:si>
   <x:si>
     <x:t>835</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6937</x:t>
   </x:si>
   <x:si>
     <x:t>20.71</x:t>
   </x:si>
   <x:si>
     <x:t>3,731</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7244</x:t>
   </x:si>
   <x:si>
     <x:t>20.82</x:t>
   </x:si>
   <x:si>
     <x:t>3,392</x:t>
   </x:si>
   <x:si>
     <x:t>0.46</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6587</x:t>
   </x:si>
   <x:si>
     <x:t>21.15</x:t>
   </x:si>
   <x:si>
     <x:t>968</x:t>
@@ -685,95 +928,89 @@
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,413</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8831</x:t>
   </x:si>
   <x:si>
     <x:t>0.67</x:t>
   </x:si>
   <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>248</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7436</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>-1.03</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5779</x:t>
   </x:si>
   <x:si>
     <x:t>1,948</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6315</x:t>
   </x:si>
   <x:si>
-    <x:t>0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,066</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5498</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
@@ -790,53 +1027,50 @@
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3953</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>20.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,193</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4168</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>9,629</x:t>
   </x:si>
   <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1844</x:t>
   </x:si>
   <x:si>
     <x:t>20.18</x:t>
@@ -844,74 +1078,68 @@
   <x:si>
     <x:t>9,836</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1034</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>4,803</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2179</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,455</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0880</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,684</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1829</x:t>
   </x:si>
   <x:si>
     <x:t>633</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0772</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>20.19</x:t>
@@ -937,53 +1165,50 @@
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7397</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>19.94</x:t>
   </x:si>
   <x:si>
     <x:t>938</x:t>
   </x:si>
   <x:si>
-    <x:t>1.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8933</x:t>
   </x:si>
   <x:si>
     <x:t>20.12</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9021</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.66</x:t>
@@ -1147,53 +1372,50 @@
   <x:si>
     <x:t>2.42</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1666</x:t>
   </x:si>
   <x:si>
     <x:t>0.85</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>5,543</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9966</x:t>
   </x:si>
   <x:si>
-    <x:t>0.63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,953</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8709</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.07</x:t>
   </x:si>
   <x:si>
     <x:t>2,243</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9717</x:t>
@@ -1219,110 +1441,101 @@
   <x:si>
     <x:t>1.65</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2569</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>4,809</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1798</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>20.38</x:t>
   </x:si>
   <x:si>
     <x:t>21,782</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0213</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>19.86</x:t>
   </x:si>
   <x:si>
     <x:t>13,242</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8199</x:t>
   </x:si>
   <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,223</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0587</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,761</x:t>
   </x:si>
   <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3828</x:t>
   </x:si>
   <x:si>
     <x:t>26,715</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2843</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
@@ -1363,53 +1576,50 @@
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>4,640</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>2.21</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9944</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
   </x:si>
   <x:si>
-    <x:t>0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9431</x:t>
   </x:si>
   <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>2,362</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8726</x:t>
   </x:si>
   <x:si>
     <x:t>1.35</x:t>
   </x:si>
   <x:si>
     <x:t>1,860</x:t>
   </x:si>
   <x:si>
     <x:t>-1.21</x:t>
@@ -1489,125 +1699,113 @@
   <x:si>
     <x:t>20.3030</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>2,185</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0454</x:t>
   </x:si>
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>4,192</x:t>
   </x:si>
   <x:si>
-    <x:t>0.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3594</x:t>
   </x:si>
   <x:si>
     <x:t>20.15</x:t>
   </x:si>
   <x:si>
     <x:t>2,022</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>4,506</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4315</x:t>
   </x:si>
   <x:si>
     <x:t>20.37</x:t>
   </x:si>
   <x:si>
     <x:t>20,004</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4607</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>6,075</x:t>
   </x:si>
   <x:si>
     <x:t>-0.49</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3170</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>5,037</x:t>
   </x:si>
   <x:si>
-    <x:t>0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4807</x:t>
   </x:si>
   <x:si>
     <x:t>3,991</x:t>
   </x:si>
   <x:si>
     <x:t>30/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6760</x:t>
   </x:si>
   <x:si>
     <x:t>5,132</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7273</x:t>
@@ -1663,53 +1861,50 @@
   <x:si>
     <x:t>12,902</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9476</x:t>
   </x:si>
   <x:si>
     <x:t>-0.53</x:t>
   </x:si>
   <x:si>
     <x:t>3,120</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0588</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.87</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>1,314</x:t>
   </x:si>
   <x:si>
     <x:t>1.62</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2439</x:t>
   </x:si>
   <x:si>
     <x:t>21.46</x:t>
   </x:si>
   <x:si>
     <x:t>4,629</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1373</x:t>
@@ -1861,53 +2056,50 @@
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1755</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>21.47</x:t>
   </x:si>
   <x:si>
     <x:t>11,030</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3180</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.82</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.65</x:t>
   </x:si>
   <x:si>
     <x:t>2,836</x:t>
   </x:si>
   <x:si>
     <x:t>1.56</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5033</x:t>
   </x:si>
   <x:si>
     <x:t>21.67</x:t>
   </x:si>
   <x:si>
     <x:t>10,455</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3151</x:t>
@@ -2005,53 +2197,50 @@
   <x:si>
     <x:t>20.6126</x:t>
   </x:si>
   <x:si>
     <x:t>20.92</x:t>
   </x:si>
   <x:si>
     <x:t>6,353</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6785</x:t>
   </x:si>
   <x:si>
     <x:t>20.95</x:t>
   </x:si>
   <x:si>
     <x:t>4,013</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8048</x:t>
   </x:si>
   <x:si>
     <x:t>21,854</x:t>
   </x:si>
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7585</x:t>
   </x:si>
   <x:si>
     <x:t>21.03</x:t>
   </x:si>
   <x:si>
     <x:t>8,205</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
@@ -2062,53 +2251,50 @@
   <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>21.32</x:t>
   </x:si>
   <x:si>
     <x:t>6,765</x:t>
   </x:si>
   <x:si>
     <x:t>2.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1185</x:t>
   </x:si>
   <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>9,579</x:t>
   </x:si>
   <x:si>
-    <x:t>1.76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2052</x:t>
   </x:si>
   <x:si>
     <x:t>21.58</x:t>
   </x:si>
   <x:si>
     <x:t>13,670</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1616</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>21.27</x:t>
@@ -2338,105 +2524,99 @@
   <x:si>
     <x:t>1,875</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7890</x:t>
   </x:si>
   <x:si>
     <x:t>-1.53</x:t>
   </x:si>
   <x:si>
     <x:t>23,991</x:t>
   </x:si>
   <x:si>
     <x:t>1.87</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0961</x:t>
   </x:si>
   <x:si>
-    <x:t>1.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5.56</x:t>
   </x:si>
   <x:si>
     <x:t>19.97</x:t>
   </x:si>
   <x:si>
     <x:t>31,520</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.0368</x:t>
   </x:si>
   <x:si>
     <x:t>18.97</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9985</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>19.62</x:t>
   </x:si>
   <x:si>
     <x:t>25,912</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>3.27</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2703</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>97,893</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1627</x:t>
   </x:si>
   <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>19.82</x:t>
   </x:si>
   <x:si>
     <x:t>9,957</x:t>
   </x:si>
   <x:si>
     <x:t>3.43</x:t>
   </x:si>
@@ -2602,56 +2782,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9721bdd185c04b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09764ede250544ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd59a04b4cf147c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7e92e9e1844e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c0a1dad6df54836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa20851550584b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H166"/>
+  <x:dimension ref="A1:H180"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2757,4183 +2937,4547 @@
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E20" s="4" t="s">
+      <x:c r="F20" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F20" s="4" t="s">
+      <x:c r="G20" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G20" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H21" s="4" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="C22" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D22" s="4" t="s">
+      <x:c r="E22" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F23" s="4" t="s">
+      <x:c r="G23" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="G23" s="4" t="s">
+      <x:c r="H23" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="s">
+      <x:c r="E26" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E26" s="4" t="s">
+      <x:c r="F26" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F26" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H28" s="4" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="G29" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H29" s="4" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="F30" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
+      <x:c r="F31" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E31" s="4" t="s">
+      <x:c r="G31" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="F31" s="4" t="s">
+      <x:c r="H31" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
+      <x:c r="C32" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="F52" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
+      <x:c r="F53" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
+      <x:c r="D54" s="4" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="G74" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="G74" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E81" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="F82" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E82" s="4" t="s">
+      <x:c r="G82" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
+      <x:c r="E83" s="4" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H125" s="4" t="s">
         <x:v>668</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="F127" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="F127" s="4" t="s">
+      <x:c r="G127" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H127" s="4" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="C131" s="4" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="C131" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D131" s="4" t="s">
+      <x:c r="E131" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="F131" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="E131" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
         <x:v>698</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>696</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
+      <x:c r="C134" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E134" s="4" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="F134" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
-      <x:c r="C134" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E134" s="4" t="s">
+      <x:c r="G134" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H134" s="4" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="F135" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C135" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="F136" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
+      <x:c r="E137" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="C137" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E137" s="4" t="s">
+      <x:c r="F137" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="F137" s="4" t="s">
+      <x:c r="G137" s="4" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H137" s="4" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="C154" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E154" s="4" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="F154" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="C165" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D165" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
+      <x:c r="E165" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="C165" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E165" s="4" t="s">
+      <x:c r="F165" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="F165" s="4" t="s">
+      <x:c r="G165" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H165" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A166" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="C166" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D166" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E166" s="4" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="F166" s="4" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="G166" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H166" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A167" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C167" s="4" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="D167" s="4" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="E167" s="4" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="F167" s="4" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="G167" s="4" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="H167" s="4" t="s">
+        <x:v>855</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A168" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="C168" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D168" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E168" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F168" s="4" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="G168" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H168" s="4" t="s">
+        <x:v>859</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A169" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="C169" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D169" s="4" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="E169" s="4" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="F169" s="4" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="G169" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H169" s="4" t="s">
+        <x:v>865</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A170" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="C170" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D170" s="4" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="E170" s="4" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="F170" s="4" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="G170" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H170" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A171" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="C171" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D171" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E171" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F171" s="4" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="G171" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H171" s="4" t="s">
+        <x:v>873</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A172" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="C172" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="G172" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H172" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A173" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C173" s="4" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D173" s="4" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="G173" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H173" s="4" t="s">
+        <x:v>883</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A174" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="C174" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="G174" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H174" s="4" t="s">
+        <x:v>888</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A175" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="C175" s="4" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="G175" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H175" s="4" t="s">
+        <x:v>886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A176" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C176" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G165" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>57</x:v>
+      <x:c r="G176" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H176" s="4" t="s">
+        <x:v>896</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A177" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C177" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F177" s="4" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="G177" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H177" s="4" t="s">
+        <x:v>896</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A178" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="C178" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F178" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G178" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H178" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A179" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="C179" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="F179" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G179" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H179" s="4" t="s">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>