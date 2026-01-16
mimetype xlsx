--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -1,119 +1,410 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998ed326989c49ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac0ba4d112b4363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20251224" sheetId="1" r:id="Raa20851550584b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260115" sheetId="1" r:id="Rc1957c1963d447a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1432" uniqueCount="904">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1560" uniqueCount="960">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.7741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.8308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>19.5550</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
-    <x:t>19.90</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>250</x:t>
   </x:si>
   <x:si>
-    <x:t>0.35</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7152</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
-    <x:t>19.84</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,052</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8088</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>19.89</x:t>
   </x:si>
   <x:si>
     <x:t>735</x:t>
@@ -133,86 +424,77 @@
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>19.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,306</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4552</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19.48</x:t>
   </x:si>
   <x:si>
     <x:t>1,933</x:t>
   </x:si>
   <x:si>
     <x:t>0.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4235</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>3,739</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2749</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
     <x:t>19.60</x:t>
   </x:si>
   <x:si>
     <x:t>213</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.69</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
@@ -286,317 +568,275 @@
   <x:si>
     <x:t>19.1492</x:t>
   </x:si>
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>19.28</x:t>
   </x:si>
   <x:si>
     <x:t>1,201</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.3168</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.01</x:t>
   </x:si>
   <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>13,291</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1229</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
     <x:t>1,810</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4317</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
-    <x:t>19.51</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,305</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5668</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>4,471</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5585</x:t>
   </x:si>
   <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
-    <x:t>19.92</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,202</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8689</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>20.08</x:t>
   </x:si>
   <x:si>
     <x:t>8,600</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0531</x:t>
   </x:si>
   <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>2,381</x:t>
   </x:si>
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0474</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,245</x:t>
   </x:si>
   <x:si>
     <x:t>1.16</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1749</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
   </x:si>
   <x:si>
     <x:t>20.27</x:t>
   </x:si>
   <x:si>
     <x:t>1,180</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3783</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>351</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3744</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>1,005</x:t>
   </x:si>
   <x:si>
     <x:t>-0.86</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1719</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>885</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2967</x:t>
   </x:si>
   <x:si>
     <x:t>-1.70</x:t>
   </x:si>
   <x:si>
     <x:t>20.64</x:t>
   </x:si>
   <x:si>
     <x:t>3,913</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6480</x:t>
   </x:si>
   <x:si>
     <x:t>20.65</x:t>
   </x:si>
   <x:si>
     <x:t>1,966</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6990</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.66</x:t>
   </x:si>
   <x:si>
     <x:t>21,873</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5338</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
@@ -634,74 +874,65 @@
   <x:si>
     <x:t>2,153</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3771</x:t>
   </x:si>
   <x:si>
     <x:t>-0.91</x:t>
   </x:si>
   <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>3,027</x:t>
   </x:si>
   <x:si>
-    <x:t>0.31</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.54</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5651</x:t>
   </x:si>
   <x:si>
-    <x:t>0.48</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.75</x:t>
   </x:si>
   <x:si>
     <x:t>3,585</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4675</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>4,840</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4111</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
@@ -778,80 +1009,71 @@
   <x:si>
     <x:t>20.6389</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.07</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7717</x:t>
   </x:si>
   <x:si>
-    <x:t>0.74</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.68</x:t>
   </x:si>
   <x:si>
     <x:t>2,520</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.44</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6193</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>424</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4958</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5442</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
@@ -958,137 +1180,128 @@
   <x:si>
     <x:t>20.7436</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>-1.03</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5779</x:t>
   </x:si>
   <x:si>
     <x:t>1,948</x:t>
   </x:si>
   <x:si>
-    <x:t>0.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6315</x:t>
   </x:si>
   <x:si>
     <x:t>4,066</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5498</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>660</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3953</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>20.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,193</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4168</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>9,629</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1844</x:t>
   </x:si>
   <x:si>
     <x:t>20.18</x:t>
   </x:si>
   <x:si>
     <x:t>9,836</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1034</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>4,803</x:t>
@@ -1159,53 +1372,50 @@
   <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>19.99</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7397</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
-    <x:t>19.94</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>938</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8933</x:t>
   </x:si>
   <x:si>
     <x:t>20.12</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9021</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
@@ -1384,215 +1594,200 @@
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>5,543</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9966</x:t>
   </x:si>
   <x:si>
     <x:t>20.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,953</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8709</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.07</x:t>
   </x:si>
   <x:si>
     <x:t>2,243</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9717</x:t>
   </x:si>
   <x:si>
     <x:t>2,377</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0890</x:t>
   </x:si>
   <x:si>
     <x:t>-0.83</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>3,114</x:t>
   </x:si>
   <x:si>
     <x:t>1.65</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2569</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>4,809</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1798</x:t>
   </x:si>
   <x:si>
     <x:t>0.79</x:t>
   </x:si>
   <x:si>
     <x:t>20.38</x:t>
   </x:si>
   <x:si>
     <x:t>21,782</x:t>
   </x:si>
   <x:si>
-    <x:t>0.99</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0213</x:t>
   </x:si>
   <x:si>
     <x:t>1.02</x:t>
   </x:si>
   <x:si>
     <x:t>19.86</x:t>
   </x:si>
   <x:si>
     <x:t>13,242</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8199</x:t>
   </x:si>
   <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,223</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0587</x:t>
   </x:si>
   <x:si>
     <x:t>-0.32</x:t>
   </x:si>
   <x:si>
     <x:t>8,761</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3828</x:t>
   </x:si>
   <x:si>
     <x:t>26,715</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2843</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,962</x:t>
   </x:si>
   <x:si>
     <x:t>0.92</x:t>
   </x:si>
   <x:si>
     <x:t>25/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6039</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>4,836</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>22/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5463</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.13</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>4,640</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>2.21</x:t>
   </x:si>
   <x:si>
     <x:t>21/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9944</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
@@ -1633,53 +1828,50 @@
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>11,091</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2350</x:t>
   </x:si>
   <x:si>
     <x:t>20.16</x:t>
   </x:si>
   <x:si>
     <x:t>8,500</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2644</x:t>
   </x:si>
   <x:si>
     <x:t>3,440</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2901</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>1,130</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1436</x:t>
@@ -1705,53 +1897,50 @@
   <x:si>
     <x:t>2,185</x:t>
   </x:si>
   <x:si>
     <x:t>-0.36</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0454</x:t>
   </x:si>
   <x:si>
     <x:t>-1.54</x:t>
   </x:si>
   <x:si>
     <x:t>4,192</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3594</x:t>
   </x:si>
   <x:si>
-    <x:t>20.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,022</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2960</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>4,506</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4315</x:t>
   </x:si>
   <x:si>
     <x:t>20.37</x:t>
   </x:si>
   <x:si>
     <x:t>20,004</x:t>
@@ -1801,53 +1990,50 @@
   <x:si>
     <x:t>20.6760</x:t>
   </x:si>
   <x:si>
     <x:t>5,132</x:t>
   </x:si>
   <x:si>
     <x:t>29/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7273</x:t>
   </x:si>
   <x:si>
     <x:t>4,932</x:t>
   </x:si>
   <x:si>
     <x:t>-1.48</x:t>
   </x:si>
   <x:si>
     <x:t>28/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4126</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.74</x:t>
   </x:si>
   <x:si>
     <x:t>2,954</x:t>
   </x:si>
   <x:si>
     <x:t>1.60</x:t>
   </x:si>
   <x:si>
     <x:t>25/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5406</x:t>
   </x:si>
   <x:si>
     <x:t>9,633</x:t>
   </x:si>
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8665</x:t>
@@ -2038,53 +2224,50 @@
   <x:si>
     <x:t>21.48</x:t>
   </x:si>
   <x:si>
     <x:t>10,000</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3882</x:t>
   </x:si>
   <x:si>
     <x:t>4,790</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1755</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.47</x:t>
   </x:si>
   <x:si>
     <x:t>11,030</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3180</x:t>
   </x:si>
   <x:si>
     <x:t>21.65</x:t>
   </x:si>
   <x:si>
     <x:t>2,836</x:t>
   </x:si>
   <x:si>
     <x:t>1.56</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2025</x:t>
@@ -2272,53 +2455,50 @@
   <x:si>
     <x:t>9,579</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2052</x:t>
   </x:si>
   <x:si>
     <x:t>21.58</x:t>
   </x:si>
   <x:si>
     <x:t>13,670</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1616</x:t>
   </x:si>
   <x:si>
-    <x:t>0</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.27</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>4,339</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9411</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>2,757</x:t>
   </x:si>
   <x:si>
     <x:t>1.33</x:t>
@@ -2479,53 +2659,50 @@
   <x:si>
     <x:t>2.43</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7734</x:t>
   </x:si>
   <x:si>
     <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.47</x:t>
   </x:si>
   <x:si>
     <x:t>33,780</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4725</x:t>
   </x:si>
   <x:si>
-    <x:t>1.57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>542</x:t>
   </x:si>
   <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1561</x:t>
   </x:si>
   <x:si>
     <x:t>1.86</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>1,875</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7890</x:t>
@@ -2551,80 +2728,74 @@
   <x:si>
     <x:t>19.97</x:t>
   </x:si>
   <x:si>
     <x:t>31,520</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.0368</x:t>
   </x:si>
   <x:si>
     <x:t>18.97</x:t>
   </x:si>
   <x:si>
     <x:t>14,283</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>18.9985</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.41</x:t>
   </x:si>
   <x:si>
     <x:t>19.62</x:t>
   </x:si>
   <x:si>
     <x:t>25,912</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>3.27</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2703</x:t>
   </x:si>
   <x:si>
     <x:t>97,893</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.78</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1627</x:t>
   </x:si>
   <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>19.82</x:t>
   </x:si>
   <x:si>
     <x:t>9,957</x:t>
   </x:si>
   <x:si>
     <x:t>3.43</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7978</x:t>
   </x:si>
   <x:si>
     <x:t>1.68</x:t>
@@ -2648,53 +2819,50 @@
     <x:t>01/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7856</x:t>
   </x:si>
   <x:si>
     <x:t>19.79</x:t>
   </x:si>
   <x:si>
     <x:t>15,439</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7426</x:t>
   </x:si>
   <x:si>
     <x:t>-1.10</x:t>
   </x:si>
   <x:si>
     <x:t>19.88</x:t>
   </x:si>
   <x:si>
     <x:t>29,585</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>29/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9614</x:t>
   </x:si>
   <x:si>
     <x:t>0.72</x:t>
   </x:si>
   <x:si>
     <x:t>17,366</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>28/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8179</x:t>
   </x:si>
   <x:si>
     <x:t>-1.39</x:t>
   </x:si>
@@ -2782,56 +2950,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7e92e9e1844e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c0a1dad6df54836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa20851550584b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883b38f261c24730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0345acd0e6984cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1957c1963d447a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H180"/>
+  <x:dimension ref="A1:H196"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2900,4584 +3068,5000 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C5" s="4" t="s">
+      <x:c r="E5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="4" t="s">
+      <x:c r="F5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="E5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="H5" s="4" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="F6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H6" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D8" s="4" t="s">
+      <x:c r="H8" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="E9" s="4" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="H9" s="4" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="H10" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="H11" s="4" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="D12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="E12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="E12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="H13" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="E14" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F16" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G16" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H16" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F17" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="F82" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D82" s="4" t="s">
+      <x:c r="G82" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="s">
+      <x:c r="H82" s="4" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
+      <x:c r="G83" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F84" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="G84" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H84" s="4" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G85" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H85" s="4" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
+      <x:c r="G86" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H86" s="4" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F110" s="4" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="G110" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H110" s="4" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E111" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F111" s="4" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="G111" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H111" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="C158" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D158" s="4" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="E158" s="4" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="F158" s="4" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="G158" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H158" s="4" t="s">
         <x:v>806</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C159" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D159" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E159" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
+      <x:c r="F159" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="C159" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C160" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D160" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E160" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
+      <x:c r="F160" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="C160" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D160" s="4" t="s">
+      <x:c r="G160" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H160" s="4" t="s">
         <x:v>815</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>893</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>898</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="C179" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="F179" s="4" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="G179" s="4" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H179" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A180" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="C180" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D180" s="4" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E180" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F180" s="4" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="G180" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H180" s="4" t="s">
+        <x:v>897</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A181" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="C181" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D181" s="4" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="E181" s="4" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="F181" s="4" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="C179" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E179" s="4" t="s">
+      <x:c r="G181" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H181" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A182" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="F179" s="4" t="s">
+      <x:c r="B182" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="C182" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D182" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E182" s="4" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="F182" s="4" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="G182" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H182" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A183" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="C183" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D183" s="4" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="E183" s="4" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="F183" s="4" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="G183" s="4" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H183" s="4" t="s">
+        <x:v>913</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A184" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="C184" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D184" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E184" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F184" s="4" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="G184" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H184" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A185" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="C185" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="E185" s="4" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="F185" s="4" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="G185" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H185" s="4" t="s">
+        <x:v>922</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A186" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="C186" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D186" s="4" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="E186" s="4" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="F186" s="4" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="G186" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H186" s="4" t="s">
+        <x:v>669</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A187" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="C187" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D187" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E187" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F187" s="4" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="G187" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H187" s="4" t="s">
+        <x:v>930</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A188" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="C188" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D188" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E188" s="4" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="F188" s="4" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="G188" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H188" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A189" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="C189" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E189" s="4" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="F189" s="4" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="G189" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H189" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A190" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="C190" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="E190" s="4" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F190" s="4" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="G190" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H190" s="4" t="s">
+        <x:v>944</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A191" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="C191" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D191" s="4" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="E191" s="4" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="F191" s="4" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="G191" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H191" s="4" t="s">
+        <x:v>942</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A192" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="C192" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E192" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F192" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G179" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>154</x:v>
+      <x:c r="G192" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H192" s="4" t="s">
+        <x:v>952</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A193" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="C193" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D193" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E193" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F193" s="4" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="G193" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H193" s="4" t="s">
+        <x:v>952</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A194" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="C194" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D194" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E194" s="4" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F194" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G194" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H194" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A195" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="C195" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D195" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E195" s="4" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="F195" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G195" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H195" s="4" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>