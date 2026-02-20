--- v4 (2026-01-16)
+++ v5 (2026-02-20)
@@ -1,242 +1,728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac0ba4d112b4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfae4319487489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260115" sheetId="1" r:id="Rc1957c1963d447a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260219" sheetId="1" r:id="Raaed7258e92b462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1560" uniqueCount="960">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="1076">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.1329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.1804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.2903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.3183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.3959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46</x:t>
+  </x:si>
+  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4962</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>-0.44</x:t>
   </x:si>
   <x:si>
     <x:t>19.71</x:t>
   </x:si>
   <x:si>
     <x:t>5,815</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.10</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.5823</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>19.61</x:t>
   </x:si>
   <x:si>
     <x:t>56,528</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4468</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>19.18</x:t>
   </x:si>
   <x:si>
     <x:t>1,888</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.37</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.3042</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19.27</x:t>
   </x:si>
   <x:si>
     <x:t>315</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.3301</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>19.51</x:t>
   </x:si>
   <x:si>
     <x:t>4,502</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4607</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>19.94</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>2.46</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.8322</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>950</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.62</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6749</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>19.92</x:t>
   </x:si>
   <x:si>
     <x:t>390</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.7741</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
@@ -259,116 +745,92 @@
   <x:si>
     <x:t>19.9295</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>19.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,475</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.8308</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19.43</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>-2.02</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
-    <x:t>1.57</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5242</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>-0.48</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.3575</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>19.55</x:t>
   </x:si>
   <x:si>
     <x:t>1,228</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5550</x:t>
   </x:si>
   <x:si>
     <x:t>19.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>1.76</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>250</x:t>
@@ -388,293 +850,257 @@
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.63</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8088</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>19.89</x:t>
   </x:si>
   <x:si>
     <x:t>735</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8786</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>19.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,306</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4552</x:t>
   </x:si>
   <x:si>
     <x:t>19.48</x:t>
   </x:si>
   <x:si>
     <x:t>1,933</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4235</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>3,739</x:t>
   </x:si>
   <x:si>
-    <x:t>1.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2749</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
     <x:t>19.60</x:t>
   </x:si>
   <x:si>
     <x:t>213</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.69</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4303</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>19.38</x:t>
   </x:si>
   <x:si>
     <x:t>1,208</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4895</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.43</x:t>
   </x:si>
   <x:si>
     <x:t>19.33</x:t>
   </x:si>
   <x:si>
     <x:t>687</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2151</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>19.23</x:t>
   </x:si>
   <x:si>
     <x:t>680</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1492</x:t>
   </x:si>
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
     <x:t>-0.87</x:t>
   </x:si>
   <x:si>
     <x:t>19.28</x:t>
   </x:si>
   <x:si>
     <x:t>1,201</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.3168</x:t>
   </x:si>
   <x:si>
-    <x:t>1.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>13,291</x:t>
   </x:si>
   <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1229</x:t>
   </x:si>
   <x:si>
     <x:t>-0.31</x:t>
   </x:si>
   <x:si>
     <x:t>-1.59</x:t>
   </x:si>
   <x:si>
     <x:t>1,810</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4317</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.69</x:t>
   </x:si>
   <x:si>
     <x:t>2,305</x:t>
   </x:si>
   <x:si>
-    <x:t>0.40</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5668</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>4,471</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5585</x:t>
   </x:si>
   <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
     <x:t>2,202</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8689</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
@@ -733,56 +1159,50 @@
   <x:si>
     <x:t>20.27</x:t>
   </x:si>
   <x:si>
     <x:t>1,180</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3783</x:t>
   </x:si>
   <x:si>
     <x:t>351</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3744</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>1,005</x:t>
   </x:si>
   <x:si>
     <x:t>-0.86</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1719</x:t>
   </x:si>
   <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>885</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2967</x:t>
@@ -811,56 +1231,50 @@
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6990</x:t>
   </x:si>
   <x:si>
     <x:t>20.66</x:t>
   </x:si>
   <x:si>
     <x:t>21,873</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5338</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>4,661</x:t>
   </x:si>
   <x:si>
     <x:t>0.91</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6797</x:t>
   </x:si>
   <x:si>
     <x:t>1.15</x:t>
   </x:si>
   <x:si>
     <x:t>20.58</x:t>
   </x:si>
   <x:si>
     <x:t>6,143</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
@@ -898,92 +1312,80 @@
   <x:si>
     <x:t>1.54</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5651</x:t>
   </x:si>
   <x:si>
     <x:t>20.75</x:t>
   </x:si>
   <x:si>
     <x:t>3,585</x:t>
   </x:si>
   <x:si>
     <x:t>0.90</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4675</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>4,840</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4111</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.36</x:t>
   </x:si>
   <x:si>
     <x:t>20.52</x:t>
   </x:si>
   <x:si>
     <x:t>2,310</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6922</x:t>
   </x:si>
   <x:si>
-    <x:t>0.88</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>6,399</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>-1.99</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5115</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
   </x:si>
   <x:si>
     <x:t>1,895</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
@@ -1054,53 +1456,50 @@
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4958</x:t>
   </x:si>
   <x:si>
     <x:t>-0.24</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5442</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,760</x:t>
   </x:si>
   <x:si>
     <x:t>0.66</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6634</x:t>
   </x:si>
   <x:si>
     <x:t>20.76</x:t>
   </x:si>
   <x:si>
     <x:t>835</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6937</x:t>
   </x:si>
   <x:si>
     <x:t>20.71</x:t>
@@ -1132,62 +1531,56 @@
   <x:si>
     <x:t>21.15</x:t>
   </x:si>
   <x:si>
     <x:t>968</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>2.38</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8475</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,413</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8831</x:t>
   </x:si>
   <x:si>
-    <x:t>0.67</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>248</x:t>
   </x:si>
   <x:si>
     <x:t>-1.26</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7436</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>-1.03</x:t>
@@ -1231,56 +1624,50 @@
   <x:si>
     <x:t>20.1765</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>-1.07</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>660</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3953</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.24</x:t>
   </x:si>
   <x:si>
     <x:t>4,193</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4168</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>9,629</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1844</x:t>
@@ -1312,71 +1699,65 @@
   <x:si>
     <x:t>20.2179</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,455</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0880</x:t>
   </x:si>
   <x:si>
     <x:t>1,684</x:t>
   </x:si>
   <x:si>
-    <x:t>1.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1829</x:t>
   </x:si>
   <x:si>
     <x:t>633</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0772</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.19</x:t>
   </x:si>
   <x:si>
     <x:t>7,195</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0664</x:t>
   </x:si>
   <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>19.99</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
@@ -1423,131 +1804,116 @@
   <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>20.29</x:t>
   </x:si>
   <x:si>
     <x:t>2,926</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.95</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2372</x:t>
   </x:si>
   <x:si>
     <x:t>196</x:t>
   </x:si>
   <x:si>
-    <x:t>0.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2514</x:t>
   </x:si>
   <x:si>
     <x:t>20.30</x:t>
   </x:si>
   <x:si>
     <x:t>1,390</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3191</x:t>
   </x:si>
   <x:si>
     <x:t>20.46</x:t>
   </x:si>
   <x:si>
     <x:t>822</x:t>
   </x:si>
   <x:si>
-    <x:t>0.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4493</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>495</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6730</x:t>
   </x:si>
   <x:si>
     <x:t>2,808</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5752</x:t>
   </x:si>
   <x:si>
     <x:t>1,057</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5591</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,394</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3037</x:t>
   </x:si>
   <x:si>
     <x:t>20.56</x:t>
   </x:si>
   <x:si>
     <x:t>4,237</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2114</x:t>
   </x:si>
   <x:si>
     <x:t>766</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
@@ -1843,53 +2209,50 @@
   <x:si>
     <x:t>20.2350</x:t>
   </x:si>
   <x:si>
     <x:t>20.16</x:t>
   </x:si>
   <x:si>
     <x:t>8,500</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2644</x:t>
   </x:si>
   <x:si>
     <x:t>3,440</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2901</x:t>
   </x:si>
   <x:si>
-    <x:t>0.73</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,130</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1436</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>5,884</x:t>
   </x:si>
   <x:si>
     <x:t>0.78</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3030</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
@@ -2032,53 +2395,50 @@
   <x:si>
     <x:t>0.87</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8665</x:t>
   </x:si>
   <x:si>
     <x:t>-0.39</x:t>
   </x:si>
   <x:si>
     <x:t>21.09</x:t>
   </x:si>
   <x:si>
     <x:t>12,902</x:t>
   </x:si>
   <x:si>
     <x:t>23/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9476</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3,120</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0588</x:t>
   </x:si>
   <x:si>
     <x:t>21.40</x:t>
   </x:si>
   <x:si>
     <x:t>1,314</x:t>
   </x:si>
   <x:si>
     <x:t>1.62</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2439</x:t>
@@ -2341,53 +2701,50 @@
   <x:si>
     <x:t>6,656</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8675</x:t>
   </x:si>
   <x:si>
     <x:t>1.98</x:t>
   </x:si>
   <x:si>
     <x:t>20.73</x:t>
   </x:si>
   <x:si>
     <x:t>5,307</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4625</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.73</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.77</x:t>
   </x:si>
   <x:si>
     <x:t>6,833</x:t>
   </x:si>
   <x:si>
     <x:t>1.50</x:t>
   </x:si>
   <x:si>
     <x:t>18/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6126</x:t>
   </x:si>
   <x:si>
     <x:t>20.92</x:t>
   </x:si>
   <x:si>
     <x:t>6,353</x:t>
   </x:si>
   <x:si>
     <x:t>1.49</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2025</x:t>
@@ -2410,89 +2767,83 @@
   <x:si>
     <x:t>21,854</x:t>
   </x:si>
   <x:si>
     <x:t>1.03</x:t>
   </x:si>
   <x:si>
     <x:t>13/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7585</x:t>
   </x:si>
   <x:si>
     <x:t>21.03</x:t>
   </x:si>
   <x:si>
     <x:t>8,205</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8109</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.32</x:t>
   </x:si>
   <x:si>
     <x:t>6,765</x:t>
   </x:si>
   <x:si>
     <x:t>2.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1185</x:t>
   </x:si>
   <x:si>
     <x:t>21.49</x:t>
   </x:si>
   <x:si>
     <x:t>9,579</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2052</x:t>
   </x:si>
   <x:si>
     <x:t>21.58</x:t>
   </x:si>
   <x:si>
     <x:t>13,670</x:t>
   </x:si>
   <x:si>
-    <x:t>1.77</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1616</x:t>
   </x:si>
   <x:si>
     <x:t>21.27</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>4,339</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9411</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
@@ -2543,53 +2894,50 @@
     <x:t>13,606</x:t>
   </x:si>
   <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>30/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9875</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>33,875</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9514</x:t>
   </x:si>
   <x:si>
     <x:t>16,305</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>1.28</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8955</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>11,497</x:t>
   </x:si>
   <x:si>
     <x:t>27/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7216</x:t>
   </x:si>
   <x:si>
     <x:t>7,099</x:t>
   </x:si>
   <x:si>
     <x:t>26/05/2025</x:t>
   </x:si>
@@ -2950,56 +3298,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883b38f261c24730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0345acd0e6984cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1957c1963d447a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324826d3081c449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8fabdab8fc094cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raaed7258e92b462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H196"/>
+  <x:dimension ref="A1:H221"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3068,5000 +3416,5650 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D10" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="G44" s="4" t="s">
+      <x:c r="H44" s="4" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E66" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>890</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>901</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>912</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>920</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>921</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>925</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>901</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>926</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>930</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>933</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>934</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>939</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>948</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>944</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>948</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>949</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>957</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>954</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>959</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="G195" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H195" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A196" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="C196" s="4" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D196" s="4" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="E196" s="4" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F196" s="4" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="G196" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H196" s="4" t="s">
+        <x:v>670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A197" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="C197" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D197" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E197" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F197" s="4" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="G197" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H197" s="4" t="s">
+        <x:v>978</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A198" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="C198" s="4" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D198" s="4" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E198" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="F198" s="4" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="G198" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H198" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A199" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="C199" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E199" s="4" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F199" s="4" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="G199" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H199" s="4" t="s">
+        <x:v>434</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A200" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="C200" s="4" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E200" s="4" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F200" s="4" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="G200" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H200" s="4" t="s">
+        <x:v>988</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A201" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="C201" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D201" s="4" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E201" s="4" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="F201" s="4" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="G201" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H201" s="4" t="s">
+        <x:v>994</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A202" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="C202" s="4" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="D202" s="4" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="E202" s="4" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F202" s="4" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="G202" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H202" s="4" t="s">
+        <x:v>660</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A203" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="C203" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D203" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E203" s="4" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="F203" s="4" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="G203" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H203" s="4" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A204" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="C204" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D204" s="4" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="E204" s="4" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="F204" s="4" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="G204" s="4" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H204" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A205" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="E205" s="4" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="F205" s="4" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="G205" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H205" s="4" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A206" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="C206" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="E206" s="4" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F206" s="4" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="G206" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H206" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A207" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="C207" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D207" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E207" s="4" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="F207" s="4" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="G207" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H207" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A208" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="C208" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D208" s="4" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="E208" s="4" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="F208" s="4" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="G208" s="4" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="H208" s="4" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A209" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="C209" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="E209" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F209" s="4" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="G209" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H209" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A210" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="C210" s="4" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D210" s="4" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="E210" s="4" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="F210" s="4" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="G210" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H210" s="4" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A211" s="1" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="C211" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D211" s="4" t="s">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="E211" s="4" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="F211" s="4" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="G211" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H211" s="4" t="s">
+        <x:v>790</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A212" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="C212" s="4" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D212" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E212" s="4" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="F212" s="4" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="G212" s="4" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H212" s="4" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A213" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="C213" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E213" s="4" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="F213" s="4" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="G213" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H213" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A214" s="1" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="C214" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="E214" s="4" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="F214" s="4" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="G214" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H214" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A215" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="C215" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D215" s="4" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="E215" s="4" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F215" s="4" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="G215" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H215" s="4" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A216" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="C216" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D216" s="4" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="E216" s="4" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="F216" s="4" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="G216" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H216" s="4" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A217" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="C217" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D217" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E217" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F217" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G195" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>86</x:v>
+      <x:c r="G217" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H217" s="4" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A218" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="C218" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D218" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E218" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F218" s="4" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="G218" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H218" s="4" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A219" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="C219" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D219" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E219" s="4" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="F219" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G219" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H219" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A220" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E220" s="4" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="F220" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G220" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H220" s="4" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>