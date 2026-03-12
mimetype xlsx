--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -1,125 +1,434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfae4319487489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ce8fefd27c4dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260219" sheetId="1" r:id="Raaed7258e92b462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260311" sheetId="1" r:id="R208a04b695404a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="1076">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1872" uniqueCount="1142">
   <x:si>
     <x:t>India Growth Leaders ETF - GRIN</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.7557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.6824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.6794</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.46</x:t>
   </x:si>
   <x:si>
     <x:t>19.01</x:t>
   </x:si>
   <x:si>
     <x:t>7,212</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.77</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.9569</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
     <x:t>18.99</x:t>
   </x:si>
   <x:si>
     <x:t>4,187</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.9690</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>18.68</x:t>
   </x:si>
   <x:si>
     <x:t>177</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>-1.52</x:t>
@@ -142,56 +451,50 @@
   <x:si>
     <x:t>763</x:t>
   </x:si>
   <x:si>
     <x:t>-1.50</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.5606</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>-0.60</x:t>
   </x:si>
   <x:si>
     <x:t>18.61</x:t>
   </x:si>
   <x:si>
     <x:t>3,098</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.6733</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.53</x:t>
   </x:si>
   <x:si>
     <x:t>18.86</x:t>
   </x:si>
   <x:si>
     <x:t>1,056</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026</x:t>
@@ -229,53 +532,50 @@
   <x:si>
     <x:t>19.02</x:t>
   </x:si>
   <x:si>
     <x:t>3,689</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.8001</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>19.04</x:t>
   </x:si>
   <x:si>
     <x:t>1,647</x:t>
   </x:si>
   <x:si>
-    <x:t>0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.28</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.6865</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>-1.08</x:t>
   </x:si>
   <x:si>
     <x:t>18.95</x:t>
   </x:si>
   <x:si>
     <x:t>4,030</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>1.41</x:t>
@@ -307,119 +607,104 @@
   <x:si>
     <x:t>18.8946</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>18.90</x:t>
   </x:si>
   <x:si>
     <x:t>15,482</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.8196</x:t>
   </x:si>
   <x:si>
-    <x:t>0.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.79</x:t>
   </x:si>
   <x:si>
-    <x:t>18.96</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30,961</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.1329</x:t>
   </x:si>
   <x:si>
     <x:t>18.00</x:t>
   </x:si>
   <x:si>
     <x:t>3,834</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.1804</x:t>
   </x:si>
   <x:si>
     <x:t>18.36</x:t>
   </x:si>
   <x:si>
     <x:t>3,850</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.2903</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
-    <x:t>18.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>5,583</x:t>
   </x:si>
   <x:si>
     <x:t>-0.71</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.3183</x:t>
   </x:si>
   <x:si>
     <x:t>0.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.57</x:t>
   </x:si>
   <x:si>
     <x:t>18.32</x:t>
   </x:si>
   <x:si>
     <x:t>7,582</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
@@ -610,179 +895,155 @@
   <x:si>
     <x:t>19.18</x:t>
   </x:si>
   <x:si>
     <x:t>1,888</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>-1.37</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.3042</x:t>
   </x:si>
   <x:si>
     <x:t>19.27</x:t>
   </x:si>
   <x:si>
     <x:t>315</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.3301</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>19.51</x:t>
   </x:si>
   <x:si>
     <x:t>4,502</x:t>
   </x:si>
   <x:si>
     <x:t>0.93</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4607</x:t>
   </x:si>
   <x:si>
     <x:t>-0.37</x:t>
   </x:si>
   <x:si>
     <x:t>-1.87</x:t>
   </x:si>
   <x:si>
     <x:t>19.94</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>2.46</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.8322</x:t>
   </x:si>
   <x:si>
-    <x:t>0.80</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>950</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6749</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>19.92</x:t>
   </x:si>
   <x:si>
     <x:t>390</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.7741</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.15</x:t>
   </x:si>
   <x:si>
     <x:t>367</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.90</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.9295</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.50</x:t>
   </x:si>
   <x:si>
     <x:t>19.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,475</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.45</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.8308</x:t>
   </x:si>
   <x:si>
     <x:t>19.43</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>-2.02</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
@@ -826,125 +1087,113 @@
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>250</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7152</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,052</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8088</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>19.89</x:t>
   </x:si>
   <x:si>
     <x:t>735</x:t>
   </x:si>
   <x:si>
-    <x:t>0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8786</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>2.18</x:t>
   </x:si>
   <x:si>
     <x:t>19.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,306</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4552</x:t>
   </x:si>
   <x:si>
     <x:t>19.48</x:t>
   </x:si>
   <x:si>
     <x:t>1,933</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4235</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.77</x:t>
   </x:si>
   <x:si>
     <x:t>3,739</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2749</x:t>
   </x:si>
   <x:si>
     <x:t>-0.80</x:t>
   </x:si>
   <x:si>
     <x:t>19.60</x:t>
   </x:si>
   <x:si>
     <x:t>213</x:t>
   </x:si>
   <x:si>
     <x:t>1.69</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2025</x:t>
@@ -964,74 +1213,68 @@
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.4895</x:t>
   </x:si>
   <x:si>
     <x:t>1.43</x:t>
   </x:si>
   <x:si>
     <x:t>19.33</x:t>
   </x:si>
   <x:si>
     <x:t>687</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.2151</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>19.23</x:t>
   </x:si>
   <x:si>
     <x:t>680</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.1492</x:t>
   </x:si>
   <x:si>
     <x:t>-0.17</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.87</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.28</x:t>
   </x:si>
   <x:si>
     <x:t>1,201</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.3168</x:t>
   </x:si>
   <x:si>
     <x:t>19.12</x:t>
   </x:si>
   <x:si>
     <x:t>13,291</x:t>
   </x:si>
   <x:si>
     <x:t>-1.02</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
@@ -1069,89 +1312,83 @@
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5668</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>4,471</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.5585</x:t>
   </x:si>
   <x:si>
     <x:t>-1.56</x:t>
   </x:si>
   <x:si>
     <x:t>2,202</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8689</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>20.08</x:t>
   </x:si>
   <x:si>
     <x:t>8,600</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0531</x:t>
   </x:si>
   <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>2,381</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.13</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0474</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>1,245</x:t>
   </x:si>
   <x:si>
     <x:t>1.16</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1749</x:t>
   </x:si>
   <x:si>
     <x:t>-1.00</x:t>
@@ -1333,53 +1570,50 @@
   <x:si>
     <x:t>20.4675</x:t>
   </x:si>
   <x:si>
     <x:t>20.53</x:t>
   </x:si>
   <x:si>
     <x:t>4,840</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4111</x:t>
   </x:si>
   <x:si>
     <x:t>-1.36</x:t>
   </x:si>
   <x:si>
     <x:t>20.52</x:t>
   </x:si>
   <x:si>
     <x:t>2,310</x:t>
   </x:si>
   <x:si>
-    <x:t>0.53</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6922</x:t>
   </x:si>
   <x:si>
     <x:t>6,399</x:t>
   </x:si>
   <x:si>
     <x:t>-0.41</x:t>
   </x:si>
   <x:si>
     <x:t>-1.99</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5115</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>20.44</x:t>
@@ -1438,53 +1672,50 @@
   <x:si>
     <x:t>2,520</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6193</x:t>
   </x:si>
   <x:si>
     <x:t>0.60</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>424</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4958</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>406</x:t>
   </x:si>
   <x:si>
     <x:t>0.51</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5442</x:t>
   </x:si>
   <x:si>
     <x:t>2,760</x:t>
   </x:si>
   <x:si>
     <x:t>0.66</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6634</x:t>
@@ -1543,68 +1774,62 @@
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8475</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>1,413</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8831</x:t>
   </x:si>
   <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>248</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7436</x:t>
   </x:si>
   <x:si>
     <x:t>0.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,236</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.03</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5779</x:t>
   </x:si>
   <x:si>
     <x:t>1,948</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6315</x:t>
   </x:si>
   <x:si>
     <x:t>4,066</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5498</x:t>
@@ -1687,143 +1912,134 @@
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>4,803</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2179</x:t>
   </x:si>
   <x:si>
     <x:t>0.65</x:t>
   </x:si>
   <x:si>
     <x:t>20.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,455</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0880</x:t>
   </x:si>
   <x:si>
     <x:t>1,684</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1829</x:t>
   </x:si>
   <x:si>
     <x:t>633</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0772</x:t>
   </x:si>
   <x:si>
     <x:t>20.19</x:t>
   </x:si>
   <x:si>
     <x:t>7,195</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0664</x:t>
   </x:si>
   <x:si>
     <x:t>1.66</x:t>
   </x:si>
   <x:si>
     <x:t>19.99</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.38</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.7397</x:t>
   </x:si>
   <x:si>
     <x:t>-0.77</x:t>
   </x:si>
   <x:si>
     <x:t>938</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8933</x:t>
   </x:si>
   <x:si>
     <x:t>20.12</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t>1.14</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9021</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.66</x:t>
   </x:si>
   <x:si>
     <x:t>20.29</x:t>
   </x:si>
   <x:si>
     <x:t>2,926</x:t>
   </x:si>
   <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.95</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2372</x:t>
   </x:si>
   <x:si>
     <x:t>196</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
@@ -2056,53 +2272,50 @@
   <x:si>
     <x:t>13,242</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8199</x:t>
   </x:si>
   <x:si>
     <x:t>-1.19</x:t>
   </x:si>
   <x:si>
     <x:t>20.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,223</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0587</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,761</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3828</x:t>
   </x:si>
   <x:si>
     <x:t>26,715</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2843</x:t>
   </x:si>
   <x:si>
     <x:t>-1.55</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>1,962</x:t>
@@ -2155,77 +2368,71 @@
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
   </x:si>
   <x:si>
     <x:t>20/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9431</x:t>
   </x:si>
   <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>2,362</x:t>
   </x:si>
   <x:si>
     <x:t>19/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8726</x:t>
   </x:si>
   <x:si>
-    <x:t>1.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,860</x:t>
   </x:si>
   <x:si>
     <x:t>-1.21</x:t>
   </x:si>
   <x:si>
     <x:t>18/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5945</x:t>
   </x:si>
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>11,091</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2350</x:t>
   </x:si>
   <x:si>
     <x:t>20.16</x:t>
   </x:si>
   <x:si>
     <x:t>8,500</x:t>
   </x:si>
   <x:si>
     <x:t>14/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2644</x:t>
   </x:si>
   <x:si>
     <x:t>3,440</x:t>
   </x:si>
   <x:si>
     <x:t>13/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2901</x:t>
@@ -2644,53 +2851,50 @@
   <x:si>
     <x:t>27/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3151</x:t>
   </x:si>
   <x:si>
     <x:t>1.31</x:t>
   </x:si>
   <x:si>
     <x:t>4,358</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0387</x:t>
   </x:si>
   <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>15,164</x:t>
   </x:si>
   <x:si>
-    <x:t>1.24</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1516</x:t>
   </x:si>
   <x:si>
     <x:t>3,977</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0469</x:t>
   </x:si>
   <x:si>
     <x:t>1,243</x:t>
   </x:si>
   <x:si>
     <x:t>1.20</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9940</x:t>
@@ -2827,53 +3031,50 @@
   <x:si>
     <x:t>21.1616</x:t>
   </x:si>
   <x:si>
     <x:t>21.27</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>4,339</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9411</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
-    <x:t>2,757</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.33</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8895</x:t>
   </x:si>
   <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,766</x:t>
   </x:si>
   <x:si>
     <x:t>1.63</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9294</x:t>
   </x:si>
   <x:si>
     <x:t>21.29</x:t>
@@ -2990,53 +3191,50 @@
     <x:t>2.00</x:t>
   </x:si>
   <x:si>
     <x:t>19/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6192</x:t>
   </x:si>
   <x:si>
     <x:t>-0.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>6,978</x:t>
   </x:si>
   <x:si>
     <x:t>2.43</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7734</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.47</x:t>
   </x:si>
   <x:si>
     <x:t>33,780</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4725</x:t>
   </x:si>
   <x:si>
     <x:t>542</x:t>
   </x:si>
   <x:si>
     <x:t>-1.43</x:t>
   </x:si>
   <x:si>
     <x:t>14/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1561</x:t>
   </x:si>
@@ -3298,56 +3496,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324826d3081c449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8fabdab8fc094cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raaed7258e92b462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1e74ced980a46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04cb55c948d0423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R208a04b695404a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H221"/>
+  <x:dimension ref="A1:H235"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -3465,5601 +3663,5965 @@
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F13" s="4" t="s">
+      <x:c r="G13" s="4" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="C16" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="D98" s="4" t="s">
+      <x:c r="F98" s="4" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="G98" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E98" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C128" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E128" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G130" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H130" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C131" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E131" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F131" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H131" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C132" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E132" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F132" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G132" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H132" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C133" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E133" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F133" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H133" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C134" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E134" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F134" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G134" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H134" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C135" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E135" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F135" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="G135" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H135" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C136" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E136" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F136" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G136" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H136" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C137" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E137" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F137" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="G137" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H137" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C138" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E138" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F138" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="G138" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H138" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C139" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E139" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F139" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="G139" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H139" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C140" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E140" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F140" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G140" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H140" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C141" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E141" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F141" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="G141" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H141" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C142" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E142" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F142" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="G142" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H142" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C143" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E143" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F143" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="G143" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H143" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C144" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E144" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F144" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G144" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H144" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C145" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E145" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F145" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H145" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C146" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E146" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F146" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="G146" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H146" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C147" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E147" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F147" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G147" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H147" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C148" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E148" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F148" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G148" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H148" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C149" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E149" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F149" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="G149" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H149" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C150" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E150" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F150" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="G150" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H150" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C151" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E151" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F151" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="G151" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H151" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C152" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E152" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F152" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G152" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H152" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C153" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E153" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F153" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H153" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C154" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E154" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F154" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="G154" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H154" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C155" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E155" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F155" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="G155" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H155" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C156" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E156" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F156" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G156" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H156" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C157" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>781</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E157" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F157" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H157" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C158" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E158" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F158" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="G158" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H158" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C159" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E159" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F159" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H159" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C160" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E160" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F160" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="G160" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H160" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C161" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E161" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F161" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G161" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H161" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C162" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E162" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F162" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G162" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H162" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C163" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E163" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F163" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H163" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C164" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E164" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F164" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G164" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H164" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C165" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E165" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F165" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H165" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C166" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E166" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F166" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G166" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H166" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C167" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E167" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F167" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H167" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C168" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E168" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F168" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="G168" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H168" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C169" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E169" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F169" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H169" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C170" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E170" s="4" t="s">
-        <x:v>866</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F170" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="G170" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H170" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C171" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E171" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F171" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H171" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C172" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E172" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F172" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G172" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H172" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C173" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E173" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="F173" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H173" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C174" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E174" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F174" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="G174" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H174" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C175" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E175" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F175" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H175" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C176" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E176" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F176" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="G176" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H176" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C177" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E177" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F177" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H177" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C178" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E178" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F178" s="4" t="s">
-        <x:v>901</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G178" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H178" s="4" t="s">
-        <x:v>902</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C179" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E179" s="4" t="s">
-        <x:v>905</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F179" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H179" s="4" t="s">
-        <x:v>907</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C180" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E180" s="4" t="s">
-        <x:v>910</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F180" s="4" t="s">
-        <x:v>911</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="G180" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H180" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C181" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E181" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F181" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H181" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C182" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E182" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F182" s="4" t="s">
-        <x:v>919</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G182" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H182" s="4" t="s">
-        <x:v>875</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C183" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E183" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F183" s="4" t="s">
-        <x:v>923</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H183" s="4" t="s">
-        <x:v>924</x:v>
+        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C184" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E184" s="4" t="s">
-        <x:v>927</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F184" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="G184" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H184" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C185" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E185" s="4" t="s">
-        <x:v>931</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F185" s="4" t="s">
-        <x:v>932</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H185" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C186" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E186" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="F186" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="G186" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H186" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C187" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E187" s="4" t="s">
-        <x:v>935</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F187" s="4" t="s">
-        <x:v>938</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H187" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C188" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E188" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F188" s="4" t="s">
-        <x:v>942</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="G188" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H188" s="4" t="s">
-        <x:v>943</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C189" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E189" s="4" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F189" s="4" t="s">
-        <x:v>947</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H189" s="4" t="s">
-        <x:v>948</x:v>
+        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C190" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E190" s="4" t="s">
-        <x:v>951</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F190" s="4" t="s">
-        <x:v>952</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="G190" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H190" s="4" t="s">
-        <x:v>953</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C191" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E191" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F191" s="4" t="s">
-        <x:v>956</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H191" s="4" t="s">
-        <x:v>957</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C192" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E192" s="4" t="s">
-        <x:v>960</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="F192" s="4" t="s">
-        <x:v>961</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="G192" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H192" s="4" t="s">
-        <x:v>888</x:v>
+        <x:v>970</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C193" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E193" s="4" t="s">
-        <x:v>941</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="F193" s="4" t="s">
-        <x:v>964</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H193" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C194" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>967</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E194" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="F194" s="4" t="s">
-        <x:v>968</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="G194" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H194" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C195" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E195" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F195" s="4" t="s">
-        <x:v>971</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H195" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C196" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E196" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="F196" s="4" t="s">
-        <x:v>974</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="G196" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H196" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C197" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E197" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F197" s="4" t="s">
-        <x:v>977</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H197" s="4" t="s">
-        <x:v>978</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="C198" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E198" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="F198" s="4" t="s">
-        <x:v>981</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="G198" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H198" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C199" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E199" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="F199" s="4" t="s">
-        <x:v>984</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="G199" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H199" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C200" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E200" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F200" s="4" t="s">
-        <x:v>987</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G200" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H200" s="4" t="s">
-        <x:v>988</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C201" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>991</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E201" s="4" t="s">
-        <x:v>992</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F201" s="4" t="s">
-        <x:v>993</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H201" s="4" t="s">
-        <x:v>994</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C202" s="4" t="s">
-        <x:v>997</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D202" s="4" t="s">
-        <x:v>998</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E202" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F202" s="4" t="s">
-        <x:v>999</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G202" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H202" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C203" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E203" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F203" s="4" t="s">
-        <x:v>1002</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="G203" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H203" s="4" t="s">
-        <x:v>1003</x:v>
+        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C204" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>1006</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E204" s="4" t="s">
-        <x:v>1007</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F204" s="4" t="s">
-        <x:v>1008</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="G204" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H204" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>1020</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="C205" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D205" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E205" s="4" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F205" s="4" t="s">
-        <x:v>1012</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="G205" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H205" s="4" t="s">
-        <x:v>1013</x:v>
+        <x:v>1024</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C206" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>1016</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E206" s="4" t="s">
-        <x:v>1017</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F206" s="4" t="s">
-        <x:v>1018</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G206" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H206" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C207" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E207" s="4" t="s">
-        <x:v>1021</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F207" s="4" t="s">
-        <x:v>1022</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="G207" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H207" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C208" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>1025</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E208" s="4" t="s">
-        <x:v>1026</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F208" s="4" t="s">
-        <x:v>1027</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="G208" s="4" t="s">
-        <x:v>1028</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H208" s="4" t="s">
-        <x:v>1029</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C209" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E209" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="F209" s="4" t="s">
-        <x:v>1032</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G209" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H209" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C210" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>1035</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E210" s="4" t="s">
-        <x:v>1036</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F210" s="4" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="G210" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H210" s="4" t="s">
-        <x:v>1038</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C211" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>1041</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E211" s="4" t="s">
-        <x:v>1017</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F211" s="4" t="s">
-        <x:v>1042</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="G211" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H211" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C212" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E212" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F212" s="4" t="s">
-        <x:v>1045</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="G212" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H212" s="4" t="s">
-        <x:v>1046</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C213" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E213" s="4" t="s">
-        <x:v>1049</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F213" s="4" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="G213" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H213" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C214" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>1053</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E214" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="F214" s="4" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="F214" s="4" t="s">
+      <x:c r="G214" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H214" s="4" t="s">
         <x:v>1055</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="E215" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F215" s="4" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="G215" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H215" s="4" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="C216" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E216" s="4" t="s">
-        <x:v>1064</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F216" s="4" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="G216" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H216" s="4" t="s">
-        <x:v>1058</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="C217" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E217" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F217" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G217" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H217" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C218" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E218" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F218" s="4" t="s">
-        <x:v>1070</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G218" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H218" s="4" t="s">
-        <x:v>1068</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C219" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E219" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="F219" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="G219" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H219" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C220" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E220" s="4" t="s">
-        <x:v>1075</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F220" s="4" t="s">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="G220" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H220" s="4" t="s">
+        <x:v>451</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A221" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="C221" s="4" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D221" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E221" s="4" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="F221" s="4" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="G221" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H221" s="4" t="s">
+        <x:v>365</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A222" s="1" t="s">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="C222" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D222" s="4" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="E222" s="4" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="F222" s="4" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="G222" s="4" t="s">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="H222" s="4" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A223" s="1" t="s">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="C223" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D223" s="4" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="E223" s="4" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F223" s="4" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="G223" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H223" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A224" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="C224" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D224" s="4" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E224" s="4" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="F224" s="4" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="G224" s="4" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="H224" s="4" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A225" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="C225" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D225" s="4" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="E225" s="4" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="F225" s="4" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="G225" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H225" s="4" t="s">
+        <x:v>859</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A226" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="C226" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D226" s="4" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E226" s="4" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="F226" s="4" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="G226" s="4" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="H226" s="4" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A227" s="1" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="C227" s="4" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D227" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E227" s="4" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="F227" s="4" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="G227" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H227" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A228" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="C228" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="D228" s="4" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="E228" s="4" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="F228" s="4" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="G228" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H228" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A229" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="C229" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D229" s="4" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="E229" s="4" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F229" s="4" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="G229" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H229" s="4" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A230" s="1" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="C230" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D230" s="4" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="E230" s="4" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="F230" s="4" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="G230" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H230" s="4" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A231" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="C231" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D231" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E231" s="4" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="F231" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G220" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>133</x:v>
+      <x:c r="G231" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H231" s="4" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A232" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="C232" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D232" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E232" s="4" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="F232" s="4" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="G232" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H232" s="4" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A233" s="1" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="C233" s="4" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D233" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E233" s="4" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="F233" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G233" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H233" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A234" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="C234" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D234" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E234" s="4" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="F234" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G234" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H234" s="4" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>