--- v0 (2026-01-28)
+++ v1 (2026-02-18)
@@ -1,798 +1,834 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66154808b65144c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd573e493ae44dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260128" sheetId="1" r:id="Rc072fa268ca542a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260217" sheetId="1" r:id="R91a70ef877174e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="250">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 28/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="262">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>National Aluminium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NACL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>79,017</x:t>
-[...5 lines deleted...]
-    <x:t>3.76%</x:t>
+    <x:t>89,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,038.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karur Vysya Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,376.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,747.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BOI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>144,778</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>163,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,568.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,063.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharda Cropchem Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHCR IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,404.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,988.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Force Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,623.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,655.28</x:t>
   </x:si>
   <x:si>
     <x:t>Canara Bank</x:t>
   </x:si>
   <x:si>
     <x:t>CBK IN</x:t>
   </x:si>
   <x:si>
-    <x:t>151,116</x:t>
-[...47 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>170,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,495.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Maharashtra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOMH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,004.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Baroda</x:t>
   </x:si>
   <x:si>
     <x:t>BOB IN</x:t>
   </x:si>
   <x:si>
-    <x:t>69,626</x:t>
-[...35 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>78,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,139.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idbi Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDBI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>199,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,107.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Bharat Electronics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHE IN</x:t>
   </x:si>
   <x:si>
-    <x:t>43,895</x:t>
-[...5 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>49,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,040.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,485.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Life India Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,507.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Lupin Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LPC IN</x:t>
   </x:si>
   <x:si>
-    <x:t>8,341</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>9,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,806.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,720.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Coal India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COAL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>42,084</x:t>
-[...5 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>47,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,628.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Nmdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NMDC IN</x:t>
   </x:si>
   <x:si>
-    <x:t>218,679</x:t>
-[...32 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>246,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,361.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>8,622</x:t>
-[...2 lines deleted...]
-    <x:t>$266,309.05</x:t>
+    <x:t>9,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,639.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polycab India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLYCAB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,788.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natco Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTCPH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,772.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jammu &amp; Kashmir Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,454.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icici Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICICIBC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,677.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,669.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netweb Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETWEB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,763.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,197.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waaree Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAAREEEN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,503.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindustan Aeronautics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNAL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,346.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Gemmological Institute In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,830.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welspun Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WLCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,226.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doms Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOMS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,414.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,349.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Tata Consultancy Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TCS IN</x:t>
   </x:si>
   <x:si>
-    <x:t>5,354</x:t>
-[...200 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>6,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,793.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zydus Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZYDUSLIF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,364.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sarda Energy &amp; Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,864.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,923.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Power Infrastructures Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,598.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trent Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRENT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,637.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzlon Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUEL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,476.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Authum Investment &amp; Infrastucture Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,848.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bls International Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,722.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,928.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deepak Fertilisers &amp; Petrochemicals Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,049.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transrail Lighting Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANSRAI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,774.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Kpit Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KPITTECH IN</x:t>
   </x:si>
   <x:si>
-    <x:t>13,162</x:t>
-[...161 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>14,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,719.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Shakti Pumps India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SKPI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>20,076</x:t>
-[...62 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>22,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,324.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transformers &amp; Rectifiers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,463.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Jet Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEJET IN</x:t>
   </x:si>
   <x:si>
-    <x:t>22,342</x:t>
-[...20 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>25,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,474.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Prime Infra Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,880.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$37,185.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$97,155.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -817,56 +853,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8f5ee8e40148a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fab648bd5484a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc072fa268ca542a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911cb7b31cd34972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4199ba42f3c478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91a70ef877174e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F55"/>
+  <x:dimension ref="A1:F56"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="19" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -969,996 +1005,1016 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A55" s="2" t="s">
+      <x:c r="A55" s="1">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B55" s="2" t="s">
+      <x:c r="B56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C55" s="2" t="s">
+      <x:c r="C56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D55" s="2" t="s">
+      <x:c r="D56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E55" s="2" t="s">
+      <x:c r="E56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F55" s="2" t="s">
+      <x:c r="F56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A55:F55"/>
+    <x:mergeCell ref="A56:F56"/>
   </x:mergeCells>
 </x:worksheet>
 </file>