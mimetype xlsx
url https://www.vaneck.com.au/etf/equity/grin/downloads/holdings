--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -1,834 +1,843 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd573e493ae44dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f9b6c7eea334850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260217" sheetId="1" r:id="R91a70ef877174e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRIN_asat_20260310" sheetId="1" r:id="R9ad18f0ccf854957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="262">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 17/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="265">
+  <x:si>
+    <x:t>All Fund Holdings as at 10/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>National Aluminium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NACL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>89,037</x:t>
-[...5 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>89,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,215.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Karur Vysya Bank Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>KVB IN</x:t>
   </x:si>
   <x:si>
-    <x:t>89,820</x:t>
-[...5 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>90,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,953.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,241.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,331.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>State Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>SBIN IN</x:t>
   </x:si>
   <x:si>
-    <x:t>22,744</x:t>
-[...5 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>22,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,255.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BOI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>163,136</x:t>
-[...20 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>164,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,559.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canara Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,307.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,512.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Maharashtra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOMH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,613.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bharat Electronics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,710.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Baroda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,373.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natco Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTCPH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,988.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lupin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,641.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,565.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Sharda Cropchem Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SHCR IN</x:t>
   </x:si>
   <x:si>
-    <x:t>20,842</x:t>
-[...20 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>20,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,011.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polycab India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLYCAB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,372.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Force Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FML IN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,013</x:t>
-[...59 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>1,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,506.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coal India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COAL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,847.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jammu &amp; Kashmir Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,829.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Idbi Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IDBI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>199,402</x:t>
-[...20 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>200,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,189.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nmdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMDC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,439.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Eicher Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EIM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>2,676</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>2,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,606.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netweb Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETWEB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,399.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Life India Asset Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NAM IN</x:t>
   </x:si>
   <x:si>
-    <x:t>22,792</x:t>
-[...65 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>22,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,726.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,460.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>9,715</x:t>
-[...50 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>9,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,358.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Gemmological Institute In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,934.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sarda Energy &amp; Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,613.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Icici Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ICICIBC IN</x:t>
   </x:si>
   <x:si>
-    <x:t>13,106</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>13,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,023.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindustan Aeronautics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNAL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,749.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welspun Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WLCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,612.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zydus Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZYDUSLIF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,595.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Hdfc Asset Management Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HDFCAMC IN</x:t>
   </x:si>
   <x:si>
-    <x:t>6,509</x:t>
-[...32 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>6,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,682.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,195.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Consultancy Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,742.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,481.44</x:t>
   </x:si>
   <x:si>
     <x:t>Waaree Energies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WAAREEEN IN</x:t>
   </x:si>
   <x:si>
-    <x:t>5,645</x:t>
-[...50 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>5,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,797.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Doms Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DOMS IN</x:t>
   </x:si>
   <x:si>
-    <x:t>7,101</x:t>
-[...77 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>7,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,667.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Genus Power Infrastructures Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GPIN IN</x:t>
   </x:si>
   <x:si>
-    <x:t>56,649</x:t>
-[...5 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>56,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,779.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Trent Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TRENT IN</x:t>
   </x:si>
   <x:si>
-    <x:t>3,525</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>3,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,076.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,722.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Suzlon Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SUEL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>322,412</x:t>
-[...2 lines deleted...]
-    <x:t>$232,476.27</x:t>
+    <x:t>324,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,482.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bls International Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,061.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deepak Fertilisers &amp; Petrochemicals Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,663.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Authum Investment &amp; Infrastucture Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AIIL IN</x:t>
   </x:si>
   <x:si>
-    <x:t>29,565</x:t>
-[...50 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>29,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,244.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Transrail Lighting Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TRANSRAI IN</x:t>
   </x:si>
   <x:si>
-    <x:t>23,355</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>23,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,396.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shakti Pumps India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKPI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,708.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transformers &amp; Rectifiers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,992.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Kpit Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KPITTECH IN</x:t>
   </x:si>
   <x:si>
-    <x:t>14,831</x:t>
-[...35 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>14,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,957.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Jet Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEJET IN</x:t>
   </x:si>
   <x:si>
-    <x:t>25,175</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>25,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,187.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Genus Prime Infra Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GENP IN</x:t>
   </x:si>
   <x:si>
     <x:t>9,484</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,880.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$3,286.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$97,155.60</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$48,352.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -853,51 +862,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911cb7b31cd34972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4199ba42f3c478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91a70ef877174e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2eba3cdaeb1414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd0374503f6754511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ad18f0ccf854957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F56"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="19" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1105,911 +1114,911 @@
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F56" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>