--- v0 (2026-01-18)
+++ v1 (2026-02-11)
@@ -1,1308 +1,1299 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0c3934089746db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894d8e5192ac4405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260116" sheetId="1" r:id="R3edf72a8587d499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260210" sheetId="1" r:id="R99810a86c5bb4683"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="454" uniqueCount="420">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="454" uniqueCount="417">
+  <x:si>
+    <x:t>All Fund Holdings as at 10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,370,428.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Goodman Group</x:t>
   </x:si>
   <x:si>
     <x:t>GMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>418,151</x:t>
-[...17 lines deleted...]
-    <x:t>$12,868,012.22</x:t>
+    <x:t>418,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,010,120.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,581,855.36</x:t>
   </x:si>
   <x:si>
     <x:t>5.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Csl Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>71,317</x:t>
-[...2 lines deleted...]
-    <x:t>$12,500,443.76</x:t>
+    <x:t>71,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,220,792.56</x:t>
   </x:si>
   <x:si>
     <x:t>5.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Westpac Banking Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$12,331,156.77</x:t>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,070,781.01</x:t>
   </x:si>
   <x:si>
     <x:t>4.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Transurban Group</x:t>
   </x:si>
   <x:si>
     <x:t>TCL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>841,254</x:t>
-[...20 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>841,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,548,069.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Brambles Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BXB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>428,690</x:t>
-[...5 lines deleted...]
-    <x:t>4.01%</x:t>
+    <x:t>428,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,845,079.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,568,894.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Qbe Insurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>QBE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>475,185</x:t>
-[...20 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>475,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,354,502.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,641,354</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>1,641,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,498,443.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,467,544.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Computershare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CPU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>163,791</x:t>
-[...20 lines deleted...]
-    <x:t>2.31%</x:t>
+    <x:t>163,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,289,383.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Cochlear Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>20,578</x:t>
-[...5 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>20,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,285,460.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,634,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,049,610.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Xero Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XRO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>52,060</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>52,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,411,673.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,013,005</x:t>
-[...20 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>1,012,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,263,875.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>138,010</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>137,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,030,425.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,950,670.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland</x:t>
   </x:si>
   <x:si>
     <x:t>SGP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>762,202</x:t>
-[...20 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>762,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,947,403.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,853,349.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>147,119</x:t>
-[...2 lines deleted...]
-    <x:t>$3,817,738.05</x:t>
+    <x:t>147,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,733,144.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.53%</x:t>
   </x:si>
   <x:si>
-    <x:t>Als Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,444,337.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,286,596.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Carsales.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CAR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>119,072</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>119,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,236,969.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Sonic Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SHL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>147,733</x:t>
-[...20 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>147,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,222,966.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,229,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,111,793.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Group/The</x:t>
   </x:si>
   <x:si>
     <x:t>GPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>602,736</x:t>
-[...20 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>602,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,067,320.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Rea Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>REA AU</x:t>
   </x:si>
   <x:si>
     <x:t>16,625</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,139,963.75</x:t>
-[...2 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>$2,907,213.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,799,305.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,797,142.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,781,837.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Jb Hi-Fi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JBH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>34,398</x:t>
-[...50 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>34,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,724,084.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,241,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,420,572.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,291,812.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,228,383.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>338,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,179,038.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,581.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>112,400</x:t>
-[...92 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>112,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,103,697.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,828.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>564,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,892,086.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>214,447</x:t>
-[...32 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>214,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,796,705.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Downer Edi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,666,463.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ansell Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,963.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>319,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,501,603.00</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>332,391</x:t>
-[...50 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>332,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,495,476.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Challenger Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CGF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>163,223</x:t>
-[...2 lines deleted...]
-    <x:t>$1,482,064.84</x:t>
+    <x:t>163,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,437,712.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Eagers Automotive Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>APE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>54,578</x:t>
-[...2 lines deleted...]
-    <x:t>$1,466,510.86</x:t>
+    <x:t>54,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,414,896.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Codan Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,906.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sims Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,091,228.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aub Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,834.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zip Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,437.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Breville Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,993.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>601,110</x:t>
-[...74 lines deleted...]
-    <x:t>$983,703.48</x:t>
+    <x:t>600,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,722.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Worldwide Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$949,973.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>Reliance Worldwide Corp Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lendlease Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LLC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>195,576</x:t>
-[...2 lines deleted...]
-    <x:t>$972,012.72</x:t>
+    <x:t>195,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$891,671.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Telix Pharmaceuticals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>85,197</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>85,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$856,910.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orora Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$856,202.40</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>135,207</x:t>
-[...20 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>135,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,157.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,095.80</x:t>
   </x:si>
   <x:si>
     <x:t>Perenti Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>266,163</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>266,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,861.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Iron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CIA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>117,454</x:t>
-[...20 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>117,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,642.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>36,115</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>36,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,351.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,641.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,286.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Megaport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MP1 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>50,912</x:t>
-[...32 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>50,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,052.48</x:t>
   </x:si>
   <x:si>
     <x:t>Idp Education Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IEL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>87,583</x:t>
-[...5 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>87,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,963.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magellan Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,278.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nine Entertainment Co Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,956.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,850.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iress Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,292.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centuria Capital Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,151.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data#3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,579.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Stream Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,621.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premier Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,379.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Webjet Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WEB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>108,011</x:t>
-[...83 lines deleted...]
-    <x:t>$439,867.80</x:t>
+    <x:t>107,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,604.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$376,822.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$357,686.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aussie Broadband Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,404.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartgroup Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,695.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Home Consortium Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,827.62</x:t>
   </x:si>
   <x:si>
     <x:t>Siteminder Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>75,262</x:t>
-[...98 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>75,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,810.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Gud Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AOV AU</x:t>
   </x:si>
   <x:si>
-    <x:t>40,008</x:t>
-[...2 lines deleted...]
-    <x:t>$354,870.96</x:t>
+    <x:t>40,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,816.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,636.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Corp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CCP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>21,417</x:t>
-[...17 lines deleted...]
-    <x:t>$289,988.44</x:t>
+    <x:t>21,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,596.21</x:t>
   </x:si>
   <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>32,091</x:t>
   </x:si>
   <x:si>
     <x:t>$171,686.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-16,613.67</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-12,557.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1327,51 +1318,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a0273169664243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3520804cfb9e4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3edf72a8587d499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45186adb91f742b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R22efcf9dfe0d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99810a86c5bb4683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F90"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1659,1511 +1650,1511 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F90" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>