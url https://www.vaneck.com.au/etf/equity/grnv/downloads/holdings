--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -1,1299 +1,1341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894d8e5192ac4405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8458dceee3134589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260210" sheetId="1" r:id="R99810a86c5bb4683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260303" sheetId="1" r:id="R903bff3317414ac9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="454" uniqueCount="417">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 10/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="431">
+  <x:si>
+    <x:t>All Fund Holdings as at 03/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,704,948.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,671,918.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,545,266.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,883,427.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,475,853.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,402,221.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>62,333</x:t>
-[...80 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>55,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,191,160.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Brambles Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BXB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>428,606</x:t>
-[...20 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>431,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,905,293.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Qbe Insurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>QBE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>475,089</x:t>
-[...5 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>478,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,401,133.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,641,021</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>1,657,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,382,010.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,023,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,271,143.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,109,792.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Suncorp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SUN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>340,657</x:t>
-[...20 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>344,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,017,152.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,650,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,539,568.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xero Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XRO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,317,900.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,199,887.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Cochlear Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>20,574</x:t>
-[...47 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>20,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,067,233.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,850,717.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>769,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,848,880.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>137,981</x:t>
-[...47 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>139,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,833,898.48</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>147,090</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>148,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,663,504.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,560,031.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Asx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ASX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>61,124</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>61,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,287,868.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>141,359</x:t>
-[...5 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>142,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,135,734.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Carsales.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CAR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>119,050</x:t>
-[...20 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>120,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,066,579.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,055,819.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,229,958</x:t>
-[...20 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>1,242,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,043,960.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,578.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,930,057.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,834,415.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Rea Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>REA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>16,625</x:t>
-[...32 lines deleted...]
-    <x:t>$2,797,142.04</x:t>
+    <x:t>16,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,784,445.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NXT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>201,875</x:t>
-[...20 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>203,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,722,372.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,689,155.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Mirvac Group</x:t>
   </x:si>
   <x:si>
     <x:t>MGR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,241,319</x:t>
-[...17 lines deleted...]
-    <x:t>$2,291,812.12</x:t>
+    <x:t>1,253,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,520,357.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,492,317.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,336,954.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hub24 Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$2,228,383.49</x:t>
+    <x:t>Pro Medicus Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PME AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,293,695.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,283,163.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
-    <x:t>Dexus</x:t>
-[...26 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,954,048.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,912,458.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>112,377</x:t>
-[...35 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>113,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,829,894.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Downer Edi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,818,617.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,801,008.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>214,404</x:t>
-[...20 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>216,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,797,605.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,545,876.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Ansell Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>45,912</x:t>
-[...17 lines deleted...]
-    <x:t>$1,501,603.00</x:t>
+    <x:t>45,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,474,507.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>332,328</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>335,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,453,572.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Challenger Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CGF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>163,191</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>164,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,427,575.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Codan Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,287,557.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Eagers Automotive Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>APE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>54,566</x:t>
-[...17 lines deleted...]
-    <x:t>$1,228,906.60</x:t>
+    <x:t>53,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,259,785.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Sims Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SGM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>51,668</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>52,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,268.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Aub Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>40,957</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>41,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,539.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,389.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Breville Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,678.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$993,941.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$920,353.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orora Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,791.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,580.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,025.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,701.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Worldwide Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,989.30</x:t>
   </x:si>
   <x:si>
     <x:t>Zip Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ZIP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>405,129</x:t>
-[...113 lines deleted...]
-    <x:t>$719,095.80</x:t>
+    <x:t>403,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,641.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetual Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,152.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Perenti Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>266,107</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>268,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$650,510.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Iron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CIA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>117,428</x:t>
-[...17 lines deleted...]
-    <x:t>$646,351.10</x:t>
+    <x:t>118,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,281.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$597,259.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Judo Capital Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JDO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>317,397</x:t>
-[...20 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>320,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,827.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,679.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Megaport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MP1 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>50,904</x:t>
-[...2 lines deleted...]
-    <x:t>$566,052.48</x:t>
+    <x:t>56,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,841.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,370.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magellan Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,696.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iress Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,306.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centuria Capital Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,891.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nine Entertainment Co Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,246.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premier Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$407,266.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Idp Education Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IEL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>87,561</x:t>
-[...71 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>88,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,367.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aussie Broadband Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,349.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Stream Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,448.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,822.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartgroup Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,717.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Webjet Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,436.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Data#3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DTL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>46,346</x:t>
-[...98 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>46,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,944.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gud Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,504.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,598.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Corp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,343.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siteminder Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,758.24</x:t>
   </x:si>
   <x:si>
     <x:t>Home Consortium Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>90,863</x:t>
-[...56 lines deleted...]
-    <x:t>$260,596.21</x:t>
+    <x:t>91,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,816.80</x:t>
   </x:si>
   <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>32,091</x:t>
   </x:si>
   <x:si>
-    <x:t>$171,686.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$103,012.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-12,557.13</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$61,530.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1318,56 +1360,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45186adb91f742b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R22efcf9dfe0d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99810a86c5bb4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ead253bf744080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1fc0aca8b0e545da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R903bff3317414ac9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F90"/>
+  <x:dimension ref="A1:F93"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1650,191 +1692,191 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
@@ -1930,111 +1972,111 @@
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
@@ -2230,231 +2272,231 @@
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
@@ -2490,551 +2532,551 @@
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
@@ -3070,96 +3112,156 @@
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A90" s="2" t="s">
+      <x:c r="A90" s="1">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A91" s="1">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A92" s="1">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B90" s="2" t="s">
+      <x:c r="B93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C90" s="2" t="s">
+      <x:c r="C93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D90" s="2" t="s">
+      <x:c r="D93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E90" s="2" t="s">
+      <x:c r="E93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F90" s="2" t="s">
+      <x:c r="F93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A90:F90"/>
+    <x:mergeCell ref="A93:F93"/>
   </x:mergeCells>
 </x:worksheet>
 </file>