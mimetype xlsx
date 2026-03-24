--- v2 (2026-03-03)
+++ v3 (2026-03-24)
@@ -1,1341 +1,1359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8458dceee3134589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd775b062ffdf414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260303" sheetId="1" r:id="R903bff3317414ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GRNV_asat_20260323" sheetId="1" r:id="R5160afb485424f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="431">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 03/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="437">
+  <x:si>
+    <x:t>All Fund Holdings as at 23/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,174,724.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>876,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,029,353.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,337,807.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,946,931.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,014,170.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,998,567.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,553,465.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>431,924</x:t>
-[...65 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>434,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,473,081.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>645,287</x:t>
-[...50 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>648,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,460,418.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,657,665</x:t>
-[...5 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>1,666,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,682,805.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,576,697.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,699,694.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,659,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,431,033.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,023,523</x:t>
-[...50 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>1,028,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,383,476.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Xero Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XRO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>53,994</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>54,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,160,791.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>879,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,792,084.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluescope Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,757,791.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cochlear Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,431,466.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,296,750.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Als Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>161,286</x:t>
-[...59 lines deleted...]
-    <x:t>$3,833,898.48</x:t>
+    <x:t>162,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,126,194.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,047,833.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,994,039.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,249,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,935,300.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>148,320</x:t>
-[...35 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>149,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,822,671.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,809,716.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,766,140.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,668,695.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>142,793</x:t>
-[...47 lines deleted...]
-    <x:t>$3,043,960.85</x:t>
+    <x:t>143,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,667,251.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,605,435.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,487.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,104.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,494,783.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,260,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,250,174.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pro Medicus Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PME AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,237,901.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Sandfire Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SFR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>146,789</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>147,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,172,274.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,072,235.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,041,079.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>611,703</x:t>
-[...140 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>614,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,544.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,831,889.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seek Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,674,184.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Dyno Nobel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DNL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>566,391</x:t>
-[...35 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>569,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,656,994.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>715,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,638,863.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Downer Edi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DOW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>210,732</x:t>
-[...14 lines deleted...]
-    <x:t>$1,801,008.33</x:t>
+    <x:t>211,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,401.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>216,579</x:t>
-[...2 lines deleted...]
-    <x:t>$1,797,605.70</x:t>
+    <x:t>217,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,504,548.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Arteria Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>322,730</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>324,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,453,549.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steadfast Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>337,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,430,957.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Challenger Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,320,836.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Ansell Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>45,707</x:t>
-[...17 lines deleted...]
-    <x:t>$1,453,572.34</x:t>
+    <x:t>45,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,140.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>Challenger Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>Eagers Automotive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,159,357.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Codan Ltd/Australia</x:t>
   </x:si>
   <x:si>
     <x:t>CDA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>34,677</x:t>
-[...2 lines deleted...]
-    <x:t>$1,287,557.01</x:t>
+    <x:t>34,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,143,440.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>Eagers Automotive Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$1,259,785.80</x:t>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,275.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Sims Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SGM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>52,194</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>52,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,528.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Aub Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>41,372</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>41,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,913.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$966,511.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>607,203</x:t>
-[...2 lines deleted...]
-    <x:t>$1,044,389.16</x:t>
+    <x:t>610,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$888,194.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Breville Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BRG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>32,218</x:t>
-[...17 lines deleted...]
-    <x:t>$993,941.01</x:t>
+    <x:t>32,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$843,759.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>136,551</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>137,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,454.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Orora Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>392,070</x:t>
-[...2 lines deleted...]
-    <x:t>$850,791.90</x:t>
+    <x:t>394,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,968.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Telix Pharmaceuticals Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$840,580.00</x:t>
+    <x:t>Reliance Worldwide Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$741,913.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,475.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Lendlease Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LLC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>197,525</x:t>
-[...29 lines deleted...]
-    <x:t>$793,989.30</x:t>
+    <x:t>198,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,385.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Zip Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ZIP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>403,795</x:t>
-[...2 lines deleted...]
-    <x:t>$706,641.25</x:t>
+    <x:t>405,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,986.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>36,713</x:t>
-[...2 lines deleted...]
-    <x:t>$675,152.07</x:t>
+    <x:t>36,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,234.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
+    <x:t>Champion Iron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,334.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magellan Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,052.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,131.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,773.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Perenti Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>268,806</x:t>
-[...47 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>270,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,189.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,125.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Megaport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP1 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,705.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iress Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,170.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Helia Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HLI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>82,261</x:t>
-[...59 lines deleted...]
-    <x:t>$433,306.10</x:t>
+    <x:t>82,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,787.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premier Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,991.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aussie Broadband Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,182.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>Service Stream Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,110.84</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centuria Capital Group</x:t>
   </x:si>
   <x:si>
     <x:t>CNI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>224,217</x:t>
-[...2 lines deleted...]
-    <x:t>$424,891.22</x:t>
+    <x:t>225,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,662.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,676.93</x:t>
   </x:si>
   <x:si>
     <x:t>Nine Entertainment Co Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NEC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>403,137</x:t>
-[...17 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>405,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,627.00</x:t>
   </x:si>
   <x:si>
     <x:t>Idp Education Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IEL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>88,449</x:t>
-[...26 lines deleted...]
-    <x:t>$386,448.30</x:t>
+    <x:t>88,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,905.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data#3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,931.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>Evt Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$373,822.96</x:t>
+    <x:t>Webjet Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,454.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Smartgroup Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SIQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>40,938</x:t>
-[...29 lines deleted...]
-    <x:t>$316,944.32</x:t>
+    <x:t>41,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,319.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,126.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Gud Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AOV AU</x:t>
   </x:si>
   <x:si>
-    <x:t>40,408</x:t>
-[...17 lines deleted...]
-    <x:t>$282,598.04</x:t>
+    <x:t>40,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,275.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
+    <x:t>Siteminder Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,429.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Credit Corp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CCP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>21,630</x:t>
-[...17 lines deleted...]
-    <x:t>$252,758.24</x:t>
+    <x:t>21,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,413.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Home Consortium Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HMC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>91,784</x:t>
-[...2 lines deleted...]
-    <x:t>$247,816.80</x:t>
+    <x:t>92,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,539.24</x:t>
   </x:si>
   <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>32,091</x:t>
   </x:si>
   <x:si>
     <x:t>$103,012.11</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04%</x:t>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$61,530.23</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$226,865.14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1360,51 +1378,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ead253bf744080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1fc0aca8b0e545da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R903bff3317414ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac23893b85634f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfe6de169a3c747b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5160afb485424f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F93"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1812,431 +1830,431 @@
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
@@ -2272,991 +2290,991 @@
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F93" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>