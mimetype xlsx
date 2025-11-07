--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,530 +1,776 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9740662a32074c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04dabd7a3fe42a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251017" sheetId="1" r:id="R4e950570dcbc4524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251106" sheetId="1" r:id="R60af9c9ce9ed4c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="252">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="331">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>06/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.0399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.8963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.7417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.0683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.3486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0851</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>21.10</x:t>
   </x:si>
   <x:si>
     <x:t>9,331</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0590</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>10,378</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.76</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1280</x:t>
   </x:si>
   <x:si>
     <x:t>-0.06</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>3,111</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1881</x:t>
   </x:si>
   <x:si>
     <x:t>0.02</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16,400</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.14</x:t>
   </x:si>
   <x:si>
     <x:t>20,813</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7247</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>-2.76</x:t>
   </x:si>
   <x:si>
-    <x:t>21.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16,686</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>3.40</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3135</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>6,341</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3136</x:t>
   </x:si>
   <x:si>
-    <x:t>0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>21.17</x:t>
   </x:si>
   <x:si>
     <x:t>5,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0424</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>21.13</x:t>
   </x:si>
   <x:si>
     <x:t>12,925</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9890</x:t>
   </x:si>
   <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>9,652</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9489</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>19,765</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0969</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>14,520</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9543</x:t>
   </x:si>
   <x:si>
     <x:t>21.04</x:t>
   </x:si>
   <x:si>
     <x:t>8,191</x:t>
   </x:si>
   <x:si>
-    <x:t>0.41</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9399</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,687</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1005</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.14</x:t>
   </x:si>
   <x:si>
     <x:t>14,207</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0319</x:t>
   </x:si>
   <x:si>
     <x:t>21.03</x:t>
   </x:si>
   <x:si>
     <x:t>3,239</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9456</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>21.01</x:t>
   </x:si>
   <x:si>
     <x:t>8,883</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9103</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>6,488</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0755</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>21.33</x:t>
   </x:si>
   <x:si>
     <x:t>18,598</x:t>
   </x:si>
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2044</x:t>
   </x:si>
   <x:si>
     <x:t>22,887</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1522</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>11,594</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3747</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>4,885</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
@@ -580,53 +826,50 @@
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>2,764</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4253</x:t>
   </x:si>
   <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>20.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,693</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2140</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
@@ -685,78 +928,72 @@
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>18,298</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8856</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>10,339</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9712</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>20.13</x:t>
   </x:si>
   <x:si>
     <x:t>53,263</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0229</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>-1.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.38</x:t>
   </x:si>
   <x:si>
     <x:t>39,891</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3275</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>125,616</x:t>
   </x:si>
@@ -826,56 +1063,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aace37461524201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R054a77ea1b874751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e950570dcbc4524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387f9a48784542e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R672589893c7145fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60af9c9ce9ed4c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H42"/>
+  <x:dimension ref="A1:H56"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -987,953 +1224,1317 @@
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H34" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="C35" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="s">
+      <x:c r="D35" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F36" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F36" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
+      <x:c r="E37" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F37" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D37" s="4" t="s">
+      <x:c r="G37" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H37" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
+      <x:c r="D38" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="s">
+      <x:c r="E38" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="s">
+      <x:c r="F38" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E38" s="4" t="s">
+      <x:c r="G38" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H38" s="4" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="E39" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E39" s="4" t="s">
+      <x:c r="F39" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="F39" s="4" t="s">
+      <x:c r="G39" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H39" s="4" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H41" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A42" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="G42" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H42" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A43" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G43" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H43" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A44" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H44" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A45" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="G45" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H45" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A46" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="G46" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H46" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A47" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E47" s="4" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F47" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G47" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H47" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A48" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E48" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F48" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="G48" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H48" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A49" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H49" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A50" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E50" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F50" s="4" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G50" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H50" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A51" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="F51" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="G51" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H51" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A52" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F52" s="4" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="G52" s="4" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H52" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A53" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>232</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A54" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G41" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>96</x:v>
+      <x:c r="G54" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A55" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>