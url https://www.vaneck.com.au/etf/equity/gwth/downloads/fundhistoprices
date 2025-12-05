--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -1,176 +1,593 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04dabd7a3fe42a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11f189dc7d44c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251106" sheetId="1" r:id="R60af9c9ce9ed4c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251204" sheetId="1" r:id="R42e0f1a3d9644476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="331">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="431">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>04/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.5439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.3448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.2134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2086</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>21.53</x:t>
   </x:si>
   <x:si>
     <x:t>2,440</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5051</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21.43</x:t>
   </x:si>
   <x:si>
     <x:t>6,831</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5418</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>-2.26</x:t>
   </x:si>
   <x:si>
     <x:t>21.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,998</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.89</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0399</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,329</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9472</x:t>
   </x:si>
   <x:si>
     <x:t>0.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>22.01</x:t>
   </x:si>
   <x:si>
     <x:t>7,626</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
@@ -187,281 +604,221 @@
   <x:si>
     <x:t>0.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8963</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>21.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,040</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7032</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.81</x:t>
   </x:si>
   <x:si>
     <x:t>3,799</x:t>
   </x:si>
   <x:si>
     <x:t>0.11</x:t>
   </x:si>
   <x:si>
-    <x:t>0.49</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7417</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>21.74</x:t>
   </x:si>
   <x:si>
     <x:t>8,985</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5395</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>21.42</x:t>
   </x:si>
   <x:si>
     <x:t>1,155</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.55</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2717</x:t>
   </x:si>
   <x:si>
-    <x:t>0.97</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.20</x:t>
   </x:si>
   <x:si>
     <x:t>5,223</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0683</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.29</x:t>
   </x:si>
   <x:si>
     <x:t>3,668</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3486</x:t>
   </x:si>
   <x:si>
     <x:t>2,416</x:t>
   </x:si>
   <x:si>
     <x:t>0.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2912</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21.25</x:t>
   </x:si>
   <x:si>
     <x:t>5,488</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0851</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.10</x:t>
   </x:si>
   <x:si>
     <x:t>9,331</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0590</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.33</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>10,378</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.76</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1280</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.23</x:t>
   </x:si>
   <x:si>
     <x:t>3,111</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.48</x:t>
   </x:si>
   <x:si>
     <x:t>14/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1881</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16,400</x:t>
   </x:si>
   <x:si>
-    <x:t>0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.14</x:t>
   </x:si>
   <x:si>
     <x:t>20,813</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7247</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>-2.76</x:t>
@@ -496,374 +853,326 @@
   <x:si>
     <x:t>21.3136</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>21.17</x:t>
   </x:si>
   <x:si>
     <x:t>5,236</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0424</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21.13</x:t>
   </x:si>
   <x:si>
     <x:t>12,925</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9890</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>9,652</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9489</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>19,765</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0969</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
   </x:si>
   <x:si>
     <x:t>14,520</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9543</x:t>
   </x:si>
   <x:si>
     <x:t>21.04</x:t>
   </x:si>
   <x:si>
     <x:t>8,191</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9399</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21.02</x:t>
   </x:si>
   <x:si>
     <x:t>13,687</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>29/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1005</x:t>
   </x:si>
   <x:si>
     <x:t>21.14</x:t>
   </x:si>
   <x:si>
     <x:t>14,207</x:t>
   </x:si>
   <x:si>
     <x:t>26/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0319</x:t>
   </x:si>
   <x:si>
     <x:t>21.03</x:t>
   </x:si>
   <x:si>
     <x:t>3,239</x:t>
   </x:si>
   <x:si>
     <x:t>25/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9456</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>8,883</x:t>
   </x:si>
   <x:si>
     <x:t>0.31</x:t>
   </x:si>
   <x:si>
     <x:t>24/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9103</x:t>
   </x:si>
   <x:si>
     <x:t>-0.78</x:t>
   </x:si>
   <x:si>
     <x:t>6,488</x:t>
   </x:si>
   <x:si>
     <x:t>1.53</x:t>
   </x:si>
   <x:si>
     <x:t>23/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0755</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.61</x:t>
   </x:si>
   <x:si>
     <x:t>21.33</x:t>
   </x:si>
   <x:si>
     <x:t>18,598</x:t>
   </x:si>
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2044</x:t>
   </x:si>
   <x:si>
     <x:t>22,887</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1522</x:t>
   </x:si>
   <x:si>
     <x:t>0.26</x:t>
   </x:si>
   <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>11,594</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
-    <x:t>0.52</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3747</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>4,885</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5620</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>8,276</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3983</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,988</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4286</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>2,764</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4253</x:t>
   </x:si>
   <x:si>
-    <x:t>0.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,693</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
@@ -892,75 +1201,66 @@
   <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>24,200</x:t>
   </x:si>
   <x:si>
     <x:t>1.33</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2145</x:t>
   </x:si>
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.01</x:t>
   </x:si>
   <x:si>
     <x:t>15,335</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8610</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18,298</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8856</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>-0.09</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>10,339</x:t>
   </x:si>
   <x:si>
     <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9712</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>20.13</x:t>
   </x:si>
@@ -1063,56 +1363,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387f9a48784542e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R672589893c7145fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60af9c9ce9ed4c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b66b9c6208f4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reca2b6ad01344126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42e0f1a3d9644476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H56"/>
+  <x:dimension ref="A1:H76"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1204,1337 +1504,1857 @@
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="E6" s="4" t="s">
+      <x:c r="G6" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="s">
+      <x:c r="H6" s="4" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
+      <x:c r="F8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E8" s="4" t="s">
+      <x:c r="G8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F8" s="4" t="s">
+      <x:c r="H8" s="4" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
+      <x:c r="D9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="s">
+      <x:c r="E9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="s">
+      <x:c r="F9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="s">
+      <x:c r="G9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
+      <x:c r="H9" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
+      <x:c r="E10" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C10" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D10" s="4" t="s">
+      <x:c r="F10" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E10" s="4" t="s">
+      <x:c r="G10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F10" s="4" t="s">
+      <x:c r="H10" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="D11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="s">
+      <x:c r="E11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="s">
+      <x:c r="F11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="s">
+      <x:c r="G11" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="F12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="s">
+      <x:c r="G12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="G13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D13" s="4" t="s">
+      <x:c r="H13" s="4" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="G14" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
+      <x:c r="H14" s="4" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="G15" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="E16" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
+      <x:c r="F16" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="s">
+      <x:c r="G16" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H16" s="4" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="E17" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C17" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E17" s="4" t="s">
+      <x:c r="H17" s="4" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="D18" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D18" s="4" t="s">
+      <x:c r="E18" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E18" s="4" t="s">
+      <x:c r="F18" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F18" s="4" t="s">
+      <x:c r="G18" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="G18" s="4" t="s">
+      <x:c r="H18" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="C19" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
+      <x:c r="D19" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
+      <x:c r="C51" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E51" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D51" s="4" t="s">
+      <x:c r="F51" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E51" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E52" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
+      <x:c r="F52" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
+      <x:c r="E55" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D55" s="4" t="s">
+      <x:c r="F55" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F55" s="4" t="s">
+      <x:c r="G55" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A56" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F56" s="4" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="G56" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H56" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A57" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H57" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A58" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H58" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A59" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="G59" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A60" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H60" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A61" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H61" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A62" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="G62" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H62" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A63" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E63" s="4" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F63" s="4" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="G63" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H63" s="4" t="s">
+        <x:v>373</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A64" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F64" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G64" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H64" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A65" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G65" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H65" s="4" t="s">
+        <x:v>383</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A66" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F66" s="4" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="G66" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H66" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A67" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E67" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F67" s="4" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="G67" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H67" s="4" t="s">
+        <x:v>394</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A68" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F68" s="4" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G68" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H68" s="4" t="s">
+        <x:v>400</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A69" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H69" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F70" s="4" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H70" s="4" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A71" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E71" s="4" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F71" s="4" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="G71" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H71" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A72" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F72" s="4" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="G72" s="4" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H72" s="4" t="s">
+        <x:v>397</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A73" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="G73" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F74" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G55" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>77</x:v>
+      <x:c r="G74" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H74" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H75" s="4" t="s">
+        <x:v>151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>