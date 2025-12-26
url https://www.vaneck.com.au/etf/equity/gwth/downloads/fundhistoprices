--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -1,125 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11f189dc7d44c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb2ae06e7c249c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251204" sheetId="1" r:id="R42e0f1a3d9644476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251224" sheetId="1" r:id="Rbb2675e57b644231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="431">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="504">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>24/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8797</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>20.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,141</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8387</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.83</x:t>
   </x:si>
   <x:si>
     <x:t>1,432</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7372</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,081</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
@@ -127,335 +424,302 @@
   <x:si>
     <x:t>20.6210</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
     <x:t>634</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8241</x:t>
   </x:si>
   <x:si>
-    <x:t>0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,560</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7275</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>20.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,780</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7785</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>20.68</x:t>
   </x:si>
   <x:si>
     <x:t>15,129</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6368</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>20.48</x:t>
   </x:si>
   <x:si>
     <x:t>717</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4391</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>2.10</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>513</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0190</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
     <x:t>20.04</x:t>
   </x:si>
   <x:si>
     <x:t>7,834</x:t>
   </x:si>
   <x:si>
     <x:t>0.02</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9158</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.66</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>2,153</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>4.94</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5768</x:t>
   </x:si>
   <x:si>
     <x:t>0.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>1,188</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4094</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
-    <x:t>20.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,680</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5439</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21.01</x:t>
   </x:si>
   <x:si>
     <x:t>6,771</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6946</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21,133</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7134</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.63</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.96</x:t>
   </x:si>
   <x:si>
     <x:t>21.45</x:t>
   </x:si>
   <x:si>
     <x:t>3,213</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>3.56</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3448</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>2,788</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4081</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>21.63</x:t>
   </x:si>
   <x:si>
     <x:t>19,868</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5822</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
@@ -463,170 +727,149 @@
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>7,967</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2134</x:t>
   </x:si>
   <x:si>
     <x:t>0.00</x:t>
   </x:si>
   <x:si>
     <x:t>21.18</x:t>
   </x:si>
   <x:si>
     <x:t>4,711</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2086</x:t>
   </x:si>
   <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>21.53</x:t>
   </x:si>
   <x:si>
     <x:t>2,440</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5051</x:t>
   </x:si>
   <x:si>
     <x:t>21.43</x:t>
   </x:si>
   <x:si>
     <x:t>6,831</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5418</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>-2.26</x:t>
   </x:si>
   <x:si>
     <x:t>21.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,998</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.89</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0399</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>22.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,329</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9472</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>22.01</x:t>
   </x:si>
   <x:si>
     <x:t>7,626</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8197</x:t>
   </x:si>
   <x:si>
     <x:t>22.05</x:t>
   </x:si>
   <x:si>
     <x:t>12,642</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8963</x:t>
   </x:si>
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>21.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,040</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7032</x:t>
@@ -703,53 +946,50 @@
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.29</x:t>
   </x:si>
   <x:si>
     <x:t>3,668</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3486</x:t>
   </x:si>
   <x:si>
     <x:t>2,416</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2912</x:t>
   </x:si>
   <x:si>
     <x:t>21.25</x:t>
   </x:si>
   <x:si>
     <x:t>5,488</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0851</x:t>
   </x:si>
   <x:si>
     <x:t>21.10</x:t>
@@ -841,83 +1081,77 @@
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>6,341</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3136</x:t>
   </x:si>
   <x:si>
     <x:t>1.29</x:t>
   </x:si>
   <x:si>
     <x:t>21.17</x:t>
   </x:si>
   <x:si>
     <x:t>5,236</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.67</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0424</x:t>
   </x:si>
   <x:si>
     <x:t>21.13</x:t>
   </x:si>
   <x:si>
     <x:t>12,925</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9890</x:t>
   </x:si>
   <x:si>
     <x:t>21.12</x:t>
   </x:si>
   <x:si>
     <x:t>9,652</x:t>
   </x:si>
   <x:si>
-    <x:t>0.62</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.9489</x:t>
   </x:si>
   <x:si>
     <x:t>-0.70</x:t>
   </x:si>
   <x:si>
     <x:t>21.24</x:t>
   </x:si>
   <x:si>
     <x:t>19,765</x:t>
   </x:si>
   <x:si>
     <x:t>1.39</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0969</x:t>
   </x:si>
   <x:si>
     <x:t>0.68</x:t>
@@ -1012,53 +1246,50 @@
   <x:si>
     <x:t>21.33</x:t>
   </x:si>
   <x:si>
     <x:t>18,598</x:t>
   </x:si>
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2044</x:t>
   </x:si>
   <x:si>
     <x:t>22,887</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1522</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>11,594</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
@@ -1084,53 +1315,50 @@
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5620</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
   </x:si>
   <x:si>
-    <x:t>20.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8,276</x:t>
   </x:si>
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3983</x:t>
   </x:si>
   <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,988</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4286</x:t>
@@ -1150,53 +1378,50 @@
   <x:si>
     <x:t>20.4253</x:t>
   </x:si>
   <x:si>
     <x:t>20.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,693</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.27</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2140</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>29,002</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0633</x:t>
   </x:si>
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>20.33</x:t>
@@ -1237,75 +1462,69 @@
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8856</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>10,339</x:t>
   </x:si>
   <x:si>
     <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9712</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.13</x:t>
   </x:si>
   <x:si>
     <x:t>53,263</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0229</x:t>
   </x:si>
   <x:si>
     <x:t>-1.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.38</x:t>
   </x:si>
   <x:si>
     <x:t>39,891</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3275</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>125,616</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1908</x:t>
   </x:si>
   <x:si>
     <x:t>20.19</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
@@ -1363,56 +1582,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b66b9c6208f4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reca2b6ad01344126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42e0f1a3d9644476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c51da849d4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7360c8e26e9f491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb2675e57b644231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H76"/>
+  <x:dimension ref="A1:H90"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1498,112 +1717,112 @@
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F5" s="4" t="s">
+      <x:c r="G5" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="C6" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="s">
+      <x:c r="E6" s="4" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H6" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
+      <x:c r="C7" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D7" s="4" t="s">
+      <x:c r="E7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="E7" s="4" t="s">
+      <x:c r="F7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="s">
+      <x:c r="G7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G7" s="4" t="s">
+      <x:c r="H7" s="4" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
@@ -1622,1739 +1841,2103 @@
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H18" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="C19" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
+      <x:c r="D19" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="s">
+      <x:c r="E19" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="s">
+      <x:c r="F19" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F19" s="4" t="s">
+      <x:c r="G19" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="D20" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
+      <x:c r="E20" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="s">
+      <x:c r="G20" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="E20" s="4" t="s">
+      <x:c r="H20" s="4" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="G22" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="H22" s="4" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="G23" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="4" t="s">
+      <x:c r="H23" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
+      <x:c r="G24" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H24" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="F25" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="s">
+      <x:c r="G25" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H25" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G26" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F27" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="G27" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="s">
+      <x:c r="H27" s="4" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
+      <x:c r="H28" s="4" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F29" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G29" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F30" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="G30" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H30" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F31" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
+      <x:c r="G31" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D31" s="4" t="s">
+      <x:c r="H31" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
+      <x:c r="E32" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="s">
+      <x:c r="F32" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="s">
+      <x:c r="G32" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E32" s="4" t="s">
+      <x:c r="H32" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E33" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
+      <x:c r="F33" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E33" s="4" t="s">
+      <x:c r="G33" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F33" s="4" t="s">
+      <x:c r="H33" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="C34" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="s">
+      <x:c r="E34" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="s">
+      <x:c r="F34" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E34" s="4" t="s">
+      <x:c r="G34" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="F34" s="4" t="s">
+      <x:c r="H34" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="C35" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="G75" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H75" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A76" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="G76" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H76" s="4" t="s">
+        <x:v>444</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A77" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H77" s="4" t="s">
+        <x:v>449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A78" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F78" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="G78" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H78" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A79" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="F79" s="4" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G79" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H79" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A80" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F80" s="4" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="G80" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H80" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A81" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="G81" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H81" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A82" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F82" s="4" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="G82" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H82" s="4" t="s">
+        <x:v>475</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A83" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F83" s="4" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="G83" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H83" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A84" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F84" s="4" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G84" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H84" s="4" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A85" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F85" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="G85" s="4" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H85" s="4" t="s">
+        <x:v>437</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A86" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F86" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="G86" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H86" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A87" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E87" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F87" s="4" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="G87" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H87" s="4" t="s">
+        <x:v>417</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A88" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E88" s="4" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F88" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G75" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>151</x:v>
+      <x:c r="G88" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H88" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A89" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G89" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
+        <x:v>239</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>