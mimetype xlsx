--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -1,137 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb2ae06e7c249c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra234bd0799724998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20251224" sheetId="1" r:id="Rbb2675e57b644231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260115" sheetId="1" r:id="R26f0659a5eca43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="504">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="564">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.2907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.3603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/12/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>20.6395</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>1,336</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6728</x:t>
   </x:si>
   <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>1,395</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7258</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>2,603</x:t>
   </x:si>
   <x:si>
     <x:t>0.36</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6883</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.97</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>345</x:t>
@@ -154,53 +448,50 @@
   <x:si>
     <x:t>4,820</x:t>
   </x:si>
   <x:si>
     <x:t>-0.23</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9482</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>-1.95</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
-    <x:t>224</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>2.37</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3440</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
@@ -241,434 +532,359 @@
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>-1.67</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,186</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>2.09</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7602</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>1,529</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8163</x:t>
   </x:si>
   <x:si>
     <x:t>0.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>20.77</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7151</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>2,084</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8094</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>2,094</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7426</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>11,789</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.24</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8797</x:t>
   </x:si>
   <x:si>
-    <x:t>0.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.81</x:t>
   </x:si>
   <x:si>
     <x:t>1,141</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8387</x:t>
   </x:si>
   <x:si>
     <x:t>20.83</x:t>
   </x:si>
   <x:si>
     <x:t>1,432</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7372</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,081</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6210</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
     <x:t>634</x:t>
   </x:si>
   <x:si>
     <x:t>0.08</x:t>
   </x:si>
   <x:si>
-    <x:t>0.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8241</x:t>
   </x:si>
   <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,560</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7275</x:t>
   </x:si>
   <x:si>
     <x:t>-0.25</x:t>
   </x:si>
   <x:si>
     <x:t>20.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,780</x:t>
   </x:si>
   <x:si>
     <x:t>0.05</x:t>
   </x:si>
   <x:si>
-    <x:t>0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7785</x:t>
   </x:si>
   <x:si>
-    <x:t>0.69</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.68</x:t>
   </x:si>
   <x:si>
     <x:t>15,129</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6368</x:t>
   </x:si>
   <x:si>
-    <x:t>0.97</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.48</x:t>
   </x:si>
   <x:si>
     <x:t>717</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4391</x:t>
   </x:si>
   <x:si>
-    <x:t>0.42</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.10</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>513</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0190</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
     <x:t>20.04</x:t>
   </x:si>
   <x:si>
     <x:t>7,834</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9158</x:t>
   </x:si>
   <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>2,153</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>4.94</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5768</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>1,188</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4094</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.65</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,680</x:t>
   </x:si>
   <x:si>
     <x:t>0.01</x:t>
   </x:si>
   <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5439</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21.01</x:t>
   </x:si>
   <x:si>
     <x:t>6,771</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6946</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21,133</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7134</x:t>
   </x:si>
   <x:si>
     <x:t>-2.96</x:t>
   </x:si>
   <x:si>
     <x:t>21.45</x:t>
   </x:si>
   <x:si>
     <x:t>3,213</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>3.56</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
@@ -676,167 +892,152 @@
   <x:si>
     <x:t>21.3448</x:t>
   </x:si>
   <x:si>
     <x:t>-0.30</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>2,788</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4081</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.81</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.63</x:t>
   </x:si>
   <x:si>
     <x:t>19,868</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5822</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>7,967</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2134</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.18</x:t>
   </x:si>
   <x:si>
     <x:t>4,711</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2086</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.38</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.53</x:t>
   </x:si>
   <x:si>
     <x:t>2,440</x:t>
   </x:si>
   <x:si>
     <x:t>1.52</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5051</x:t>
   </x:si>
   <x:si>
     <x:t>21.43</x:t>
   </x:si>
   <x:si>
     <x:t>6,831</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5418</x:t>
   </x:si>
   <x:si>
     <x:t>-0.50</x:t>
   </x:si>
   <x:si>
     <x:t>-2.26</x:t>
   </x:si>
   <x:si>
     <x:t>21.95</x:t>
   </x:si>
   <x:si>
     <x:t>3,998</x:t>
   </x:si>
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.89</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0399</x:t>
   </x:si>
   <x:si>
-    <x:t>0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,329</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9472</x:t>
   </x:si>
   <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>22.01</x:t>
   </x:si>
   <x:si>
     <x:t>7,626</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8197</x:t>
@@ -859,155 +1060,143 @@
   <x:si>
     <x:t>0.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>21.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,040</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7032</x:t>
   </x:si>
   <x:si>
     <x:t>21.81</x:t>
   </x:si>
   <x:si>
     <x:t>3,799</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7417</x:t>
   </x:si>
   <x:si>
     <x:t>0.94</x:t>
   </x:si>
   <x:si>
     <x:t>21.74</x:t>
   </x:si>
   <x:si>
     <x:t>8,985</x:t>
   </x:si>
   <x:si>
     <x:t>24/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5395</x:t>
   </x:si>
   <x:si>
     <x:t>0.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.26</x:t>
   </x:si>
   <x:si>
     <x:t>21.42</x:t>
   </x:si>
   <x:si>
     <x:t>1,155</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.55</x:t>
   </x:si>
   <x:si>
     <x:t>23/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2717</x:t>
   </x:si>
   <x:si>
     <x:t>21.20</x:t>
   </x:si>
   <x:si>
     <x:t>5,223</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0683</x:t>
   </x:si>
   <x:si>
     <x:t>-0.28</x:t>
   </x:si>
   <x:si>
     <x:t>-1.31</x:t>
   </x:si>
   <x:si>
     <x:t>21.29</x:t>
   </x:si>
   <x:si>
     <x:t>3,668</x:t>
   </x:si>
   <x:si>
     <x:t>1.05</x:t>
   </x:si>
   <x:si>
     <x:t>21/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3486</x:t>
   </x:si>
   <x:si>
     <x:t>2,416</x:t>
   </x:si>
   <x:si>
     <x:t>0.33</x:t>
   </x:si>
   <x:si>
     <x:t>20/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2912</x:t>
   </x:si>
   <x:si>
     <x:t>21.25</x:t>
   </x:si>
   <x:si>
     <x:t>5,488</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0851</x:t>
   </x:si>
   <x:si>
     <x:t>21.10</x:t>
   </x:si>
   <x:si>
     <x:t>9,331</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.0590</x:t>
   </x:si>
   <x:si>
     <x:t>21.22</x:t>
   </x:si>
   <x:si>
     <x:t>10,378</x:t>
   </x:si>
   <x:si>
     <x:t>0.76</x:t>
@@ -1279,53 +1468,50 @@
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3747</x:t>
   </x:si>
   <x:si>
-    <x:t>20.50</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>4,885</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
@@ -1342,53 +1528,50 @@
   <x:si>
     <x:t>-0.64</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3983</x:t>
   </x:si>
   <x:si>
     <x:t>20.49</x:t>
   </x:si>
   <x:si>
     <x:t>13,988</x:t>
   </x:si>
   <x:si>
     <x:t>0.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4286</x:t>
   </x:si>
   <x:si>
-    <x:t>20.60</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,764</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4253</x:t>
   </x:si>
   <x:si>
     <x:t>20.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,693</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
@@ -1508,53 +1691,50 @@
     <x:t>28/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3275</x:t>
   </x:si>
   <x:si>
     <x:t>20.21</x:t>
   </x:si>
   <x:si>
     <x:t>125,616</x:t>
   </x:si>
   <x:si>
     <x:t>27/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.1908</x:t>
   </x:si>
   <x:si>
     <x:t>20.19</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2313</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1582,56 +1762,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c51da849d4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7360c8e26e9f491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb2675e57b644231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e26b1205d94f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6038e5fa08b9463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f0659a5eca43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H90"/>
+  <x:dimension ref="A1:H106"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1717,2227 +1897,2643 @@
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G9" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H12" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C13" s="4" t="s">
+      <x:c r="D13" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D13" s="4" t="s">
+      <x:c r="E13" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E13" s="4" t="s">
+      <x:c r="F13" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G13" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H13" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="E14" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C14" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="G15" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D15" s="4" t="s">
+      <x:c r="H15" s="4" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="D16" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C16" s="4" t="s">
+      <x:c r="E16" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F16" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D16" s="4" t="s">
+      <x:c r="G16" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H16" s="4" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D18" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E49" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F49" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="G49" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H49" s="4" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C61" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E61" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E73" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F73" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F89" s="4" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="G89" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
+        <x:v>490</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A90" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E90" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F90" s="4" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="G90" s="4" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H90" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A91" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E91" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F91" s="4" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="G91" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H91" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
+    </x:row>
+    <x:row r="92" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A92" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D89" s="4" t="s">
+      <x:c r="B92" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="E89" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="F89" s="4" t="s">
+      <x:c r="C92" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E92" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F92" s="4" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="G92" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H92" s="4" t="s">
+        <x:v>506</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A93" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E93" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F93" s="4" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="G93" s="4" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H93" s="4" t="s">
+        <x:v>510</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A94" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E94" s="4" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="F94" s="4" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="G94" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H94" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A95" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F95" s="4" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="G95" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H95" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A96" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F96" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="G96" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H96" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A97" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E97" s="4" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F97" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="G97" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H97" s="4" t="s">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A98" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E98" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F98" s="4" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="G98" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H98" s="4" t="s">
+        <x:v>536</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A99" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E99" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F99" s="4" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G99" s="4" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H99" s="4" t="s">
+        <x:v>522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A100" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E100" s="4" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F100" s="4" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="G100" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H100" s="4" t="s">
+        <x:v>545</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A101" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E101" s="4" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="F101" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="G101" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H101" s="4" t="s">
+        <x:v>499</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A102" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E102" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="F102" s="4" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="G102" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H102" s="4" t="s">
+        <x:v>533</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A103" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E103" s="4" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F103" s="4" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="G103" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H103" s="4" t="s">
+        <x:v>480</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A104" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E104" s="4" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="F104" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G89" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>239</x:v>
+      <x:c r="G104" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H104" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A105" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F105" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G105" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H105" s="4" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>