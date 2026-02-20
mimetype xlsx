--- v4 (2026-01-16)
+++ v5 (2026-02-20)
@@ -1,638 +1,1055 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra234bd0799724998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65ec62dc0a54d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260115" sheetId="1" r:id="R26f0659a5eca43d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260219" sheetId="1" r:id="R193c4e07134e4681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="564">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1040" uniqueCount="683">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.6049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.4288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.7674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.7229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.9176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.0341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.6043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37</x:t>
+  </x:si>
+  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7241</x:t>
   </x:si>
   <x:si>
     <x:t>0.03</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.76</x:t>
   </x:si>
   <x:si>
     <x:t>34,720</x:t>
   </x:si>
   <x:si>
-    <x:t>0.04</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6969</x:t>
   </x:si>
   <x:si>
     <x:t>-0.29</x:t>
   </x:si>
   <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>372</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.9900</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
   </x:si>
   <x:si>
     <x:t>20.82</x:t>
   </x:si>
   <x:si>
     <x:t>16,580</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.81</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7353</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>14,082</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7468</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.25</x:t>
   </x:si>
   <x:si>
     <x:t>20.46</x:t>
   </x:si>
   <x:si>
     <x:t>2,741</x:t>
   </x:si>
   <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.4912</x:t>
   </x:si>
   <x:si>
     <x:t>-0.16</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.79</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>5,678</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6549</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.63</x:t>
   </x:si>
   <x:si>
     <x:t>2,883</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6785</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.64</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>-0.04</x:t>
   </x:si>
   <x:si>
     <x:t>-0.19</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6552</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.37</x:t>
   </x:si>
   <x:si>
     <x:t>4,114</x:t>
   </x:si>
   <x:si>
     <x:t>-0.27</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.3758</x:t>
   </x:si>
   <x:si>
     <x:t>0.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.42</x:t>
   </x:si>
   <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>224</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2907</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.07</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.34</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>260</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3603</x:t>
   </x:si>
   <x:si>
     <x:t>-0.10</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.47</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>3,489</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4567</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.18</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>998</x:t>
   </x:si>
   <x:si>
-    <x:t>0.21</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6395</x:t>
   </x:si>
   <x:si>
     <x:t>20.71</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.34</x:t>
   </x:si>
   <x:si>
     <x:t>25/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>24/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03</x:t>
   </x:si>
   <x:si>
     <x:t>1,336</x:t>
   </x:si>
   <x:si>
     <x:t>23/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6728</x:t>
   </x:si>
   <x:si>
     <x:t>-0.05</x:t>
   </x:si>
   <x:si>
     <x:t>-0.26</x:t>
   </x:si>
   <x:si>
     <x:t>20.80</x:t>
   </x:si>
   <x:si>
     <x:t>1,395</x:t>
   </x:si>
   <x:si>
     <x:t>0.62</x:t>
   </x:si>
   <x:si>
     <x:t>22/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7258</x:t>
   </x:si>
   <x:si>
-    <x:t>0.18</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,603</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6883</x:t>
   </x:si>
   <x:si>
     <x:t>0.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.97</x:t>
   </x:si>
   <x:si>
     <x:t>20.43</x:t>
   </x:si>
   <x:si>
     <x:t>345</x:t>
   </x:si>
   <x:si>
-    <x:t>-1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2884</x:t>
   </x:si>
   <x:si>
     <x:t>1.71</x:t>
   </x:si>
   <x:si>
     <x:t>20.06</x:t>
   </x:si>
   <x:si>
     <x:t>4,820</x:t>
   </x:si>
   <x:si>
     <x:t>-0.23</x:t>
   </x:si>
   <x:si>
     <x:t>-1.13</x:t>
   </x:si>
   <x:si>
     <x:t>17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9482</x:t>
   </x:si>
   <x:si>
     <x:t>-0.40</x:t>
   </x:si>
   <x:si>
     <x:t>-1.95</x:t>
   </x:si>
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>2.37</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3440</x:t>
   </x:si>
   <x:si>
-    <x:t>0.06</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
     <x:t>-0.09</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.46</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2847</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>20.51</x:t>
   </x:si>
   <x:si>
     <x:t>552</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4132</x:t>
   </x:si>
   <x:si>
     <x:t>-0.35</x:t>
   </x:si>
   <x:si>
     <x:t>-1.67</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,186</x:t>
   </x:si>
   <x:si>
     <x:t>0.43</x:t>
   </x:si>
   <x:si>
     <x:t>2.09</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7602</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>1,529</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8163</x:t>
   </x:si>
   <x:si>
-    <x:t>0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.49</x:t>
   </x:si>
   <x:si>
     <x:t>20.77</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
     <x:t>-0.22</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7151</x:t>
   </x:si>
   <x:si>
     <x:t>-0.45</x:t>
   </x:si>
   <x:si>
-    <x:t>20.86</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,084</x:t>
   </x:si>
   <x:si>
     <x:t>0.70</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8094</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2,094</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7426</x:t>
   </x:si>
   <x:si>
     <x:t>-0.66</x:t>
   </x:si>
   <x:si>
     <x:t>21.00</x:t>
   </x:si>
   <x:si>
     <x:t>11,789</x:t>
   </x:si>
   <x:si>
     <x:t>1.24</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8797</x:t>
@@ -643,227 +1060,203 @@
   <x:si>
     <x:t>1,141</x:t>
   </x:si>
   <x:si>
     <x:t>-0.33</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8387</x:t>
   </x:si>
   <x:si>
     <x:t>20.83</x:t>
   </x:si>
   <x:si>
     <x:t>1,432</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7372</x:t>
   </x:si>
   <x:si>
-    <x:t>0.12</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.70</x:t>
   </x:si>
   <x:si>
     <x:t>1,081</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6210</x:t>
   </x:si>
   <x:si>
     <x:t>-0.20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.98</x:t>
   </x:si>
   <x:si>
     <x:t>634</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8241</x:t>
   </x:si>
   <x:si>
     <x:t>20.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,560</x:t>
   </x:si>
   <x:si>
     <x:t>27/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7275</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.78</x:t>
   </x:si>
   <x:si>
     <x:t>5,780</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>26/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7785</x:t>
   </x:si>
   <x:si>
     <x:t>20.68</x:t>
   </x:si>
   <x:si>
     <x:t>15,129</x:t>
   </x:si>
   <x:si>
     <x:t>25/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6368</x:t>
   </x:si>
   <x:si>
     <x:t>20.48</x:t>
   </x:si>
   <x:si>
     <x:t>717</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.76</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>24/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4391</x:t>
   </x:si>
   <x:si>
     <x:t>2.10</x:t>
   </x:si>
   <x:si>
     <x:t>20.47</x:t>
   </x:si>
   <x:si>
     <x:t>513</x:t>
   </x:si>
   <x:si>
     <x:t>0.15</x:t>
   </x:si>
   <x:si>
     <x:t>21/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0190</x:t>
   </x:si>
   <x:si>
     <x:t>0.52</x:t>
   </x:si>
   <x:si>
-    <x:t>20.04</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,834</x:t>
   </x:si>
   <x:si>
     <x:t>20/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9158</x:t>
   </x:si>
   <x:si>
     <x:t>-3.21</x:t>
   </x:si>
   <x:si>
     <x:t>20.90</x:t>
   </x:si>
   <x:si>
     <x:t>2,153</x:t>
   </x:si>
   <x:si>
     <x:t>0.98</x:t>
   </x:si>
   <x:si>
     <x:t>4.94</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5768</x:t>
   </x:si>
   <x:si>
     <x:t>0.82</x:t>
   </x:si>
   <x:si>
     <x:t>1,188</x:t>
   </x:si>
   <x:si>
     <x:t>-0.52</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4094</x:t>
   </x:si>
   <x:si>
     <x:t>7,680</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5439</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21.01</x:t>
   </x:si>
   <x:si>
     <x:t>6,771</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6946</x:t>
   </x:si>
   <x:si>
     <x:t>21,133</x:t>
   </x:si>
   <x:si>
     <x:t>0.99</x:t>
   </x:si>
   <x:si>
     <x:t>13/11/2025</x:t>
@@ -871,92 +1264,80 @@
   <x:si>
     <x:t>20.7134</x:t>
   </x:si>
   <x:si>
     <x:t>-2.96</x:t>
   </x:si>
   <x:si>
     <x:t>21.45</x:t>
   </x:si>
   <x:si>
     <x:t>3,213</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>3.56</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3448</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>2,788</x:t>
   </x:si>
   <x:si>
-    <x:t>0.16</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4081</x:t>
   </x:si>
   <x:si>
     <x:t>21.63</x:t>
   </x:si>
   <x:si>
     <x:t>19,868</x:t>
   </x:si>
   <x:si>
     <x:t>0.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5822</x:t>
   </x:si>
   <x:si>
-    <x:t>0.37</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>7,967</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2134</x:t>
   </x:si>
   <x:si>
     <x:t>21.18</x:t>
   </x:si>
   <x:si>
     <x:t>4,711</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
@@ -1006,83 +1387,77 @@
   <x:si>
     <x:t>0.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.89</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>22.0399</x:t>
   </x:si>
   <x:si>
     <x:t>22.07</x:t>
   </x:si>
   <x:si>
     <x:t>19,329</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.9472</x:t>
   </x:si>
   <x:si>
-    <x:t>0.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22.01</x:t>
   </x:si>
   <x:si>
     <x:t>7,626</x:t>
   </x:si>
   <x:si>
     <x:t>30/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8197</x:t>
   </x:si>
   <x:si>
     <x:t>22.05</x:t>
   </x:si>
   <x:si>
     <x:t>12,642</x:t>
   </x:si>
   <x:si>
     <x:t>1.06</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.8963</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.89</x:t>
   </x:si>
   <x:si>
     <x:t>21.85</x:t>
   </x:si>
   <x:si>
     <x:t>5,040</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7032</x:t>
   </x:si>
   <x:si>
     <x:t>21.81</x:t>
   </x:si>
   <x:si>
     <x:t>3,799</x:t>
   </x:si>
   <x:si>
     <x:t>27/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.7417</x:t>
@@ -1225,53 +1600,50 @@
   <x:si>
     <x:t>16,400</x:t>
   </x:si>
   <x:si>
     <x:t>13/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1688</x:t>
   </x:si>
   <x:si>
     <x:t>0.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.14</x:t>
   </x:si>
   <x:si>
     <x:t>20,813</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7247</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.59</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-2.76</x:t>
   </x:si>
   <x:si>
     <x:t>16,686</x:t>
   </x:si>
   <x:si>
     <x:t>0.71</x:t>
   </x:si>
   <x:si>
     <x:t>3.40</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3135</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00</x:t>
   </x:si>
   <x:si>
     <x:t>21.30</x:t>
   </x:si>
   <x:si>
     <x:t>6,341</x:t>
@@ -1441,83 +1813,77 @@
   <x:si>
     <x:t>1.21</x:t>
   </x:si>
   <x:si>
     <x:t>22/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2044</x:t>
   </x:si>
   <x:si>
     <x:t>22,887</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.1522</x:t>
   </x:si>
   <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>11,594</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.58</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
     <x:t>-0.84</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3747</x:t>
   </x:si>
   <x:si>
     <x:t>4,885</x:t>
   </x:si>
   <x:si>
-    <x:t>0.61</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.5620</x:t>
   </x:si>
   <x:si>
     <x:t>0.80</x:t>
@@ -1570,117 +1936,108 @@
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
   </x:si>
   <x:si>
     <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2140</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
-    <x:t>20.20</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>29,002</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0633</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.75</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.33</x:t>
   </x:si>
   <x:si>
     <x:t>24,200</x:t>
   </x:si>
   <x:si>
     <x:t>1.33</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2145</x:t>
   </x:si>
   <x:si>
     <x:t>1.78</x:t>
   </x:si>
   <x:si>
     <x:t>20.01</x:t>
   </x:si>
   <x:si>
     <x:t>15,335</x:t>
   </x:si>
   <x:si>
     <x:t>-1.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8610</x:t>
   </x:si>
   <x:si>
     <x:t>18,298</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.8856</x:t>
   </x:si>
   <x:si>
     <x:t>-0.43</x:t>
   </x:si>
   <x:si>
     <x:t>20.10</x:t>
   </x:si>
   <x:si>
     <x:t>10,339</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>19.9712</x:t>
   </x:si>
   <x:si>
     <x:t>20.13</x:t>
   </x:si>
   <x:si>
     <x:t>53,263</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0229</x:t>
   </x:si>
   <x:si>
     <x:t>-1.50</x:t>
   </x:si>
   <x:si>
     <x:t>20.38</x:t>
   </x:si>
@@ -1762,56 +2119,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e26b1205d94f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6038e5fa08b9463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f0659a5eca43d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79c80061b794961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8a9dcad92eb42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R193c4e07134e4681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H106"/>
+  <x:dimension ref="A1:H131"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -1955,2585 +2312,3235 @@
       </x:c>
       <x:c r="H6" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F17" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C18" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E18" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F18" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G18" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H18" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F19" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G19" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H19" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C20" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E20" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F20" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G20" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F28" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="G28" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C36" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E36" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F36" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G36" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C38" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E38" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F38" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E41" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F41" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G41" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H44" s="4" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="C47" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C59" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E59" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F59" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G59" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H59" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F61" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C62" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E62" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F62" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G62" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H62" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C63" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E64" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="s">
+      <x:c r="F64" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="E64" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E65" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F65" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E66" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="F66" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E66" s="4" t="s">
+      <x:c r="G66" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H66" s="4" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
+      <x:c r="C67" s="4" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="s">
+      <x:c r="E67" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F67" s="4" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="G67" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
+      <x:c r="C68" s="4" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H72" s="4" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="C73" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="s">
+      <x:c r="E73" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="E73" s="4" t="s">
+      <x:c r="F73" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="F73" s="4" t="s">
+      <x:c r="G73" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="G73" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H73" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
+      <x:c r="C75" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E75" s="4" t="s">
+      <x:c r="F75" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="F75" s="4" t="s">
+      <x:c r="G75" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="G75" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E77" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F77" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H80" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C81" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E81" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F81" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C82" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E87" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F87" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E89" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F89" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H89" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C90" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E90" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E95" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E96" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="G105" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H105" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A106" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F106" s="4" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="G106" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H106" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A107" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="G107" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H107" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A108" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F108" s="4" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="G108" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H108" s="4" t="s">
+        <x:v>585</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A109" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="F109" s="4" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="G109" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H109" s="4" t="s">
+        <x:v>590</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A110" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="E110" s="4" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="F110" s="4" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="G110" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H110" s="4" t="s">
+        <x:v>596</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A111" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E111" s="4" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F111" s="4" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="G111" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="H111" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A112" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="C112" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D112" s="4" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E112" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F112" s="4" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="G112" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H112" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A113" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C113" s="4" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D113" s="4" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E113" s="4" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F113" s="4" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="G113" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H113" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A114" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C114" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D114" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E114" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F114" s="4" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="G114" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H114" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A115" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C115" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D115" s="4" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E115" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F115" s="4" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="G115" s="4" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="H115" s="4" t="s">
+        <x:v>618</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A116" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C116" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D116" s="4" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E116" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F116" s="4" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="G116" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H116" s="4" t="s">
+        <x:v>623</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A117" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C117" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D117" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E117" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="F117" s="4" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="G117" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H117" s="4" t="s">
+        <x:v>628</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A118" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C118" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D118" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="E118" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F118" s="4" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="G118" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H118" s="4" t="s">
+        <x:v>632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A119" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C119" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D119" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E119" s="4" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="F119" s="4" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="G119" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H119" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A120" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C120" s="4" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D120" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="E120" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="F120" s="4" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="G120" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H120" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A121" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C121" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D121" s="4" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="E121" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F121" s="4" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="G121" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H121" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A122" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C122" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D122" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E122" s="4" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="F122" s="4" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="G122" s="4" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="H122" s="4" t="s">
+        <x:v>650</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A123" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="C123" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="E123" s="4" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="F123" s="4" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="G123" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H123" s="4" t="s">
+        <x:v>656</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A124" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C124" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D124" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E124" s="4" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="F124" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="G124" s="4" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H124" s="4" t="s">
+        <x:v>644</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A125" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C125" s="4" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D125" s="4" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="E125" s="4" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F125" s="4" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="G125" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H125" s="4" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A126" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C126" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E126" s="4" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="F126" s="4" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="G126" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H126" s="4" t="s">
+        <x:v>621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A127" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="C127" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="E127" s="4" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="F127" s="4" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G127" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H127" s="4" t="s">
+        <x:v>653</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A128" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C128" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E128" s="4" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="F128" s="4" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="G128" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H128" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A129" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C129" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D129" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E129" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="F129" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G105" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>87</x:v>
+      <x:c r="G129" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H129" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A130" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="C130" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D130" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E130" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="F130" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G130" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H130" s="4" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>