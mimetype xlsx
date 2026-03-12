--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -1,191 +1,485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65ec62dc0a54d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf814028b5b04e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260219" sheetId="1" r:id="R193c4e07134e4681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260311" sheetId="1" r:id="Rcc8fd8b45a514873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1040" uniqueCount="683">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1152" uniqueCount="751">
   <x:si>
     <x:t>MSCI International Growth ETF - GWTH</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Change</x:t>
   </x:si>
   <x:si>
     <x:t>% Change</x:t>
   </x:si>
   <x:si>
     <x:t>Last traded price</x:t>
   </x:si>
   <x:si>
     <x:t>Volume*</x:t>
   </x:si>
   <x:si>
     <x:t>Premium/Discount</x:t>
   </x:si>
   <x:si>
     <x:t>% Premium/Discount</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.7250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.9982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.8636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.2126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51</x:t>
+  </x:si>
+  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1455</x:t>
   </x:si>
   <x:si>
-    <x:t>0.02</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>1,454</x:t>
   </x:si>
   <x:si>
-    <x:t>0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.39</x:t>
   </x:si>
   <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.1260</x:t>
   </x:si>
   <x:si>
     <x:t>0.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.83</x:t>
   </x:si>
   <x:si>
-    <x:t>18.95</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,431</x:t>
   </x:si>
   <x:si>
     <x:t>-0.18</x:t>
   </x:si>
   <x:si>
     <x:t>-0.92</x:t>
   </x:si>
   <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.9687</x:t>
   </x:si>
   <x:si>
-    <x:t>0.14</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.73</x:t>
   </x:si>
   <x:si>
     <x:t>18.80</x:t>
   </x:si>
   <x:si>
     <x:t>35,545</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-0.89</x:t>
   </x:si>
   <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.8308</x:t>
   </x:si>
   <x:si>
-    <x:t>0.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.04</x:t>
   </x:si>
   <x:si>
     <x:t>18.81</x:t>
   </x:si>
   <x:si>
     <x:t>3,256</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.11</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.8228</x:t>
   </x:si>
   <x:si>
     <x:t>0.32</x:t>
   </x:si>
   <x:si>
     <x:t>1.70</x:t>
   </x:si>
   <x:si>
-    <x:t>18.68</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>7,371</x:t>
   </x:si>
   <x:si>
     <x:t>-0.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.76</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.5076</x:t>
   </x:si>
   <x:si>
     <x:t>-0.57</x:t>
   </x:si>
   <x:si>
     <x:t>-2.97</x:t>
   </x:si>
   <x:si>
     <x:t>19.14</x:t>
   </x:si>
   <x:si>
     <x:t>4,106</x:t>
@@ -202,416 +496,359 @@
   <x:si>
     <x:t>19.0740</x:t>
   </x:si>
   <x:si>
     <x:t>-0.75</x:t>
   </x:si>
   <x:si>
     <x:t>19.28</x:t>
   </x:si>
   <x:si>
     <x:t>2,248</x:t>
   </x:si>
   <x:si>
     <x:t>0.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.08</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.2181</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.33</x:t>
   </x:si>
   <x:si>
     <x:t>65</x:t>
   </x:si>
   <x:si>
-    <x:t>0.11</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.58</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.2179</x:t>
   </x:si>
   <x:si>
-    <x:t>0.19</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.00</x:t>
   </x:si>
   <x:si>
-    <x:t>19.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.06</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.0277</x:t>
   </x:si>
   <x:si>
     <x:t>0.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.84</x:t>
   </x:si>
   <x:si>
-    <x:t>18.56</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>739</x:t>
   </x:si>
   <x:si>
     <x:t>-0.47</x:t>
   </x:si>
   <x:si>
     <x:t>-2.46</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.5015</x:t>
   </x:si>
   <x:si>
     <x:t>-0.90</x:t>
   </x:si>
   <x:si>
     <x:t>4,080</x:t>
   </x:si>
   <x:si>
-    <x:t>0.30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.61</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18.6687</x:t>
   </x:si>
   <x:si>
     <x:t>-0.59</x:t>
   </x:si>
   <x:si>
     <x:t>-3.08</x:t>
   </x:si>
   <x:si>
     <x:t>2,445</x:t>
   </x:si>
   <x:si>
     <x:t>0.61</x:t>
   </x:si>
   <x:si>
     <x:t>3.27</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.2619</x:t>
   </x:si>
   <x:si>
     <x:t>-0.34</x:t>
   </x:si>
   <x:si>
     <x:t>-1.75</x:t>
   </x:si>
   <x:si>
     <x:t>19.62</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
-    <x:t>0.36</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.86</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.6049</x:t>
   </x:si>
   <x:si>
     <x:t>0.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.91</x:t>
   </x:si>
   <x:si>
     <x:t>19.45</x:t>
   </x:si>
   <x:si>
     <x:t>5,220</x:t>
   </x:si>
   <x:si>
     <x:t>-0.15</x:t>
   </x:si>
   <x:si>
     <x:t>-0.79</x:t>
   </x:si>
   <x:si>
     <x:t>30/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.4288</x:t>
   </x:si>
   <x:si>
     <x:t>-1.71</x:t>
   </x:si>
   <x:si>
     <x:t>19.69</x:t>
   </x:si>
   <x:si>
     <x:t>4,190</x:t>
   </x:si>
   <x:si>
-    <x:t>0.26</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.34</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.7674</x:t>
   </x:si>
   <x:si>
-    <x:t>0.23</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.60</x:t>
   </x:si>
   <x:si>
     <x:t>2,312</x:t>
   </x:si>
   <x:si>
     <x:t>-0.85</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.7229</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.25</x:t>
   </x:si>
   <x:si>
     <x:t>19.91</x:t>
   </x:si>
   <x:si>
     <x:t>8,425</x:t>
   </x:si>
   <x:si>
     <x:t>0.95</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.9730</x:t>
   </x:si>
   <x:si>
     <x:t>0.06</x:t>
   </x:si>
   <x:si>
-    <x:t>0.28</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19.98</x:t>
   </x:si>
   <x:si>
     <x:t>15,617</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>19.9176</x:t>
   </x:si>
   <x:si>
     <x:t>0</x:t>
   </x:si>
   <x:si>
     <x:t>20.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.12</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.58</x:t>
   </x:si>
   <x:si>
     <x:t>2,156</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.0341</x:t>
   </x:si>
   <x:si>
     <x:t>20.20</x:t>
   </x:si>
   <x:si>
     <x:t>3,420</x:t>
   </x:si>
   <x:si>
-    <x:t>0.17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>21/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.1540</x:t>
   </x:si>
   <x:si>
-    <x:t>0.05</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.28</x:t>
   </x:si>
   <x:si>
     <x:t>1,558</x:t>
   </x:si>
   <x:si>
-    <x:t>0.13</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.1444</x:t>
   </x:si>
   <x:si>
     <x:t>-0.46</x:t>
   </x:si>
   <x:si>
     <x:t>-2.23</x:t>
   </x:si>
   <x:si>
     <x:t>20.37</x:t>
   </x:si>
   <x:si>
     <x:t>1,425</x:t>
   </x:si>
   <x:si>
     <x:t>1.12</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6043</x:t>
   </x:si>
   <x:si>
     <x:t>-0.86</x:t>
   </x:si>
   <x:si>
     <x:t>20.62</x:t>
   </x:si>
   <x:si>
     <x:t>4,288</x:t>
   </x:si>
   <x:si>
-    <x:t>0.08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7825</x:t>
   </x:si>
   <x:si>
     <x:t>20.86</x:t>
   </x:si>
   <x:si>
     <x:t>3,268</x:t>
   </x:si>
   <x:si>
     <x:t>0.37</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7241</x:t>
   </x:si>
   <x:si>
-    <x:t>0.03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.76</x:t>
   </x:si>
   <x:si>
     <x:t>34,720</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6969</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.29</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.40</x:t>
   </x:si>
   <x:si>
     <x:t>21.08</x:t>
   </x:si>
   <x:si>
     <x:t>372</x:t>
   </x:si>
   <x:si>
     <x:t>0.38</x:t>
   </x:si>
   <x:si>
     <x:t>1.85</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.9900</x:t>
   </x:si>
   <x:si>
     <x:t>0.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.23</x:t>
@@ -628,71 +865,65 @@
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7353</x:t>
   </x:si>
   <x:si>
     <x:t>-0.01</x:t>
   </x:si>
   <x:si>
     <x:t>20.60</x:t>
   </x:si>
   <x:si>
     <x:t>14,082</x:t>
   </x:si>
   <x:si>
     <x:t>-0.65</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.7468</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.46</x:t>
   </x:si>
   <x:si>
     <x:t>2,741</x:t>
   </x:si>
   <x:si>
     <x:t>-1.38</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.4912</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.16</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.69</x:t>
   </x:si>
   <x:si>
     <x:t>5,678</x:t>
   </x:si>
   <x:si>
     <x:t>0.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.97</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.6549</x:t>
   </x:si>
   <x:si>
     <x:t>20.63</x:t>
   </x:si>
   <x:si>
     <x:t>2,883</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
@@ -742,65 +973,59 @@
   <x:si>
     <x:t>20.36</x:t>
   </x:si>
   <x:si>
     <x:t>224</x:t>
   </x:si>
   <x:si>
     <x:t>-0.08</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>20.2907</x:t>
   </x:si>
   <x:si>
     <x:t>20.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.54</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.07</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>260</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3603</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.10</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>20.50</x:t>
   </x:si>
   <x:si>
     <x:t>3,489</x:t>
   </x:si>
   <x:si>
     <x:t>0.69</x:t>
   </x:si>
   <x:si>
     <x:t>29/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4567</x:t>
   </x:si>
   <x:si>
     <x:t>998</x:t>
   </x:si>
   <x:si>
     <x:t>26/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6395</x:t>
   </x:si>
   <x:si>
     <x:t>20.71</x:t>
@@ -904,95 +1129,86 @@
   <x:si>
     <x:t>20.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.47</x:t>
   </x:si>
   <x:si>
     <x:t>2.37</x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3440</x:t>
   </x:si>
   <x:si>
     <x:t>0.29</x:t>
   </x:si>
   <x:si>
     <x:t>20.25</x:t>
   </x:si>
   <x:si>
     <x:t>3,534</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>15/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2847</x:t>
   </x:si>
   <x:si>
     <x:t>-0.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.63</x:t>
   </x:si>
   <x:si>
     <x:t>20.51</x:t>
   </x:si>
   <x:si>
     <x:t>552</x:t>
   </x:si>
   <x:si>
     <x:t>1.11</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4132</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.35</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-1.67</x:t>
   </x:si>
   <x:si>
     <x:t>20.84</x:t>
   </x:si>
   <x:si>
     <x:t>3,186</x:t>
   </x:si>
   <x:si>
-    <x:t>0.43</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2.09</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7602</x:t>
   </x:si>
   <x:si>
     <x:t>20.59</x:t>
   </x:si>
   <x:si>
     <x:t>1,529</x:t>
   </x:si>
   <x:si>
     <x:t>-0.82</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8163</x:t>
   </x:si>
   <x:si>
     <x:t>0.49</x:t>
@@ -1234,101 +1450,95 @@
   <x:si>
     <x:t>20.5439</x:t>
   </x:si>
   <x:si>
     <x:t>-0.73</x:t>
   </x:si>
   <x:si>
     <x:t>21.01</x:t>
   </x:si>
   <x:si>
     <x:t>6,771</x:t>
   </x:si>
   <x:si>
     <x:t>2.27</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.6946</x:t>
   </x:si>
   <x:si>
     <x:t>21,133</x:t>
   </x:si>
   <x:si>
-    <x:t>0.99</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.7134</x:t>
   </x:si>
   <x:si>
     <x:t>-2.96</x:t>
   </x:si>
   <x:si>
     <x:t>21.45</x:t>
   </x:si>
   <x:si>
     <x:t>3,213</x:t>
   </x:si>
   <x:si>
     <x:t>0.74</x:t>
   </x:si>
   <x:si>
     <x:t>3.56</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.3448</x:t>
   </x:si>
   <x:si>
     <x:t>21.50</x:t>
   </x:si>
   <x:si>
     <x:t>2,788</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.4081</x:t>
   </x:si>
   <x:si>
     <x:t>21.63</x:t>
   </x:si>
   <x:si>
     <x:t>19,868</x:t>
   </x:si>
   <x:si>
-    <x:t>0.22</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.5822</x:t>
   </x:si>
   <x:si>
     <x:t>1.74</x:t>
   </x:si>
   <x:si>
     <x:t>21.37</x:t>
   </x:si>
   <x:si>
     <x:t>7,967</x:t>
   </x:si>
   <x:si>
     <x:t>-0.21</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>21.2134</x:t>
@@ -1828,53 +2038,50 @@
   <x:si>
     <x:t>21.1522</x:t>
   </x:si>
   <x:si>
     <x:t>1.22</x:t>
   </x:si>
   <x:si>
     <x:t>11,594</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.8965</x:t>
   </x:si>
   <x:si>
     <x:t>2.56</x:t>
   </x:si>
   <x:si>
     <x:t>20.72</x:t>
   </x:si>
   <x:si>
     <x:t>434</x:t>
   </x:si>
   <x:si>
-    <x:t>-0.84</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>17/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.3747</x:t>
   </x:si>
   <x:si>
     <x:t>4,885</x:t>
   </x:si>
   <x:si>
     <x:t>16/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4265</x:t>
   </x:si>
   <x:si>
     <x:t>20.67</x:t>
   </x:si>
   <x:si>
     <x:t>7,020</x:t>
   </x:si>
   <x:si>
     <x:t>0.24</x:t>
   </x:si>
   <x:si>
     <x:t>1.19</x:t>
@@ -1916,53 +2123,50 @@
     <x:t>20.4286</x:t>
   </x:si>
   <x:si>
     <x:t>2,764</x:t>
   </x:si>
   <x:si>
     <x:t>0.84</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.4253</x:t>
   </x:si>
   <x:si>
     <x:t>20.39</x:t>
   </x:si>
   <x:si>
     <x:t>51,693</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2854</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>0.35</x:t>
   </x:si>
   <x:si>
     <x:t>20.23</x:t>
   </x:si>
   <x:si>
     <x:t>7,722</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.2140</x:t>
   </x:si>
   <x:si>
     <x:t>0.75</x:t>
   </x:si>
   <x:si>
     <x:t>29,002</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>20.0633</x:t>
   </x:si>
@@ -2119,56 +2323,56 @@
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79c80061b794961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8a9dcad92eb42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R193c4e07134e4681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9e922be0c5d450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd0d1bfc842a74877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc8fd8b45a514873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:H131"/>
+  <x:dimension ref="A1:H145"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="13" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="14" customWidth="1"/>
     <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="14" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
@@ -2352,3195 +2556,3559 @@
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E12" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F12" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C14" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E14" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F14" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E15" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G15" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H15" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C17" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E17" s="4" t="s">
+      <x:c r="G17" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H17" s="4" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="E18" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C18" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D18" s="4" t="s">
+      <x:c r="G18" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="E18" s="4" t="s">
+      <x:c r="H18" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="E19" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="s">
+      <x:c r="F19" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="s">
+      <x:c r="G19" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H19" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="F20" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="s">
+      <x:c r="G20" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="s">
+      <x:c r="H20" s="4" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="D21" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D21" s="4" t="s">
+      <x:c r="E21" s="4" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="s">
+      <x:c r="G21" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F21" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="4" t="s">
+      <x:c r="H21" s="4" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F22" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G22" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E23" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G23" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C25" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E25" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G25" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C26" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E26" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G26" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C27" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E27" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G27" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C28" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E28" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C29" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E29" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C30" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E30" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F30" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G30" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H30" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C31" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E31" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F31" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G31" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H31" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C32" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E32" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F32" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G32" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H32" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C33" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E33" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F33" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G33" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H33" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C34" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E34" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F34" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G34" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H34" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C35" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E35" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F35" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G35" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H35" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="D36" s="4" t="s">
+      <x:c r="F36" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="G36" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E36" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H36" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C37" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E37" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F37" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G37" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H37" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
+      <x:c r="C38" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E38" s="4" t="s">
+      <x:c r="F38" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="F38" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G38" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="C39" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E39" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F39" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G39" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C40" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E40" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F40" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G40" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H40" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C41" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="G41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H41" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C42" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E42" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F42" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G42" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H42" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C43" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E43" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F43" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H43" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C44" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E44" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F44" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G44" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H44" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C45" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E45" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F45" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H45" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C46" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E46" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F46" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G46" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H46" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C47" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E47" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F47" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H47" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C48" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E48" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F48" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G48" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H48" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C49" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E49" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F49" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G49" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H49" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C50" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E50" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F50" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G50" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H50" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E51" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F51" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G51" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H51" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E52" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F52" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G52" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H52" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E53" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F53" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G53" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H53" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C54" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E54" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F54" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G54" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H54" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C55" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F55" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G55" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H55" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C56" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E56" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F56" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H56" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E57" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F57" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G57" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H57" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E58" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G58" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H58" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G59" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H59" s="4" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C60" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E60" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G60" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H60" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F61" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="G61" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H61" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E62" s="4" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F62" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
+      <x:c r="G62" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="s">
-[...5 lines deleted...]
-      <x:c r="E62" s="4" t="s">
+      <x:c r="H62" s="4" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="B63" s="1" t="s">
+      <x:c r="C63" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E63" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F63" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G63" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H63" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C64" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E64" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F64" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G64" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C65" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E65" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F65" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C66" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E66" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F66" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G66" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H66" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C67" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E67" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F67" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H67" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C68" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E68" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F68" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G68" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H68" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C69" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E69" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F69" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H69" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C70" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D70" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E70" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F70" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G70" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H70" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C71" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E71" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F71" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H71" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C72" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E72" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G72" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H72" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C73" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F73" s="4" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="G73" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H73" s="4" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C74" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E74" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F74" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G74" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H74" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C75" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E75" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F75" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H75" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C76" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E76" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F76" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G76" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H76" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C77" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F77" s="4" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="G77" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H77" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C78" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E78" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F78" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G78" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H78" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C79" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E79" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F79" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H79" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C80" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E80" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="F80" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="G80" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H80" s="4" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="C81" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E81" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F81" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="F81" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H81" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="C82" s="4" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="E82" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="F82" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="G82" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H82" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C83" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E83" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F83" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H83" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C84" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E84" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F84" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="G84" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H84" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C85" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E85" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F85" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H85" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C86" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E86" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F86" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="G86" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H86" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C87" s="4" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D87" s="4" t="s">
+      <x:c r="E87" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="E87" s="4" t="s">
+      <x:c r="F87" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="F87" s="4" t="s">
+      <x:c r="G87" s="4" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="H87" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C88" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E88" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="F88" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="G88" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H88" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C89" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E89" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="s">
+      <x:c r="F89" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E89" s="4" t="s">
+      <x:c r="G89" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H89" s="4" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
+      <x:c r="E90" s="4" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>487</x:v>
       </x:c>
       <x:c r="F90" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="G90" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H90" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C91" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E91" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="F91" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H91" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C92" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E92" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F92" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="G92" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H92" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C93" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E93" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F93" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H93" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C94" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E94" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F94" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G94" s="4" t="s">
-        <x:v>13</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H94" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C95" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E95" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F95" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H95" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C96" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E96" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F96" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G96" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H96" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C97" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E97" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F97" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H97" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C98" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E98" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F98" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G98" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H98" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C99" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E99" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F99" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H99" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C100" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E100" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F100" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G100" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H100" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C101" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E101" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F101" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H101" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C102" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E102" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F102" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G102" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H102" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C103" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E103" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F103" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H103" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C104" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E104" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F104" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G104" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H104" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C105" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E105" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F105" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H105" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C106" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E106" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F106" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G106" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H106" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C107" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E107" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F107" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H107" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C108" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E108" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F108" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G108" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H108" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C109" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E109" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F109" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H109" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C110" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E110" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F110" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="G110" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H110" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C111" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E111" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F111" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H111" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C112" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E112" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F112" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="G112" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H112" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C113" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E113" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="F113" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H113" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C114" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E114" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F114" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G114" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H114" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C115" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E115" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F115" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C116" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E116" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F116" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G116" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H116" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C117" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E117" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F117" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H117" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C118" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>12</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E118" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F118" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G118" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H118" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C119" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E119" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F119" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H119" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C120" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E120" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F120" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G120" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H120" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C121" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E121" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F121" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C122" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E122" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F122" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G122" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H122" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C123" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E123" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F123" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H123" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C124" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E124" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F124" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G124" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H124" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C125" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E125" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F125" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G125" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H125" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C126" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E126" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F126" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="G126" s="4" t="s">
-        <x:v>20</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H126" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C127" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E127" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F127" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="G127" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H127" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C128" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E128" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F128" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G128" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C129" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E129" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F129" s="4" t="s">
-        <x:v>1</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G129" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H129" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C130" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E130" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F130" s="4" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="G130" s="4" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="H130" s="4" t="s">
+        <x:v>692</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A131" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C131" s="4" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D131" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E131" s="4" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="F131" s="4" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="G131" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H131" s="4" t="s">
+        <x:v>697</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A132" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="C132" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D132" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E132" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F132" s="4" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="G132" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H132" s="4" t="s">
+        <x:v>701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A133" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="C133" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D133" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E133" s="4" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="F133" s="4" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="G133" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H133" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A134" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C134" s="4" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E134" s="4" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="F134" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="G134" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H134" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A135" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="E135" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F135" s="4" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="G135" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H135" s="4" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A136" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E136" s="4" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="F136" s="4" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="G136" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="H136" s="4" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A137" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="E137" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="F137" s="4" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="G137" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H137" s="4" t="s">
+        <x:v>724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A138" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E138" s="4" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="F138" s="4" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="G138" s="4" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H138" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A139" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="E139" s="4" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="F139" s="4" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="G139" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H139" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A140" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E140" s="4" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="F140" s="4" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="G140" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H140" s="4" t="s">
+        <x:v>690</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A141" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C141" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D141" s="4" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="E141" s="4" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="F141" s="4" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="G141" s="4" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H141" s="4" t="s">
+        <x:v>721</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A142" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C142" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="E142" s="4" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="F142" s="4" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="G142" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H142" s="4" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A143" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E143" s="4" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="F143" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G130" s="4" t="s">
-[...3 lines deleted...]
-        <x:v>67</x:v>
+      <x:c r="G143" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H143" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:8" ht="15" customHeight="1">
+      <x:c r="A144" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E144" s="4" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="F144" s="4" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G144" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H144" s="4" t="s">
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="A1:H1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>