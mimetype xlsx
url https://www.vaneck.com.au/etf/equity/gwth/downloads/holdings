--- v0 (2026-01-22)
+++ v1 (2026-02-11)
@@ -1,1413 +1,1413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc734da9b06a42d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3d89612dcc45d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260121" sheetId="1" r:id="Rf663d0c468424457"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260210" sheetId="1" r:id="R54fda52573594e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="455">
   <x:si>
-    <x:t>All Fund Holdings as at 21/01/2026</x:t>
+    <x:t>All Fund Holdings as at 10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
     <x:t>455</x:t>
   </x:si>
   <x:si>
-    <x:t>$902,368.03</x:t>
-[...2 lines deleted...]
-    <x:t>5.97%</x:t>
+    <x:t>$912,632.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.33%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
     <x:t>1,675</x:t>
   </x:si>
   <x:si>
-    <x:t>$776,042.95</x:t>
-[...2 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>$747,693.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>1,202</x:t>
   </x:si>
   <x:si>
-    <x:t>$747,516.67</x:t>
-[...2 lines deleted...]
-    <x:t>4.95%</x:t>
+    <x:t>$721,234.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,367.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>1,457</x:t>
   </x:si>
   <x:si>
-    <x:t>$718,828.26</x:t>
-[...17 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>$699,952.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>2,810</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,468.55</x:t>
-[...2 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>$553,197.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NFLX US</x:t>
   </x:si>
   <x:si>
     <x:t>4,470</x:t>
   </x:si>
   <x:si>
-    <x:t>$578,583.54</x:t>
-[...2 lines deleted...]
-    <x:t>3.83%</x:t>
+    <x:t>$518,561.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,602.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>974</x:t>
   </x:si>
   <x:si>
-    <x:t>$465,219.78</x:t>
-[...17 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>$437,870.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,742.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
     <x:t>527</x:t>
   </x:si>
   <x:si>
-    <x:t>$442,081.08</x:t>
+    <x:t>$351,695.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Uber Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UBER US</x:t>
   </x:si>
   <x:si>
     <x:t>3,354</x:t>
   </x:si>
   <x:si>
-    <x:t>$416,519.77</x:t>
-[...14 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>$347,871.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
     <x:t>1,629</x:t>
   </x:si>
   <x:si>
-    <x:t>$368,086.48</x:t>
-[...2 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>$331,339.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,288.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rolls-Royce Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RR/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,873.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,746.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Express Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,851.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Shopify Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SHOP CN</x:t>
   </x:si>
   <x:si>
     <x:t>1,662</x:t>
   </x:si>
   <x:si>
-    <x:t>$356,586.87</x:t>
-[...47 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$299,182.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,760.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Charles Schwab Corp/The</x:t>
   </x:si>
   <x:si>
     <x:t>SCHW US</x:t>
   </x:si>
   <x:si>
     <x:t>1,846</x:t>
   </x:si>
   <x:si>
-    <x:t>$276,537.11</x:t>
-[...14 lines deleted...]
-    <x:t>$264,797.55</x:t>
+    <x:t>$258,541.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Caribbean Cruises Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,394.72</x:t>
   </x:si>
   <x:si>
     <x:t>1.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>Advantest Corp</x:t>
-[...11 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>Welltower Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,381.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crowdstrike Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,755.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Spotify Technology Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SPOT US</x:t>
   </x:si>
   <x:si>
     <x:t>325</x:t>
   </x:si>
   <x:si>
-    <x:t>$246,506.27</x:t>
-[...29 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>$218,311.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Safran Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAF FP</x:t>
   </x:si>
   <x:si>
     <x:t>392</x:t>
   </x:si>
   <x:si>
-    <x:t>$215,701.28</x:t>
-[...17 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>$202,993.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,493.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howmet Aerospace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HWM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,459.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Doordash Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DASH US</x:t>
   </x:si>
   <x:si>
     <x:t>550</x:t>
   </x:si>
   <x:si>
-    <x:t>$167,794.21</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$144,079.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,242.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>1,062</x:t>
   </x:si>
   <x:si>
-    <x:t>$166,636.99</x:t>
-[...44 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$128,282.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LLOY LN</x:t>
   </x:si>
   <x:si>
     <x:t>63,297</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,391.94</x:t>
+    <x:t>$125,561.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,088.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Monolithic Power Systems Inc</x:t>
-[...11 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>Vistra Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,284.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,881.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sea Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,511.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,688.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Snowflake Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNOW US</x:t>
   </x:si>
   <x:si>
     <x:t>383</x:t>
   </x:si>
   <x:si>
-    <x:t>$117,152.58</x:t>
-[...29 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$98,677.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,011.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,588.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,997.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedia Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,507.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alnylam Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,949.79</x:t>
   </x:si>
   <x:si>
     <x:t>Axon Enterprise Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AXON US</x:t>
   </x:si>
   <x:si>
     <x:t>125</x:t>
   </x:si>
   <x:si>
-    <x:t>$115,055.97</x:t>
-[...86 lines deleted...]
-    <x:t>$94,546.44</x:t>
+    <x:t>$78,841.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galderma Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALD SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,632.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,543.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ryanair Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYA ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,172.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STAN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,948.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Sofi Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SOFI US</x:t>
   </x:si>
   <x:si>
     <x:t>2,367</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,497.61</x:t>
-[...59 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$70,744.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Celestica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CLS CN</x:t>
   </x:si>
   <x:si>
     <x:t>159</x:t>
   </x:si>
   <x:si>
-    <x:t>$73,157.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$67,011.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EQT US</x:t>
   </x:si>
   <x:si>
     <x:t>852</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,061.11</x:t>
+    <x:t>$66,594.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prysmian Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRY IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,779.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,367.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,880.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Credo Technology Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CRDO US</x:t>
   </x:si>
   <x:si>
     <x:t>275</x:t>
   </x:si>
   <x:si>
-    <x:t>$62,501.65</x:t>
-[...29 lines deleted...]
-    <x:t>$56,757.13</x:t>
+    <x:t>$52,279.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fairfax Financial Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,400.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aena Sme Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AENA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,462.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>158</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,743.11</x:t>
-[...41 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$50,442.28</x:t>
   </x:si>
   <x:si>
     <x:t>Astera Labs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ALAB US</x:t>
   </x:si>
   <x:si>
     <x:t>190</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,787.42</x:t>
+    <x:t>$49,027.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,022.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,609.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,221.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,002.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acs Actividades De Construccion Y Servi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,326.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,188.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,007.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zscaler Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,148.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,759.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,707.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jacobs Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,635.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBD/B CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,627.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grab Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,036.38</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reddit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>RDDT US</x:t>
   </x:si>
   <x:si>
     <x:t>146</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,805.98</x:t>
-[...161 lines deleted...]
-    <x:t>$34,138.58</x:t>
+    <x:t>$30,899.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3265R107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,078.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Cyberark Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CYBR US</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,812.50</x:t>
-[...29 lines deleted...]
-    <x:t>$28,880.12</x:t>
+    <x:t>$27,693.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
-    <x:t>Other</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Neurocrine Biosciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NBIX US</x:t>
   </x:si>
   <x:si>
     <x:t>127</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,345.36</x:t>
+    <x:t>$24,668.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NVMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,814.50</x:t>
+    <x:t>$22,938.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>United Airlines Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UAL US</x:t>
   </x:si>
   <x:si>
     <x:t>136</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,902.42</x:t>
+    <x:t>$22,331.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
+    <x:t>Centrica Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,439.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Futu Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FUTU US</x:t>
   </x:si>
   <x:si>
     <x:t>86</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,766.93</x:t>
-[...2 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$19,215.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Consolidated Airlines Gro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,748.37</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>157</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,373.19</x:t>
-[...26 lines deleted...]
-    <x:t>$18,107.07</x:t>
+    <x:t>$17,849.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>Screen Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7735 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,671.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gildan Activewear Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,295.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hochtief Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HOT GR</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,343.91</x:t>
+    <x:t>$15,190.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanrio Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8136 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,125.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
-    <x:t>Gildan Activewear Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$15,034.79</x:t>
+    <x:t>Seibu Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9024 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,665.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Comercial Portugues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,532.87</x:t>
   </x:si>
   <x:si>
     <x:t>Hensoldt Ag</x:t>
   </x:si>
   <x:si>
     <x:t>HAG GR</x:t>
   </x:si>
   <x:si>
     <x:t>96</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,989.02</x:t>
-[...47 lines deleted...]
-    <x:t>$13,739.71</x:t>
+    <x:t>$13,033.41</x:t>
   </x:si>
   <x:si>
     <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>YZJSGD SP</x:t>
   </x:si>
   <x:si>
     <x:t>3,236</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,016.25</x:t>
+    <x:t>$11,958.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
     <x:t>364</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,365.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$10,938.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raiffeisen Bank International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,837.20</x:t>
   </x:si>
   <x:si>
     <x:t>Zensho Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7550 JP</x:t>
   </x:si>
   <x:si>
     <x:t>119</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,881.28</x:t>
+    <x:t>$10,270.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
-    <x:t>Raiffeisen Bank International Ag</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Salmar Asa</x:t>
   </x:si>
   <x:si>
     <x:t>SALM NO</x:t>
   </x:si>
   <x:si>
     <x:t>90</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,435.99</x:t>
+    <x:t>$7,781.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Group Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PHNX LN</x:t>
   </x:si>
   <x:si>
     <x:t>293</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,287.42</x:t>
+    <x:t>$4,138.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$151,434.51</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$149,674.57</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1432,51 +1432,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a6a0cfd0074a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa5b1cd7e88d4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf663d0c468424457" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705817d7fac848ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R77021601abb342b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54fda52573594e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F99"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="19" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1692,1763 +1692,1763 @@
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>