--- v1 (2026-02-11)
+++ v2 (2026-03-04)
@@ -1,1413 +1,1404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3d89612dcc45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad2dfd3ae5149b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260210" sheetId="1" r:id="R54fda52573594e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260304" sheetId="1" r:id="R618529b0495f48bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="455">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 10/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="452">
+  <x:si>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,708.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Aerospace Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,446.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,418.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eli Lilly &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,983.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,559.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML NA</x:t>
   </x:si>
   <x:si>
-    <x:t>455</x:t>
-[...50 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,191.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,457</x:t>
-[...2 lines deleted...]
-    <x:t>$699,952.21</x:t>
+    <x:t>1,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,919.34</x:t>
   </x:si>
   <x:si>
     <x:t>4.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Palantir Technologies Inc</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
     <x:t>475</x:t>
   </x:si>
   <x:si>
-    <x:t>$497,602.18</x:t>
-[...2 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>$490,365.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
-    <x:t>974</x:t>
-[...5 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,605.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
-    <x:t>829</x:t>
-[...5 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,961.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rolls-Royce Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RR/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,524.13</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
-    <x:t>527</x:t>
-[...20 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,302.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,629</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>1,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,561.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,488.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,918.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Energy Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENR GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,063.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Arista Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ANET US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,602</x:t>
-[...95 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>1,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,077.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8306 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,978.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citigroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,911.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,624.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newmont Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,279.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welltower Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,188.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Caribbean Cruises Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>515</x:t>
-[...47 lines deleted...]
-    <x:t>$218,311.60</x:t>
+    <x:t>492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,914.06</x:t>
   </x:si>
   <x:si>
     <x:t>1.51%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBSG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,103.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Safran Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAF FP</x:t>
   </x:si>
   <x:si>
-    <x:t>392</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,992.90</x:t>
   </x:si>
   <x:si>
     <x:t>Vertiv Holdings Co</x:t>
   </x:si>
   <x:si>
     <x:t>VRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>552</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,280.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbus Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,869.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Howmet Aerospace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HWM US</x:t>
   </x:si>
   <x:si>
-    <x:t>$150,459.69</x:t>
-[...17 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,794.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilton Worldwide Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,446.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robinhood Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,594.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,185.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BARC LN</x:t>
   </x:si>
   <x:si>
-    <x:t>14,446</x:t>
-[...20 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>13,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,122.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,888.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,858.64</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>LLOY LN</x:t>
   </x:si>
   <x:si>
-    <x:t>63,297</x:t>
-[...65 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>56,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,858.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CCO CN</x:t>
   </x:si>
   <x:si>
-    <x:t>597</x:t>
-[...47 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,559.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Comfort Systems Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FIX US</x:t>
   </x:si>
   <x:si>
+    <x:t>47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,466.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,378.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G3730V105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,995.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,622.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,302.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dollarama Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,129.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedia Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,347.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,785.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galderma Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALD SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,192.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ryanair Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYA ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,354.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STAN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,168.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI2GS5R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,330.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sofi Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,931.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cenovus Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVE CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,745.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,784.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,440.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fairfax Financial Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,249.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,209.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erste Group Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBS AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,098.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,812.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7182 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,430.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,362.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,626.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aena Sme Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AENA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,420.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,345.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,266.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acs Actividades De Construccion Y Servi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,998.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,943.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,591.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credo Technology Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRDO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,580.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,019.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,484.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burlington Stores Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BURL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,633.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,402.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,698.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citizens Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,603.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astera Labs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,566.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,990.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,258.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gildan Activewear Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,350.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,826.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrica Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,759.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Airlines Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,348.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,390.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,788.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Consolidated Airlines Gro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,655.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,589.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochtief Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOT GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,878.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seibu Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9024 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,747.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEY CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,618.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Lufthansa Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,744.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avolta Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVOL SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,172.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Comercial Portugues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,840.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,525.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>447621905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,040.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raiffeisen Bank International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,762.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,742.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M26CNT069</x:t>
+  </x:si>
+  <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
-    <x:t>$85,997.67</x:t>
-[...743 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$3,087.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$149,674.57</x:t>
+    <x:t>$148,743.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1432,51 +1423,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705817d7fac848ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R77021601abb342b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54fda52573594e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd526414b81d54ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rda682aa7c3904e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R618529b0495f48bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F99"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="19" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1584,1871 +1575,1871 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>