--- v2 (2026-03-04)
+++ v3 (2026-03-25)
@@ -1,1404 +1,1428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad2dfd3ae5149b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4b4473076047d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260304" sheetId="1" r:id="R618529b0495f48bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GWTH_asat_20260324" sheetId="1" r:id="Rfe77ba66611546f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="452">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="460">
+  <x:si>
+    <x:t>All Fund Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,800</x:t>
-[...5 lines deleted...]
-    <x:t>5.69%</x:t>
+    <x:t>3,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,739.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,134.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,666.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,517.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,018.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
   </x:si>
   <x:si>
     <x:t>General Aerospace Co</x:t>
   </x:si>
   <x:si>
     <x:t>GE US</x:t>
   </x:si>
   <x:si>
     <x:t>1,546</x:t>
   </x:si>
   <x:si>
-    <x:t>$738,446.57</x:t>
-[...17 lines deleted...]
-    <x:t>5.01%</x:t>
+    <x:t>$645,148.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>488</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,983.50</x:t>
-[...44 lines deleted...]
-    <x:t>4.86%</x:t>
+    <x:t>$632,742.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
     <x:t>475</x:t>
   </x:si>
   <x:si>
-    <x:t>$490,365.82</x:t>
-[...2 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>$488,763.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>907</x:t>
   </x:si>
   <x:si>
-    <x:t>$393,605.87</x:t>
-[...2 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>$378,245.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOG US</x:t>
   </x:si>
   <x:si>
     <x:t>765</x:t>
   </x:si>
   <x:si>
-    <x:t>$331,961.03</x:t>
-[...2 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>$317,665.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,570.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,076.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Rolls-Royce Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RR/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>13,380</x:t>
-[...14 lines deleted...]
-    <x:t>$309,302.71</x:t>
+    <x:t>13,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,662.25</x:t>
   </x:si>
   <x:si>
     <x:t>2.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>Amphenol Corp</x:t>
-[...11 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,104.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Energy Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENR GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,295.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,307.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citigroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,935.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8306 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,500.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,339.08</x:t>
   </x:si>
   <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
     <x:t>1,234</x:t>
   </x:si>
   <x:si>
-    <x:t>$287,488.74</x:t>
-[...92 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>$249,154.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,649.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welltower Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,411.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>1,371</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,279.15</x:t>
-[...17 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$194,926.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Caribbean Cruises Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RCL US</x:t>
   </x:si>
   <x:si>
     <x:t>492</x:t>
   </x:si>
   <x:si>
-    <x:t>$211,914.06</x:t>
-[...2 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>$193,133.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Ubs Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>UBSG SW</x:t>
   </x:si>
   <x:si>
-    <x:t>3,581</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>3,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,405.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Safran Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAF FP</x:t>
   </x:si>
   <x:si>
-    <x:t>376</x:t>
-[...17 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,802.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Airbus Se</x:t>
   </x:si>
   <x:si>
     <x:t>AIR FP</x:t>
   </x:si>
   <x:si>
     <x:t>637</x:t>
   </x:si>
   <x:si>
-    <x:t>$184,869.09</x:t>
-[...2 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>$174,263.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Howmet Aerospace Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HWM US</x:t>
   </x:si>
   <x:si>
     <x:t>467</x:t>
   </x:si>
   <x:si>
-    <x:t>$172,794.29</x:t>
-[...2 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>$160,601.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Hilton Worldwide Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HLT US</x:t>
   </x:si>
   <x:si>
-    <x:t>328</x:t>
-[...2 lines deleted...]
-    <x:t>$143,446.92</x:t>
+    <x:t>329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,676.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,532.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,629.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,309.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robinhood Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,099.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,978.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,902.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comfort Systems Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,630.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celestica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,684.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,432.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujikura Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5803 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,207.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedia Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,369.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,527.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,354.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ftai Aviation Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTAI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,627.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galderma Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALD SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,770.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cenovus Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVE CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,984.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dollarama Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,213.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ryanair Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYA ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,871.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STAN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,679.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrovial Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FER SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,760.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emcor Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,932.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sofi Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,846.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fairfax Financial Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,363.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,995.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,137.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erste Group Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBS AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,737.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,531.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aena Sme Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AENA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,250.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acs Actividades De Construccion Y Servi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,564.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,437.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7936 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,431.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7182 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,718.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,151.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,318.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credo Technology Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRDO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,876.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,255.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,989.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burlington Stores Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BURL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,481.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,541.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astera Labs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,818.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,229.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,120.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citizens Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,366.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,146.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,694.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,406.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrica Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,555.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,544.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gildan Activewear Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,416.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Airlines Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,732.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,323.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,380.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Consolidated Airlines Gro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,325.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochtief Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOT GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,095.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzijiang Shipbuilding Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YZJSGD SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,580.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEY CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,922.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seibu Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9024 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,395.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avolta Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVOL SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,501.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Comercial Portugues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,681.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Lufthansa Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,638.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,920.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raiffeisen Bank International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,515.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indra Sistemas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,676.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,486.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M26CNT069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,101.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,007.65</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
-  </x:si>
-[...907 lines deleted...]
-    <x:t>1.06%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1423,51 +1447,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd526414b81d54ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rda682aa7c3904e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R618529b0495f48bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74539e79e6ba4941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7630593cfae74040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe77ba66611546f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F99"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="19" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1575,1871 +1599,1871 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F99" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>