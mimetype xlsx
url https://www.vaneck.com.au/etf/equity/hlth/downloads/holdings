--- v0 (2026-01-19)
+++ v1 (2026-02-08)
@@ -1,813 +1,816 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622ef67957e54815" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896d6a02b9984bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260116" sheetId="1" r:id="R16ee1956f11f4301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260206" sheetId="1" r:id="R9d75f2acb9db4271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="255">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="256">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Globus Medical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GMED US</x:t>
   </x:si>
   <x:si>
     <x:t>11,425</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,598,525.25</x:t>
-[...2 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>$1,438,088.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedish Orphan Biovitrum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBI SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,430,288.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,396,034.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Illumina Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ILMN US</x:t>
   </x:si>
   <x:si>
     <x:t>7,055</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,495,907.17</x:t>
-[...2 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>$1,355,992.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,321,186.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>888</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,380,284.76</x:t>
-[...32 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>$1,304,043.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,261.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,640.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ucb Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,255,271.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,243,742.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chugai Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4519 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,239,635.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,235,377.42</x:t>
   </x:si>
   <x:si>
     <x:t>Penumbra Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEN US</x:t>
   </x:si>
   <x:si>
     <x:t>2,461</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,292,223.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>$1,210,798.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Incyte Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INCY US</x:t>
   </x:si>
   <x:si>
     <x:t>8,076</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,283,963.76</x:t>
-[...47 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$1,193,827.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,172,885.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,146,378.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,938.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,605.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensign Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,133,070.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UHS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,901.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Genmab A/S</x:t>
   </x:si>
   <x:si>
     <x:t>GMAB DC</x:t>
   </x:si>
   <x:si>
     <x:t>2,373</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,204,457.37</x:t>
-[...26 lines deleted...]
-    <x:t>$1,200,861.48</x:t>
+    <x:t>$1,071,601.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,374.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argenx Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,701.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,819.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,447.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Intuitive Surgical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG US</x:t>
   </x:si>
   <x:si>
     <x:t>1,492</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,194,850.73</x:t>
-[...32 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>$1,022,324.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,009.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,634.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quest Diagnostics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,958.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alk-Abello A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,216.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halozyme Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,494.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$981,047.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Biologics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>207940 KS</x:t>
   </x:si>
   <x:si>
     <x:t>584</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,154,982.75</x:t>
-[...44 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>$972,543.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Idexx Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDXX US</x:t>
   </x:si>
   <x:si>
     <x:t>1,047</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,121,162.22</x:t>
-[...17 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$969,342.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,257.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$938,514.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Biopharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326030 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$916,835.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$881,964.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H Lundbeck A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,569.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,481.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$787,403.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>12,264</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,107,930.05</x:t>
-[...191 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>$782,034.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,507.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,571.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Scientific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$729,769.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terumo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4543 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,534.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypsomed Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YPSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,347.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Alteogen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>196170 KS</x:t>
   </x:si>
   <x:si>
     <x:t>1,896</x:t>
   </x:si>
   <x:si>
-    <x:t>$997,619.18</x:t>
-[...89 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$699,279.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Insulet Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PODD US</x:t>
   </x:si>
   <x:si>
     <x:t>1,964</x:t>
   </x:si>
   <x:si>
-    <x:t>$845,809.18</x:t>
-[...59 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$686,968.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>9,209</x:t>
   </x:si>
   <x:si>
-    <x:t>$478,749.47</x:t>
-[...17 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$508,173.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-4,317.14</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$6,940.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -832,56 +835,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abc82fd92ef4f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5b76bb2caaad4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16ee1956f11f4301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b21a628a7b643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R43c0d1b200d543c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d75f2acb9db4271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F56"/>
+  <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="43" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1164,836 +1167,816 @@
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A55" s="1">
-[...19 lines deleted...]
-      <x:c r="A56" s="2" t="s">
+      <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B56" s="2" t="s">
+      <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C56" s="2" t="s">
+      <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D56" s="2" t="s">
+      <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E56" s="2" t="s">
+      <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F56" s="2" t="s">
+      <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A56:F56"/>
+    <x:mergeCell ref="A55:F55"/>
   </x:mergeCells>
 </x:worksheet>
 </file>