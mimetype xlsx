--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -1,816 +1,816 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896d6a02b9984bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a99186eb0ee4ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260206" sheetId="1" r:id="R9d75f2acb9db4271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260227" sheetId="1" r:id="Re5aee63332a545b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="256">
   <x:si>
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Globus Medical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GMED US</x:t>
   </x:si>
   <x:si>
     <x:t>11,425</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,438,088.46</x:t>
-[...2 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>$1,530,386.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Swedish Orphan Biovitrum Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SOBI SS</x:t>
   </x:si>
   <x:si>
     <x:t>23,208</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,430,288.30</x:t>
-[...2 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>$1,427,139.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>8,104</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,396,034.96</x:t>
+    <x:t>$1,408,036.24</x:t>
   </x:si>
   <x:si>
     <x:t>2.70%</x:t>
   </x:si>
   <x:si>
+    <x:t>Chugai Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4519 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,650.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Illumina Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ILMN US</x:t>
   </x:si>
   <x:si>
     <x:t>7,055</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,355,992.60</x:t>
-[...2 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>$1,331,109.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,461.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>1,198</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,321,186.01</x:t>
-[...2 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>$1,314,025.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,313,874.18</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>888</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,304,043.21</x:t>
-[...32 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>$1,310,835.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,271,292.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,247,038.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,331.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,227,651.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensign Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,200,601.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penumbra Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,189,284.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,486.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,629.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,168,984.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Ucb Sa</x:t>
   </x:si>
   <x:si>
     <x:t>UCB BB</x:t>
   </x:si>
   <x:si>
     <x:t>2,759</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,255,271.00</x:t>
-[...59 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>$1,153,273.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Incyte Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INCY US</x:t>
   </x:si>
   <x:si>
     <x:t>8,076</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,193,827.96</x:t>
-[...56 lines deleted...]
-    <x:t>$1,141,605.07</x:t>
+    <x:t>$1,147,626.90</x:t>
   </x:si>
   <x:si>
     <x:t>2.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ensign Group Inc/The</x:t>
-[...11 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,228.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quest Diagnostics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,995.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,829.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,698.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,059,813.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,145.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Biologics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207940 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,880.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alk-Abello A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,452.42</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Health Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UHS US</x:t>
   </x:si>
   <x:si>
     <x:t>3,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,089,901.12</x:t>
-[...2 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>$1,012,207.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Biopharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326030 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,933.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Genmab A/S</x:t>
   </x:si>
   <x:si>
     <x:t>GMAB DC</x:t>
   </x:si>
   <x:si>
     <x:t>2,373</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,071,601.52</x:t>
-[...14 lines deleted...]
-    <x:t>$1,071,374.70</x:t>
+    <x:t>$972,689.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$964,844.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Argenx Se</x:t>
   </x:si>
   <x:si>
     <x:t>ARGX US</x:t>
   </x:si>
   <x:si>
     <x:t>887</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,046,701.78</x:t>
-[...14 lines deleted...]
-    <x:t>$1,044,819.56</x:t>
+    <x:t>$954,546.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$944,696.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Orion Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>ORNBV FH</x:t>
   </x:si>
   <x:si>
     <x:t>8,397</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,033,447.91</x:t>
-[...71 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>$941,837.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$893,215.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$877,769.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H Lundbeck A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,354.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Halozyme Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HALO US</x:t>
   </x:si>
   <x:si>
     <x:t>8,727</x:t>
   </x:si>
   <x:si>
-    <x:t>$984,494.18</x:t>
-[...122 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$851,453.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>4,528</x:t>
   </x:si>
   <x:si>
-    <x:t>$825,481.21</x:t>
-[...2 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$832,976.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
     <x:t>5,018</x:t>
   </x:si>
   <x:si>
-    <x:t>$787,403.11</x:t>
-[...2 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$819,257.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encompass Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,939.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiichi Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4568 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,077.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alteogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196170 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,667.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terumo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4543 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,327.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Scientific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,606.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insulet Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PODD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,635.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>12,264</x:t>
   </x:si>
   <x:si>
-    <x:t>$782,034.00</x:t>
-[...62 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$646,969.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Ypsomed Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>YPSN SW</x:t>
   </x:si>
   <x:si>
     <x:t>1,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$708,347.40</x:t>
-[...32 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>$635,269.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>9,209</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,173.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$461,322.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$6,940.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$24,295.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -835,51 +835,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b21a628a7b643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R43c0d1b200d543c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d75f2acb9db4271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b60b81b13944808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2e5a1cfd41b54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5aee63332a545b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="43" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1067,231 +1067,231 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
@@ -1347,311 +1347,311 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>