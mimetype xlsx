--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -1,816 +1,819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a99186eb0ee4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa66d95a5547469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260227" sheetId="1" r:id="Re5aee63332a545b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HLTH_asat_20260319" sheetId="1" r:id="R30f2846638de4406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="256">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="257">
+  <x:si>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Globus Medical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GMED US</x:t>
   </x:si>
   <x:si>
     <x:t>11,425</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,530,386.90</x:t>
-[...2 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>$1,401,332.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,345.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Swedish Orphan Biovitrum Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SOBI SS</x:t>
   </x:si>
   <x:si>
     <x:t>23,208</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,427,139.01</x:t>
-[...17 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>$1,277,602.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,760.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illumina Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,269,318.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regeneron Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,255,635.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,241,101.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,701.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,512.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,695.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penumbra Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,179,957.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,901.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eli Lilly &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,959.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Chugai Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4519 JP</x:t>
   </x:si>
   <x:si>
     <x:t>14,810</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,391,650.70</x:t>
-[...104 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>$1,151,194.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensign Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,726.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ucb Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCB BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,715.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Shionogi &amp; Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4507 JP</x:t>
   </x:si>
   <x:si>
     <x:t>37,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,228,331.09</x:t>
-[...2 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>$1,128,572.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,088.80</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AZN SS</x:t>
   </x:si>
   <x:si>
     <x:t>4,191</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,227,651.73</x:t>
-[...59 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>$1,116,332.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,270.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,890.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,702.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Tenet Healthcare Corp</x:t>
   </x:si>
   <x:si>
     <x:t>THC US</x:t>
   </x:si>
   <x:si>
     <x:t>3,480</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,168,984.76</x:t>
-[...47 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>$1,014,472.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Quest Diagnostics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DGX US</x:t>
   </x:si>
   <x:si>
     <x:t>3,669</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,090,995.01</x:t>
-[...14 lines deleted...]
-    <x:t>$1,090,829.37</x:t>
+    <x:t>$1,012,468.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelixis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,228.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Biomarin Pharmaceutical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BMRN US</x:t>
   </x:si>
   <x:si>
     <x:t>12,407</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,074,698.54</x:t>
-[...32 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>$970,376.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orion Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORNBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$959,093.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UHS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$931,310.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alk-Abello A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$928,313.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$904,140.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Biologics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>207940 KS</x:t>
   </x:si>
   <x:si>
     <x:t>584</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,012,880.80</x:t>
-[...26 lines deleted...]
-    <x:t>$1,012,207.70</x:t>
+    <x:t>$876,700.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$871,917.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argenx Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,921.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idexx Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDXX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,852.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMAB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$854,961.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H Lundbeck A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,836.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$802,851.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halozyme Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,760.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Biopharmaceuticals Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>326030 KS</x:t>
   </x:si>
   <x:si>
     <x:t>8,394</x:t>
   </x:si>
   <x:si>
-    <x:t>$980,933.39</x:t>
-[...134 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>$775,144.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,467.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>4,528</x:t>
   </x:si>
   <x:si>
-    <x:t>$832,976.42</x:t>
-[...17 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>$746,450.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Encompass Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EHC US</x:t>
   </x:si>
   <x:si>
     <x:t>5,324</x:t>
   </x:si>
   <x:si>
-    <x:t>$805,939.76</x:t>
-[...2 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>$740,713.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Daiichi Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>4568 JP</x:t>
   </x:si>
   <x:si>
     <x:t>28,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$771,077.34</x:t>
-[...2 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>$730,436.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terumo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4543 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,767.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypsomed Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YPSN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,822.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Scientific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,035.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Alteogen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>196170 KS</x:t>
   </x:si>
   <x:si>
     <x:t>1,896</x:t>
   </x:si>
   <x:si>
-    <x:t>$753,667.31</x:t>
-[...32 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>$646,472.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$639,012.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Insulet Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PODD US</x:t>
   </x:si>
   <x:si>
     <x:t>1,964</x:t>
   </x:si>
   <x:si>
-    <x:t>$679,635.05</x:t>
-[...32 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$638,188.31</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>9,209</x:t>
   </x:si>
   <x:si>
-    <x:t>$461,322.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$446,052.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$24,295.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$43,760.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -835,51 +838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b60b81b13944808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2e5a1cfd41b54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5aee63332a545b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92eb9a7181cf4257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8755531521045e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30f2846638de4406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="43" customWidth="1"/>
     <x:col min="3" max="3" width="15" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1067,251 +1070,251 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
@@ -1367,71 +1370,71 @@
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
@@ -1467,511 +1470,511 @@
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>