--- v0 (2026-01-20)
+++ v1 (2026-02-14)
@@ -1,3315 +1,3333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b7077289f34d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419caccf43b94f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HVLU_asat_20260120" sheetId="1" r:id="R5387b96f164540a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HVLU_asat_20260213" sheetId="1" r:id="Rd60d86ae6959422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1279" uniqueCount="1089">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1284" uniqueCount="1095">
+  <x:si>
+    <x:t>All Fund Holdings as at 13/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,662</x:t>
-[...5 lines deleted...]
-    <x:t>6.42%</x:t>
+    <x:t>6,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,021,219.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>17,666</x:t>
-[...5 lines deleted...]
-    <x:t>3.53%</x:t>
+    <x:t>18,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,931,916.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,318</x:t>
-[...5 lines deleted...]
-    <x:t>3.03%</x:t>
+    <x:t>25,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,648,098.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,362,011.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Toyota Motor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7203 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>36,068</x:t>
-[...5 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>37,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,482.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,714.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,108</x:t>
-[...35 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>5,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,298.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Comcast Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CMCSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>21,893</x:t>
-[...5 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>22,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,763.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8031 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,455.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,848.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$772,149.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$736,192.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
     <x:t>GM US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,123</x:t>
-[...47 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>6,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,559.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HSBA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>26,641</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>27,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$671,842.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>C US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,642</x:t>
-[...20 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>3,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,152.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Shell Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SHEL LN</x:t>
   </x:si>
   <x:si>
-    <x:t>9,689</x:t>
-[...2 lines deleted...]
-    <x:t>$528,938.23</x:t>
+    <x:t>10,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,104.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Itochu Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8001 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>26,010</x:t>
-[...2 lines deleted...]
-    <x:t>$516,887.88</x:t>
+    <x:t>27,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,602.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marubeni Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8002 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,700.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
+    <x:t>Sumitomo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,115.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,190.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>HPE US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,963</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>16,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,725.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infineon Technologies Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,157.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAN SM</x:t>
   </x:si>
   <x:si>
-    <x:t>27,802</x:t>
-[...50 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>28,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,128.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renesas Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,891.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Nokia Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>NOKIA FH</x:t>
   </x:si>
   <x:si>
-    <x:t>46,785</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>48,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,797.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,629.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,964.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Mercedes-Benz Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MBG GR</x:t>
   </x:si>
   <x:si>
-    <x:t>$452,748.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>$449,000.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,825.61</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,851</x:t>
-[...47 lines deleted...]
-    <x:t>$407,490.68</x:t>
+    <x:t>4,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,596.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Ahold Delhaize Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,512.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,175</x:t>
-[...2 lines deleted...]
-    <x:t>$405,436.02</x:t>
+    <x:t>4,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,050.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8306 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,635.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7751 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,519.26</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>SAN FP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,904</x:t>
-[...32 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>3,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,031.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,398.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komatsu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6301 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,311.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honda Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7267 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,838.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,179.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Hutchison Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,656.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOD LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,808.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cie De Saint-Gobain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,492.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cigna Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,386.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,488.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,717.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,368.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,698.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,240.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,542.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOW3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$314,422.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kyocera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6971 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,578.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBVA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,658.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,079</x:t>
-[...170 lines deleted...]
-    <x:t>$318,140.38</x:t>
+    <x:t>3,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,512.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonaktiebolaget Lm Ericsson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,894.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayerische Motoren Werke Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,603.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Post Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,508.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engie Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENGI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,450.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,807.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Fujitsu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6702 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>7,385</x:t>
-[...17 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>7,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,141.48</x:t>
   </x:si>
   <x:si>
     <x:t>Fujifilm Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>4901 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>9,591</x:t>
-[...47 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>9,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,268.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aercap Holdings Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,279.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murata Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6981 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,788.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENEL IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,206.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,588.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Hung Kai Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,013.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stmicroelectronics Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STMPA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,024.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Tsusho Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,755.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,428.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Estate Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8802 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,042.73</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
-    <x:t>788</x:t>
-[...20 lines deleted...]
-    <x:t>BMW GR</x:t>
+    <x:t>820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,388.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,478.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tdk Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6762 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,304.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panasonic Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6752 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,013.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,322.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daimler Truck Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,060.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,489.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kddi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9433 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,733.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,391.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,121.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital One Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,270.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carrefour Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,896.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,848.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wh Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,648.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,263.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Groep Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,994.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,946.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa House Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,757.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rwe Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,710.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,674.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,499.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,706.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capgemini Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,648.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,310.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,739.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stellantis Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,332.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardine Matheson Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JM SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,273.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Video Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,772.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,364.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Yusen Kk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9101 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,084.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,164.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takeda Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,749.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,364.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Osk Lines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,026.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Telegraph &amp; Telephone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,931.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Truist Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,244.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,069.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,371.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Industries Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6201 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,905.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henkel Ag &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,124.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kubota Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,029.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,585.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cie Generale Des Etablissements Micheli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ML FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,443.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,825.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,651.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,672.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dell Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,214.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STAN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,712.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,454.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kirin Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,396.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridgestone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,243.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wp Carey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,905.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,566.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,821.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,716.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kansai Electric Power Co Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,552.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,261.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,839.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Repsol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,083.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,850.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denso Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,792.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bt Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT/A LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,046.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lennar Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,348.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manulife Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,115.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J M Smucker Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,126.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gen Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,777.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Fudosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8801 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,661.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzuki Motor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,544.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III LN</x:t>
   </x:si>
   <x:si>
     <x:t>1,925</x:t>
   </x:si>
   <x:si>
-    <x:t>$285,987.60</x:t>
-[...188 lines deleted...]
-    <x:t>GLE FP</x:t>
+    <x:t>$120,439.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,635.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8591 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,017.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twilio Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,039.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,700.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7182 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,431.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,082.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,162.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magna International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,068.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inpex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1605 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,751.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Air Lines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,053.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,413.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Lufthansa Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,889.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlife Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,958.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,377.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,736.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subaru Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,806.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American International Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,642.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresenius Se &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,409.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,351.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,536.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfe Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,362.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,373.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Leumi Le-Israel Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,093.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,173.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,940.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eneos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5020 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,507.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixabank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CABK SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,587.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,471.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8604 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,365.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Chemical Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4188 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,074.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,143.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osaka Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Asset Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,562.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ss&amp;C Technologies Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,212.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ap Moller - Maersk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSKA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,096.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erste Group Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBS AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,980.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porsche Automobil Holding Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAH3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,863.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,641.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,176.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sse Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,129.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Hapoalim Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>2,049</x:t>
   </x:si>
   <x:si>
-    <x:t>$246,393.59</x:t>
-[...275 lines deleted...]
-    <x:t>BG US</x:t>
+    <x:t>$79,012.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DANSKE DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,965.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiserv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,325.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citizens Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,812.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smurfit Westrock Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,532.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,961.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fairfax Financial Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,703.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEF SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,318.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,096.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Payments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,979.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Trust Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,456.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,990.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,721.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everest Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,965.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,674.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,521.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,463.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCI/B CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,765.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,357.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,717.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,543.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,692.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9531 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,634.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Paper Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,168.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,295.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labcorp Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,237.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coterra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRA US</x:t>
   </x:si>
   <x:si>
     <x:t>1,222</x:t>
   </x:si>
   <x:si>
-    <x:t>$196,248.58</x:t>
-[...1289 lines deleted...]
-    <x:t>$60,529.41</x:t>
+    <x:t>$52,714.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIBG ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,597.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Ireland Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco De Sabadell Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,306.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,248.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,074.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resona Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8308 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,899.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UHS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,143.08</x:t>
   </x:si>
   <x:si>
     <x:t>Publicis Groupe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PUB FP</x:t>
   </x:si>
   <x:si>
-    <x:t>407</x:t>
-[...128 lines deleted...]
-    <x:t>$52,421.80</x:t>
+    <x:t>424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,852.16</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NICE IT</x:t>
   </x:si>
   <x:si>
-    <x:t>320</x:t>
-[...26 lines deleted...]
-    <x:t>$50,755.86</x:t>
+    <x:t>332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,619.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresenius Medical Care Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,386.70</x:t>
   </x:si>
   <x:si>
     <x:t>United Therapeutics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UTHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>73</x:t>
-[...2 lines deleted...]
-    <x:t>$50,311.61</x:t>
+    <x:t>75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,153.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,921.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,746.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nidec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6594 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,630.31</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,370</x:t>
-[...71 lines deleted...]
-    <x:t>$48,368.00</x:t>
+    <x:t>1,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,790.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kajima Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1812 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,626.55</x:t>
   </x:si>
   <x:si>
     <x:t>Banca Monte Dei Paschi Di Siena Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BMPS IM</x:t>
   </x:si>
   <x:si>
-    <x:t>3,072</x:t>
-[...83 lines deleted...]
-    <x:t>$44,647.38</x:t>
+    <x:t>3,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,510.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sino Land Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,753.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,579.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eiffage Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FGR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,764.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,124.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Principal Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,066.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bper Banca Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,891.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,775.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Discount Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,601.03</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Bancshares Inc/Oh</x:t>
   </x:si>
   <x:si>
     <x:t>HBAN US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,609</x:t>
-[...77 lines deleted...]
-    <x:t>$40,704.64</x:t>
+    <x:t>1,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,670.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bouygues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,320.99</x:t>
   </x:si>
   <x:si>
     <x:t>Keycorp</x:t>
   </x:si>
   <x:si>
     <x:t>KEY US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,252</x:t>
-[...2 lines deleted...]
-    <x:t>$39,482.95</x:t>
+    <x:t>1,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,680.98</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bpm Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BAMI IM</x:t>
   </x:si>
   <x:si>
-    <x:t>1,785</x:t>
-[...14 lines deleted...]
-    <x:t>$39,149.76</x:t>
+    <x:t>1,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,051.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>United Airlines Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UAL US</x:t>
   </x:si>
   <x:si>
-    <x:t>228</x:t>
-[...47 lines deleted...]
-    <x:t>$36,706.37</x:t>
+    <x:t>237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,306.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,968.13</x:t>
   </x:si>
   <x:si>
     <x:t>Baxter International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BAX US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,207</x:t>
-[...17 lines deleted...]
-    <x:t>$36,039.99</x:t>
+    <x:t>1,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,873.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lyondellbasell Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,757.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norsk Hydro Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHY NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,175.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegon Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,058.97</x:t>
   </x:si>
   <x:si>
     <x:t>Incyte Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INCY US</x:t>
   </x:si>
   <x:si>
-    <x:t>209</x:t>
-[...14 lines deleted...]
-    <x:t>$32,930.22</x:t>
+    <x:t>217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,662.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,673.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,858.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corebridge Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRBG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,684.34</x:t>
   </x:si>
   <x:si>
     <x:t>First Citizens Bancshares Inc/Nc</x:t>
   </x:si>
   <x:si>
     <x:t>FCNCA US</x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...53 lines deleted...]
-    <x:t>$28,265.57</x:t>
+    <x:t>10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,938.85</x:t>
   </x:si>
   <x:si>
     <x:t>Equitable Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EQH US</x:t>
   </x:si>
   <x:si>
-    <x:t>390</x:t>
-[...14 lines deleted...]
-    <x:t>$26,377.50</x:t>
+    <x:t>406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,786.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Raiffeisen Bank International Ag</x:t>
   </x:si>
   <x:si>
     <x:t>RBI AV</x:t>
   </x:si>
   <x:si>
-    <x:t>312</x:t>
-[...5 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,807.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,109.64</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$624,672.78</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$1,010,200.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3334,56 +3352,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d609631d604a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbc8497f3df384da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5387b96f164540a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa465a1c2954c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R234aebce40a248a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd60d86ae6959422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F255"/>
+  <x:dimension ref="A1:F256"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3606,191 +3624,191 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
@@ -3826,331 +3844,331 @@
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
@@ -4266,4216 +4284,4236 @@
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>630</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
         <x:v>669</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
         <x:v>702</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
         <x:v>747</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
         <x:v>798</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
+      <x:c r="F197" s="1" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="F206" s="1" t="s">
         <x:v>893</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="F223" s="1" t="s">
         <x:v>960</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="F230" s="1" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="F241" s="1" t="s">
         <x:v>1032</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
         <x:v>1053</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
         <x:v>1082</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A255" s="2" t="s">
+      <x:c r="A255" s="1">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="F255" s="1" t="s">
+        <x:v>1094</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B255" s="2" t="s">
+      <x:c r="B256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C255" s="2" t="s">
+      <x:c r="C256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D255" s="2" t="s">
+      <x:c r="D256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E255" s="2" t="s">
+      <x:c r="E256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F255" s="2" t="s">
+      <x:c r="F256" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A255:F255"/>
+    <x:mergeCell ref="A256:F256"/>
   </x:mergeCells>
 </x:worksheet>
 </file>