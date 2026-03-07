--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -1,3333 +1,3306 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419caccf43b94f72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4527e5336187462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HVLU_asat_20260213" sheetId="1" r:id="Rd60d86ae6959422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HVLU_asat_20260306" sheetId="1" r:id="R2fff514f36e94f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1284" uniqueCount="1095">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 13/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1274" uniqueCount="1086">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,929</x:t>
-[...5 lines deleted...]
-    <x:t>6.80%</x:t>
+    <x:t>7,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,419,465.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,374</x:t>
-[...5 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>20,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,361,661.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
-    <x:t>25,292</x:t>
-[...5 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>28,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,866,967.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,643</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>22,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,615,027.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Toyota Motor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7203 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>37,519</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>42,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,331,006.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>T US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,782</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>31,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,292,928.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,313</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>5,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,169,190.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Comcast Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CMCSA US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,770</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>25,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,155,860.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsui &amp; Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8031 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,861</x:t>
-[...2 lines deleted...]
-    <x:t>$792,455.90</x:t>
+    <x:t>16,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$894,417.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$879,874.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,812.93</x:t>
   </x:si>
   <x:si>
     <x:t>1.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Merck &amp; Co Inc</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
-    <x:t>19,116</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>21,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$817,176.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
     <x:t>GM US</x:t>
   </x:si>
   <x:si>
-    <x:t>6,368</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>7,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,545.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HSBA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>27,709</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>31,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,306.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHEL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,222.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>C US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,787</x:t>
-[...20 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>4,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,887.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nokia Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOKIA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$602,741.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Itochu Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8001 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>27,047</x:t>
-[...2 lines deleted...]
-    <x:t>$554,602.76</x:t>
+    <x:t>30,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$581,246.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,636.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infineon Technologies Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,009.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,781.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,064.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,321.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,583.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Marubeni Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8002 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>9,431</x:t>
-[...62 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>10,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,416.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAN SM</x:t>
   </x:si>
   <x:si>
-    <x:t>28,914</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>32,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,929.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cvs Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,366.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Ahold Delhaize Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,817.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercedes-Benz Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,571.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,306.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer-Daniels-Midland Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,078.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Renesas Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>6723 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>17,153</x:t>
-[...116 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>19,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,721.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,857.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,780.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7751 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,534.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8306 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,566</x:t>
-[...47 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>16,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$406,164.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Hutchison Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,360.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Komatsu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>6301 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>5,352</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>6,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,134.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cigna Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,945.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOD LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,954.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Honda Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7267 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>25,203</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>28,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$367,831.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,940.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murata Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6981 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,608.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonaktiebolaget Lm Ericsson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,678.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,849.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,364.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,897.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,302.79</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
-    <x:t>4,771</x:t>
-[...32 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>5,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kyocera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6971 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,156.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,541.88</x:t>
   </x:si>
   <x:si>
     <x:t>Cie De Saint-Gobain</x:t>
   </x:si>
   <x:si>
     <x:t>SGO FP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,315</x:t>
-[...44 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>2,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,011.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Hung Kai Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,437.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engie Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENGI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,926.82</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8316 JP</x:t>
   </x:si>
   <x:si>
+    <x:t>6,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,566.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOW3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,464.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBVA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,762.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Post Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,197.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aercap Holdings Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,006.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujifilm Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4901 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,177.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,539.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENEL IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,411.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayerische Motoren Werke Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,284.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stmicroelectronics Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STMPA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,115.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,147.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Estate Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8802 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,960.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujitsu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6702 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,944.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Tsusho Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,668.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tdk Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6762 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,329.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,607.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panasonic Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6752 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,119.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kddi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9433 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,103.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,852.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,577.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daimler Truck Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,919.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,026.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capgemini Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,627.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,968.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wh Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,438.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carrefour Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,055.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital One Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,035.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,716.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,333.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,419.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,018.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,508.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,977.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rwe Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RWE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,531.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Yusen Kk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9101 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,192.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,064.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Osk Lines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,747.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardine Matheson Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JM SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,684.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Groep Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,474.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dell Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,624.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa House Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,907.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,141.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stellantis Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,187.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Horton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,804.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,806.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,615.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takeda Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,852.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,660.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,533.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,068.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Industries Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6201 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,920.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,007.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Telegraph &amp; Telephone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,881.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,521.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Video Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,202.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,544.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Truist Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,651.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,127.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Repsol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,681.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,767.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henkel Ag &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,257.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,514.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cie Generale Des Etablissements Micheli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ML FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,325.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kubota Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,797.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kirin Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,414.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STAN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,011.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wp Carey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,756.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prudential Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,204.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,099.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twilio Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,548.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,828.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridgestone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,170.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pultegroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,448.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,300.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,726.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kansai Electric Power Co Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9503 JP</x:t>
+  </x:si>
+  <x:si>
     <x:t>5,887</x:t>
   </x:si>
   <x:si>
-    <x:t>$335,368.27</x:t>
-[...317 lines deleted...]
-    <x:t>FSLR US</x:t>
+    <x:t>$137,386.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bt Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT/A LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,812.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denso Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,111.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manulife Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,281.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gen Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,006.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,113.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magna International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,883.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,842.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,331.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Fudosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8801 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,247.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lennar Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEN US</x:t>
   </x:si>
   <x:si>
     <x:t>820</x:t>
   </x:si>
   <x:si>
-    <x:t>$253,388.07</x:t>
-[...857 lines deleted...]
-    <x:t>$121,661.18</x:t>
+    <x:t>$122,015.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,675.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,612.06</x:t>
   </x:si>
   <x:si>
     <x:t>Suzuki Motor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7269 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>5,625</x:t>
-[...17 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>6,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,336.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inpex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1605 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,698.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,422.95</x:t>
   </x:si>
   <x:si>
     <x:t>Pernod Ricard Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RI FP</x:t>
   </x:si>
   <x:si>
-    <x:t>834</x:t>
-[...2 lines deleted...]
-    <x:t>$118,635.65</x:t>
+    <x:t>939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,680.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Orix Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8591 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>2,249</x:t>
-[...23 lines deleted...]
-    <x:t>EIX US</x:t>
+    <x:t>2,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,958.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,894.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American International Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,575.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7182 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,789.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlife Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,983.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ap Moller - Maersk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSKA DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,156.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,901.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Air Lines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,199.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,987.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Lufthansa Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,604.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Leumi Le-Israel Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,839.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ss&amp;C Technologies Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,946.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,882.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,819.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresenius Se &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,181.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,734.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,247.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiserv Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,183.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Asset Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,844.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,716.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subaru Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,165.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eneos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5020 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,718.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osaka Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9532 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixabank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CABK SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,527.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfe Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,677.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sse Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,231.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porsche Automobil Holding Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAH3 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,998.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Payments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,787.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Chemical Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4188 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,021.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,766.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,702.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,638.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omnicom Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,256.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Hapoalim Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,001.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DANSKE DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,554.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erste Group Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBS AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,363.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerzbank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,534.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8604 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,046.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citizens Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,855.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fairfax Financial Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFH CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,005.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smurfit Westrock Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SW US</x:t>
   </x:si>
   <x:si>
     <x:t>1,164</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,700.96</x:t>
-[...239 lines deleted...]
-    <x:t>LUMI IT</x:t>
+    <x:t>$74,051.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEF SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,392.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,201.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,754.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,244.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCI/B CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,734.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Everest Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,351.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,035.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,078.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIB/A CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,014.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Trust Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,802.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms&amp;Ad Insurance Group Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,611.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,506.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,167.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coterra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,103.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9531 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,975.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labcorp Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,529.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,763.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,870.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,615.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,488.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,914.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sompo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8630 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,085.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regions Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,893.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIBG ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,510.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco De Sabadell Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,788.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boc Hong Kong Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2388 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,725.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresenius Medical Care Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,469.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Ireland Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,151.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nidec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6594 JP</x:t>
   </x:si>
   <x:si>
     <x:t>2,534</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,093.20</x:t>
-[...5 lines deleted...]
-    <x:t>BDX US</x:t>
+    <x:t>$53,194.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annaly Capital Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,556.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Paper Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,110.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Principal Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,813.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UHS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,367.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eiffage Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FGR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,538.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,027.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,772.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resona Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8308 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,390.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sino Land Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,135.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHBA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,178.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bouygues Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,838.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Bancshares Inc/Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBAN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Discount Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,328.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Monte Dei Paschi Di Siena Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMPS IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,818.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lyondellbasell Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,797.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bper Banca Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,670.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keycorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,606.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kajima Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1812 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,478.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bpm Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAMI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,374.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,118.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Airlines Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,355.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norsk Hydro Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHY NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,399.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,271.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegon Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,059.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,932.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,528.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,786.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Citizens Bancshares Inc/Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCNCA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,722.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corebridge Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRBG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,255.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equitable Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,895.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waters Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,130.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raiffeisen Bank International Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI AV</x:t>
   </x:si>
   <x:si>
     <x:t>366</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,173.16</x:t>
-[...1070 lines deleted...]
-    <x:t>$22,109.64</x:t>
+    <x:t>$23,471.83</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$1,010,200.78</x:t>
-[...2 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>$-555,504.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.88%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3352,56 +3325,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa465a1c2954c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R234aebce40a248a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd60d86ae6959422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7b9f80f6de4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bd10bb374294e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2fff514f36e94f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F256"/>
+  <x:dimension ref="A1:F254"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3764,1031 +3737,1031 @@
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
@@ -4824,3696 +4797,3656 @@
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:6" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:6" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:6" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:6" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:6" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:6" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:6" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:6" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:6" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:6" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:6" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:6" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:6" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:6" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:6" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:6" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:6" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:6" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:6" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:6" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:6" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:6" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:6" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:6" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:6" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:6" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:6" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:6" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:6" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:6" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:6" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:6" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:6" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:6" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:6" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:6" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:6" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:6" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:6" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:6" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="C179" s="1" t="s">
+      <x:c r="F179" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:6" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="D180" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="C180" s="1" t="s">
+      <x:c r="E180" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="D180" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:6" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="C181" s="1" t="s">
+      <x:c r="E181" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:6" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="C182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F182" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:6" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="C183" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:6" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="D184" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="C184" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:6" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="C185" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:6" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="C186" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:6" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:6" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:6" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:6" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:6" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:6" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
         <x:v>837</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:6" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="C193" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:6" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="C194" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:6" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:6" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="C196" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F196" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:6" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:6" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:6" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
+      <x:c r="F199" s="1" t="s">
         <x:v>866</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:6" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="C200" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="C200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:6" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="C201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:6" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
+      <x:c r="E202" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F202" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:6" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="C203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:6" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="C204" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="C204" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F204" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:6" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C205" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:6" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:6" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:6" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
         <x:v>902</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:6" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="C209" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:6" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="C210" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F210" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:6" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="C211" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F211" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:6" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:6" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="C213" s="1" t="s">
+      <x:c r="E213" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:6" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="C214" s="1" t="s">
+      <x:c r="E214" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="D214" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:6" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="C215" s="1" t="s">
+      <x:c r="E215" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F215" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:6" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="C216" s="1" t="s">
+      <x:c r="E216" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="D216" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:6" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F217" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:6" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="C218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:6" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="C219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F219" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:6" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
+      <x:c r="F220" s="1" t="s">
         <x:v>951</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:6" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
+      <x:c r="D221" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="D221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="E221" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F221" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:6" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:6" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="C223" s="1" t="s">
+      <x:c r="D223" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:6" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="C224" s="1" t="s">
+      <x:c r="D224" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
+      <x:c r="E224" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="E224" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F224" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:6" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
-      <x:c r="C225" s="1" t="s">
+      <x:c r="D225" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
+      <x:c r="E225" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="E225" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F225" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:6" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
-      <x:c r="C226" s="1" t="s">
+      <x:c r="D226" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
+      <x:c r="E226" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="E226" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:6" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="C227" s="1" t="s">
+      <x:c r="D227" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
+      <x:c r="E227" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:6" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
+      <x:c r="D228" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
+      <x:c r="E228" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:6" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="C229" s="1" t="s">
+      <x:c r="D229" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="E229" s="1" t="s">
+      <x:c r="F229" s="1" t="s">
         <x:v>987</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:6" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="C230" s="1" t="s">
+      <x:c r="D230" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="D230" s="1" t="s">
+      <x:c r="E230" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="E230" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:6" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="C231" s="1" t="s">
+      <x:c r="D231" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
+      <x:c r="E231" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F231" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:6" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="C232" s="1" t="s">
+      <x:c r="D232" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="D232" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:6" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="C233" s="1" t="s">
+      <x:c r="E233" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="D233" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F233" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:6" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="C234" s="1" t="s">
+      <x:c r="D234" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
-      <x:c r="E234" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:6" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="C235" s="1" t="s">
+      <x:c r="D235" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="D235" s="1" t="s">
+      <x:c r="E235" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
-      <x:c r="E235" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:6" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="C236" s="1" t="s">
+      <x:c r="D236" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="E236" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:6" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="C237" s="1" t="s">
+      <x:c r="D237" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="E237" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:6" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="C238" s="1" t="s">
+      <x:c r="D238" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="D238" s="1" t="s">
+      <x:c r="E238" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
-      <x:c r="E238" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:6" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="E239" s="1" t="s">
+      <x:c r="F239" s="1" t="s">
         <x:v>1027</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:6" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:6" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
-      <x:c r="C241" s="1" t="s">
+      <x:c r="D241" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="D241" s="1" t="s">
+      <x:c r="E241" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="E241" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:6" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="C242" s="1" t="s">
+      <x:c r="D242" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="D242" s="1" t="s">
+      <x:c r="E242" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="E242" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:6" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="C243" s="1" t="s">
+      <x:c r="D243" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="D243" s="1" t="s">
+      <x:c r="E243" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="E243" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:6" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="C244" s="1" t="s">
+      <x:c r="D244" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
-      <x:c r="D244" s="1" t="s">
+      <x:c r="E244" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
-      <x:c r="E244" s="1" t="s">
+      <x:c r="F244" s="1" t="s">
         <x:v>1048</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:6" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:6" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="C246" s="1" t="s">
+      <x:c r="D246" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="D246" s="1" t="s">
+      <x:c r="E246" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F246" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:6" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="C247" s="1" t="s">
+      <x:c r="D247" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="D247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="E247" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:6" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="C248" s="1" t="s">
+      <x:c r="D248" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="D248" s="1" t="s">
+      <x:c r="E248" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:6" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="C249" s="1" t="s">
+      <x:c r="D249" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
-      <x:c r="D249" s="1" t="s">
+      <x:c r="E249" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="E249" s="1" t="s">
+      <x:c r="F249" s="1" t="s">
         <x:v>1069</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:6" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:6" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:6" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:6" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="D253" s="1" t="s">
+      <x:c r="F253" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="E253" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="254" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A254" s="1">
-[...39 lines deleted...]
-      <x:c r="A256" s="2" t="s">
+      <x:c r="A254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B256" s="2" t="s">
+      <x:c r="B254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C256" s="2" t="s">
+      <x:c r="C254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D256" s="2" t="s">
+      <x:c r="D254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E256" s="2" t="s">
+      <x:c r="E254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F256" s="2" t="s">
+      <x:c r="F254" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A256:F256"/>
+    <x:mergeCell ref="A254:F254"/>
   </x:mergeCells>
 </x:worksheet>
 </file>