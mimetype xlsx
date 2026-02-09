--- v0 (2026-01-19)
+++ v1 (2026-02-09)
@@ -1,1933 +1,1935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6fde4de6c04d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374c4696e16d4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260119" sheetId="1" r:id="Rff95c18f6a654a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260209" sheetId="1" r:id="Rd1f6df49db264f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="628">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="629">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>766,940</x:t>
-[...5 lines deleted...]
-    <x:t>5.62%</x:t>
+    <x:t>802,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,422,422.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Aena Sme Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AENA SM</x:t>
   </x:si>
   <x:si>
-    <x:t>1,908,037</x:t>
-[...5 lines deleted...]
-    <x:t>4.95%</x:t>
+    <x:t>1,995,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,109,743.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Transurban Group</x:t>
   </x:si>
   <x:si>
     <x:t>TCL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>5,801,377</x:t>
-[...5 lines deleted...]
-    <x:t>4.70%</x:t>
+    <x:t>6,067,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,756,662.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
-    <x:t>181,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.65%</x:t>
+    <x:t>189,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,400,829.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SO US</x:t>
   </x:si>
   <x:si>
-    <x:t>414,257</x:t>
-[...5 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>433,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,699,815.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENB CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,303,276.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DUK US</x:t>
   </x:si>
   <x:si>
-    <x:t>292,476</x:t>
-[...20 lines deleted...]
-    <x:t>3.01%</x:t>
+    <x:t>305,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,199,411.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>National Grid Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NG/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,863,603</x:t>
-[...5 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>1,948,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,663,023.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>421,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,256,676.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>American Tower Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>154,788</x:t>
-[...20 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>161,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,570,907.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIA NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,117,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,905,567.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>American Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AEP US</x:t>
   </x:si>
   <x:si>
-    <x:t>201,132</x:t>
-[...20 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>210,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,266,548.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,513,193.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Pacific Railway Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CP CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,902,041.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>SRE US</x:t>
   </x:si>
   <x:si>
-    <x:t>245,407</x:t>
-[...17 lines deleted...]
-    <x:t>$30,895,495.51</x:t>
+    <x:t>256,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,000,327.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
-    <x:t>68,499</x:t>
-[...17 lines deleted...]
-    <x:t>$29,721,813.08</x:t>
+    <x:t>71,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,335,625.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>359,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,733,084.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Dominion Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>D US</x:t>
   </x:si>
   <x:si>
-    <x:t>320,849</x:t>
-[...17 lines deleted...]
-    <x:t>$28,249,028.07</x:t>
+    <x:t>335,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,850,698.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,295,886.18</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kinder Morgan Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Flughafen Zurich Ag</x:t>
   </x:si>
   <x:si>
     <x:t>FHZN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>56,579</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>59,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,190,543.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,689,946.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,260,658.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xcel Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,207,052.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Exelon Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EXC US</x:t>
   </x:si>
   <x:si>
-    <x:t>380,004</x:t>
-[...32 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>397,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,144,436.87</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ETR US</x:t>
   </x:si>
   <x:si>
-    <x:t>167,865</x:t>
-[...17 lines deleted...]
-    <x:t>$23,029,532.18</x:t>
+    <x:t>175,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,545,154.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroports De Paris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,992,906.43</x:t>
   </x:si>
   <x:si>
     <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Service Enterprise Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEG US</x:t>
   </x:si>
   <x:si>
-    <x:t>187,731</x:t>
-[...20 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>196,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,599,379.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
-    <x:t>70,509</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>73,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,428,787.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,182,110.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Edison Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ED US</x:t>
   </x:si>
   <x:si>
-    <x:t>135,510</x:t>
-[...2 lines deleted...]
-    <x:t>$21,057,246.65</x:t>
+    <x:t>141,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,711,433.80</x:t>
   </x:si>
   <x:si>
     <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Wec Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>122,407</x:t>
-[...5 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>128,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,357,584.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>861,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,176,410.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Crown Castle Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCI US</x:t>
   </x:si>
   <x:si>
-    <x:t>143,571</x:t>
-[...32 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>150,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,332,663.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Ameren Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>101,450</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>106,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,913,562.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fraport Ag Frankfurt Airport Services W</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,910,377.10</x:t>
   </x:si>
   <x:si>
     <x:t>Atmos Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ATO US</x:t>
   </x:si>
   <x:si>
-    <x:t>60,166</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>62,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,391,055.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortis Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,355,575.99</x:t>
   </x:si>
   <x:si>
     <x:t>Ppl Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PPL US</x:t>
   </x:si>
   <x:si>
-    <x:t>278,240</x:t>
-[...2 lines deleted...]
-    <x:t>$15,339,539.83</x:t>
+    <x:t>290,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,918,038.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerpoint Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>256,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,643,728.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Arteria Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,039,662</x:t>
-[...17 lines deleted...]
-    <x:t>$14,792,770.66</x:t>
+    <x:t>3,178,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,559,558.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,358,098.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Eversource Energy</x:t>
   </x:si>
   <x:si>
     <x:t>ES US</x:t>
   </x:si>
   <x:si>
-    <x:t>139,637</x:t>
-[...17 lines deleted...]
-    <x:t>$14,618,249.57</x:t>
+    <x:t>146,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,039,701.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,689,998.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>American Water Works Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AWK US</x:t>
   </x:si>
   <x:si>
-    <x:t>73,219</x:t>
-[...47 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>76,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,588,017.65</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>113,775</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>118,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,370,063.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,258,627.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>East Japan Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>9020 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>317,314</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>331,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,014,088.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Nisource Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NI US</x:t>
   </x:si>
   <x:si>
-    <x:t>179,368</x:t>
-[...20 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>187,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,807,016.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,387,917.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,912,924.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliant Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,611,963.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Sba Communications Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SBAC US</x:t>
   </x:si>
   <x:si>
-    <x:t>35,532</x:t>
-[...47 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>37,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,585,810.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cellnex Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLNX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,070,377.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Kansai Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9503 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>365,665</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>382,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,994,327.61</x:t>
   </x:si>
   <x:si>
     <x:t>Terna - Rete Elettrica Nazionale</x:t>
   </x:si>
   <x:si>
     <x:t>TRN IM</x:t>
   </x:si>
   <x:si>
-    <x:t>528,178</x:t>
-[...2 lines deleted...]
-    <x:t>$8,498,097.22</x:t>
+    <x:t>552,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,831,889.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>Cellnex Telecom Sa</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Clp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>599,718</x:t>
-[...2 lines deleted...]
-    <x:t>$8,373,556.12</x:t>
+    <x:t>627,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,660,067.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
+    <x:t>Tokyo Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9531 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,590,392.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Emera Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EMA CN</x:t>
   </x:si>
   <x:si>
-    <x:t>112,076</x:t>
-[...20 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>117,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,265,447.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Osaka Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9532 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>133,524</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>139,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,146,181.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Snam Spa</x:t>
   </x:si>
   <x:si>
     <x:t>SRG IM</x:t>
   </x:si>
   <x:si>
-    <x:t>679,865</x:t>
-[...2 lines deleted...]
-    <x:t>$6,940,797.23</x:t>
+    <x:t>711,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,158,262.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Hydro One Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>H CN</x:t>
   </x:si>
   <x:si>
-    <x:t>119,424</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>124,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,122,187.37</x:t>
   </x:si>
   <x:si>
     <x:t>Centrica Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CNA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,768,919</x:t>
-[...2 lines deleted...]
-    <x:t>$6,451,807.71</x:t>
+    <x:t>1,849,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,885,457.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Utilities Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UU/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,660,436.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>United Utilities Group Plc</x:t>
-[...11 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,357,944.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstgroup Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FGP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,686,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,287,752.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle West Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,251,617.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Assets Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>537,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,104,209.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severn Trent Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,036,672.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Electric Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>015760 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,964,289.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong &amp; China Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,274,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,902,149.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Essential Utilities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WTRG US</x:t>
   </x:si>
   <x:si>
-    <x:t>105,427</x:t>
-[...95 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>110,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,888,609.13</x:t>
   </x:si>
   <x:si>
     <x:t>Oge Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OGE US</x:t>
   </x:si>
   <x:si>
-    <x:t>75,516</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>78,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,955,153.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Hutchison Port Holdings Trust</x:t>
   </x:si>
   <x:si>
     <x:t>HPHT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,887,346</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>15,569,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,888,714.50</x:t>
   </x:si>
   <x:si>
     <x:t>Naturgy Energy Group Sa</x:t>
   </x:si>
   <x:si>
     <x:t>NTGY SM</x:t>
   </x:si>
   <x:si>
-    <x:t>94,098</x:t>
-[...2 lines deleted...]
-    <x:t>$4,197,349.85</x:t>
+    <x:t>98,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,395,932.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
+    <x:t>Italgas Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,235,792.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idacorp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IDA US</x:t>
   </x:si>
   <x:si>
-    <x:t>20,268</x:t>
-[...17 lines deleted...]
-    <x:t>$4,078,917.91</x:t>
+    <x:t>21,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,094,183.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Red Electrica Corp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RED SM</x:t>
   </x:si>
   <x:si>
-    <x:t>152,616</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>159,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,092,598.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>429,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,749,517.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elia Group Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,674,048.74</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9501 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>563,070</x:t>
-[...17 lines deleted...]
-    <x:t>$3,577,031.51</x:t>
+    <x:t>588,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,397,106.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtr Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>504,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,381,146.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Infrastructure Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIPC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,351,618.67</x:t>
   </x:si>
   <x:si>
     <x:t>Pnm Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PNM US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,488</x:t>
-[...17 lines deleted...]
-    <x:t>$3,307,317.54</x:t>
+    <x:t>39,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,300,880.23</x:t>
   </x:si>
   <x:si>
     <x:t>Portland General Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>POR US</x:t>
   </x:si>
   <x:si>
-    <x:t>42,143</x:t>
-[...2 lines deleted...]
-    <x:t>$3,134,624.28</x:t>
+    <x:t>44,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,186,109.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
-    <x:t>Brookfield Infrastructure Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$3,058,653.33</x:t>
+    <x:t>South Bow Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,988,254.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Black Hills Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BKH US</x:t>
   </x:si>
   <x:si>
-    <x:t>27,340</x:t>
-[...17 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>28,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,950,405.22</x:t>
   </x:si>
   <x:si>
     <x:t>Kyushu Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9508 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>171,594</x:t>
-[...2 lines deleted...]
-    <x:t>$2,877,180.44</x:t>
+    <x:t>179,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,927,585.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Infrastructure Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1038 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,861,899.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Getlink Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GET FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,820,879.83</x:t>
   </x:si>
   <x:si>
     <x:t>Algonquin Power &amp; Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AQN CN</x:t>
   </x:si>
   <x:si>
-    <x:t>288,818</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>302,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,813,831.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spire Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,789,844.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,744,250.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Viasat Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VSAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>40,474</x:t>
-[...65 lines deleted...]
-    <x:t>$2,588,025.19</x:t>
+    <x:t>42,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,519,259.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NWE US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,958</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>24,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,336,404.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Mdu Resources Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MDU US</x:t>
   </x:si>
   <x:si>
-    <x:t>76,229</x:t>
-[...2 lines deleted...]
-    <x:t>$2,357,445.10</x:t>
+    <x:t>79,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,314,315.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennon Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,980,710.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Tohoku Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>177,306</x:t>
-[...20 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>185,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,973,831.67</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AZJ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>529,216</x:t>
-[...2 lines deleted...]
-    <x:t>$1,910,469.76</x:t>
+    <x:t>553,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,959,259.02</x:t>
   </x:si>
   <x:si>
     <x:t>Avista Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AVA US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,269</x:t>
-[...2 lines deleted...]
-    <x:t>$1,820,535.09</x:t>
+    <x:t>31,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,875,066.56</x:t>
   </x:si>
   <x:si>
     <x:t>Enagas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ENG SM</x:t>
   </x:si>
   <x:si>
-    <x:t>72,119</x:t>
-[...2 lines deleted...]
-    <x:t>$1,739,281.60</x:t>
+    <x:t>75,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,833,485.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Atco Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>ACO/X CN</x:t>
   </x:si>
   <x:si>
-    <x:t>27,682</x:t>
-[...2 lines deleted...]
-    <x:t>$1,711,862.50</x:t>
+    <x:t>28,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,815,716.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chesapeake Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,687,485.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hawaiian Electric Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,654,199.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mge Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,631,239.36</x:t>
   </x:si>
   <x:si>
     <x:t>American States Water Co</x:t>
   </x:si>
   <x:si>
     <x:t>AWR US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,394</x:t>
-[...26 lines deleted...]
-    <x:t>$1,623,595.60</x:t>
+    <x:t>15,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,514,101.60</x:t>
   </x:si>
   <x:si>
     <x:t>California Water Service Group</x:t>
   </x:si>
   <x:si>
     <x:t>CWT US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,248</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>23,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,476,811.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastrutture Wireless Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INW IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,457,139.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Metro Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9023 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,416,016.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SESG FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,413,187.83</x:t>
   </x:si>
   <x:si>
     <x:t>Globalstar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GSAT US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,422</x:t>
-[...41 lines deleted...]
-    <x:t>$1,362,189.65</x:t>
+    <x:t>17,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,413,171.57</x:t>
   </x:si>
   <x:si>
     <x:t>Toho Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9533 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>27,625</x:t>
-[...14 lines deleted...]
-    <x:t>$1,331,784.58</x:t>
+    <x:t>28,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,395,447.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Natural Holding Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,243.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Chugoku Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9504 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>117,518</x:t>
-[...20 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>122,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,181.93</x:t>
   </x:si>
   <x:si>
     <x:t>Netlink Nbn Trust</x:t>
   </x:si>
   <x:si>
     <x:t>NETLINK SP</x:t>
   </x:si>
   <x:si>
-    <x:t>940,582</x:t>
-[...2 lines deleted...]
-    <x:t>$1,053,725.18</x:t>
+    <x:t>983,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,087,781.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helios Towers Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTWS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,665.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikoku Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,048.42</x:t>
   </x:si>
   <x:si>
     <x:t>Sjw Group</x:t>
   </x:si>
   <x:si>
     <x:t>SJW US</x:t>
   </x:si>
   <x:si>
-    <x:t>12,405</x:t>
-[...26 lines deleted...]
-    <x:t>$901,103.67</x:t>
+    <x:t>12,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,739.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Iridium Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>IRDM US</x:t>
   </x:si>
   <x:si>
-    <x:t>30,401</x:t>
-[...2 lines deleted...]
-    <x:t>$866,454.70</x:t>
+    <x:t>31,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,585.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ren - Redes Energeticas Nacionais Sgps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RENE PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,725.80</x:t>
   </x:si>
   <x:si>
     <x:t>Hokkaido Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9509 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>74,675</x:t>
-[...14 lines deleted...]
-    <x:t>$756,776.69</x:t>
+    <x:t>78,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,113.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Telecom Plus Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TEP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>27,156</x:t>
-[...2 lines deleted...]
-    <x:t>$742,984.96</x:t>
+    <x:t>28,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$741,629.31</x:t>
   </x:si>
   <x:si>
     <x:t>Evn Ag</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AV</x:t>
   </x:si>
   <x:si>
-    <x:t>13,356</x:t>
-[...2 lines deleted...]
-    <x:t>$651,394.94</x:t>
+    <x:t>13,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,686.19</x:t>
   </x:si>
   <x:si>
     <x:t>Hokuriku Electric Power Co</x:t>
   </x:si>
   <x:si>
     <x:t>9505 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>66,540</x:t>
-[...2 lines deleted...]
-    <x:t>$645,285.38</x:t>
+    <x:t>69,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,347.42</x:t>
   </x:si>
   <x:si>
     <x:t>Cogent Communications Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCOI US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,964</x:t>
-[...2 lines deleted...]
-    <x:t>$569,929.52</x:t>
+    <x:t>16,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,813.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Gas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036460 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>9,863</x:t>
-[...2 lines deleted...]
-    <x:t>$391,225.15</x:t>
+    <x:t>10,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,263.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
+    <x:t>Vector Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCT NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,488.83</x:t>
+  </x:si>
+  <x:si>
     <x:t>Superloop Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SLC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>157,353</x:t>
-[...14 lines deleted...]
-    <x:t>$373,392.78</x:t>
+    <x:t>164,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,497.20</x:t>
   </x:si>
   <x:si>
     <x:t>Rai Way Spa</x:t>
   </x:si>
   <x:si>
     <x:t>RWAY IM</x:t>
   </x:si>
   <x:si>
-    <x:t>30,446</x:t>
-[...2 lines deleted...]
-    <x:t>$295,395.38</x:t>
+    <x:t>31,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,011.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saibu Gas Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9536 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,564.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Eutelsat Communications Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ETL FP</x:t>
   </x:si>
   <x:si>
-    <x:t>67,881</x:t>
-[...17 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>70,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,103.03</x:t>
   </x:si>
   <x:si>
     <x:t>Hokkaido Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9534 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>27,056</x:t>
-[...2 lines deleted...]
-    <x:t>$207,547.58</x:t>
+    <x:t>28,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,139.04</x:t>
   </x:si>
   <x:si>
     <x:t>Okinawa Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9511 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>17,851</x:t>
-[...2 lines deleted...]
-    <x:t>$192,386.18</x:t>
+    <x:t>18,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,352.28</x:t>
   </x:si>
   <x:si>
     <x:t>Shizuoka Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9543 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>14,501</x:t>
-[...2 lines deleted...]
-    <x:t>$165,071.27</x:t>
+    <x:t>15,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,352.98</x:t>
   </x:si>
   <x:si>
     <x:t>Samchully Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>004690 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>693</x:t>
-[...2 lines deleted...]
-    <x:t>$87,498.59</x:t>
+    <x:t>725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,232.73</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$9,498,324.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$5,783,534.82</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1952,62 +1954,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8873e51e6b4d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R98593046d7ba460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff95c18f6a654a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e90d8d511b4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref0d5164be734133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1f6df49db264f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F139"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
-    <x:col min="5" max="5" width="21" customWidth="1"/>
+    <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
@@ -2344,2431 +2346,2431 @@
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>