--- v1 (2026-02-09)
+++ v2 (2026-03-10)
@@ -1,1935 +1,1947 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374c4696e16d4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c5d9ea7ff547cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260209" sheetId="1" r:id="Rd1f6df49db264f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260309" sheetId="1" r:id="Rc554696f8cd6444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="629">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="633">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>802,082</x:t>
-[...5 lines deleted...]
-    <x:t>5.78%</x:t>
+    <x:t>826,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,358,920.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,249,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,749,801.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Aena Sme Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AENA SM</x:t>
   </x:si>
   <x:si>
-    <x:t>1,995,468</x:t>
-[...20 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>2,055,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,504,180.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
-    <x:t>189,712</x:t>
-[...5 lines deleted...]
-    <x:t>3.86%</x:t>
+    <x:t>195,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,892,168.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SO US</x:t>
   </x:si>
   <x:si>
-    <x:t>433,238</x:t>
-[...5 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>446,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,104,720.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENB CN</x:t>
   </x:si>
   <x:si>
-    <x:t>754,725</x:t>
-[...5 lines deleted...]
-    <x:t>3.07%</x:t>
+    <x:t>777,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,845,114.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DUK US</x:t>
   </x:si>
   <x:si>
-    <x:t>305,877</x:t>
-[...5 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>315,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,599,853.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
   </x:si>
   <x:si>
     <x:t>National Grid Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NG/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,948,998</x:t>
-[...5 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>2,007,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,212,662.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
-    <x:t>421,486</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>434,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,015,454.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>American Tower Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>161,881</x:t>
-[...5 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>166,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,894,927.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,791,229.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Auckland International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AIA NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>5,117,313</x:t>
-[...20 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>5,271,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,722,774.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Csx Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSX US</x:t>
   </x:si>
   <x:si>
-    <x:t>595,461</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>613,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,982,632.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sempra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,960,459.09</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Pacific Railway Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CP CN</x:t>
   </x:si>
   <x:si>
-    <x:t>286,229</x:t>
-[...2 lines deleted...]
-    <x:t>$32,902,041.00</x:t>
+    <x:t>294,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,811,997.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sempra</x:t>
-[...11 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,585,684.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,233,084.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
-    <x:t>71,637</x:t>
-[...20 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>73,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,903,043.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Dominion Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>D US</x:t>
   </x:si>
   <x:si>
-    <x:t>335,551</x:t>
-[...20 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>345,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,205,627.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelon Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,847,172.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Flughafen Zurich Ag</x:t>
   </x:si>
   <x:si>
     <x:t>FHZN SW</x:t>
   </x:si>
   <x:si>
-    <x:t>59,172</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>60,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,301,917.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xcel Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,237,276.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian National Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>CNR CN</x:t>
   </x:si>
   <x:si>
-    <x:t>177,145</x:t>
-[...2 lines deleted...]
-    <x:t>$25,689,946.24</x:t>
+    <x:t>182,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,747,043.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,668,026.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,645,978.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,029,942.65</x:t>
   </x:si>
   <x:si>
     <x:t>1.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oneok Inc</x:t>
-[...53 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,639,614.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,064,773.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,399,765.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,045,029.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Aeroports De Paris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ADP FP</x:t>
   </x:si>
   <x:si>
-    <x:t>122,084</x:t>
-[...65 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>125,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,387,687.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Wec Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>128,016</x:t>
-[...20 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>131,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,794,346.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Crown Castle Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCI US</x:t>
   </x:si>
   <x:si>
-    <x:t>150,150</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>154,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,967,283.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Ameren Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>106,098</x:t>
-[...2 lines deleted...]
-    <x:t>$15,913,562.86</x:t>
+    <x:t>109,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,399,829.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atmos Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,121,948.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortis Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,874,518.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ppl Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,496,156.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerpoint Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,429,237.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,129,528.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eversource Energy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,986,271.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edison International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,813,222.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Water Works Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,482,299.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,274,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,456,645.36</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fraport Ag Frankfurt Airport Services W</x:t>
   </x:si>
   <x:si>
     <x:t>FRA GR</x:t>
   </x:si>
   <x:si>
-    <x:t>113,770</x:t>
-[...101 lines deleted...]
-    <x:t>$14,039,701.30</x:t>
+    <x:t>117,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,828,792.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>Edison International</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>118,988</x:t>
-[...2 lines deleted...]
-    <x:t>$12,370,063.71</x:t>
+    <x:t>122,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,501,405.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,136,739.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pembina Pipeline Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$12,258,627.16</x:t>
+    <x:t>Nisource Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,816,329.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>East Japan Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>9020 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>331,914</x:t>
-[...20 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>341,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,485,759.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,093,367.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Central Japan Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>9022 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>268,110</x:t>
-[...20 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>276,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,801,485.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sba Communications Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,742,446.43</x:t>
   </x:si>
   <x:si>
     <x:t>Alliant Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LNT US</x:t>
   </x:si>
   <x:si>
-    <x:t>100,984</x:t>
-[...17 lines deleted...]
-    <x:t>$9,585,810.03</x:t>
+    <x:t>104,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,625,355.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Cellnex Telecom Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CLNX SM</x:t>
   </x:si>
   <x:si>
-    <x:t>195,949</x:t>
-[...2 lines deleted...]
-    <x:t>$9,070,377.10</x:t>
+    <x:t>201,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,772,294.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9531 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,514,617.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
+    <x:t>Terna - Rete Elettrica Nazionale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRN IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>569,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,299,955.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kansai Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9503 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>382,465</x:t>
-[...17 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>393,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,027,215.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emera Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,993,111.23</x:t>
   </x:si>
   <x:si>
     <x:t>Clp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>627,218</x:t>
-[...32 lines deleted...]
-    <x:t>$8,265,447.86</x:t>
+    <x:t>645,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,850,573.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Osaka Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9532 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>139,624</x:t>
-[...2 lines deleted...]
-    <x:t>$8,146,181.03</x:t>
+    <x:t>143,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,660,337.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
+    <x:t>Hydro One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,963,796.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Snam Spa</x:t>
   </x:si>
   <x:si>
     <x:t>SRG IM</x:t>
   </x:si>
   <x:si>
-    <x:t>711,018</x:t>
-[...17 lines deleted...]
-    <x:t>$7,122,187.37</x:t>
+    <x:t>732,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,852,199.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Utilities Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UU/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,061,485.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle West Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,055,711.62</x:t>
   </x:si>
   <x:si>
     <x:t>Centrica Plc</x:t>
   </x:si>
   <x:si>
     <x:t>CNA LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,849,976</x:t>
-[...20 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>1,905,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,047,195.37</x:t>
   </x:si>
   <x:si>
     <x:t>Chubu Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9502 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>288,319</x:t>
-[...2 lines deleted...]
-    <x:t>$6,357,944.82</x:t>
+    <x:t>296,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,680,028.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
+    <x:t>Essential Utilities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,542,346.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severn Trent Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,400,495.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Assets Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,315,444.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naturgy Energy Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTGY SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,037,424.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong &amp; China Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,403,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,035,734.82</x:t>
+  </x:si>
+  <x:si>
     <x:t>Firstgroup Plc</x:t>
   </x:si>
   <x:si>
     <x:t>FGP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>1,686,304</x:t>
-[...44 lines deleted...]
-    <x:t>$6,036,672.44</x:t>
+    <x:t>1,737,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,817,454.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oge Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,597,944.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Electric Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>015760 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>101,164</x:t>
-[...44 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>104,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,919,904.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Hutchison Port Holdings Trust</x:t>
   </x:si>
   <x:si>
     <x:t>HPHT SP</x:t>
   </x:si>
   <x:si>
-    <x:t>15,569,446</x:t>
-[...14 lines deleted...]
-    <x:t>$4,395,932.19</x:t>
+    <x:t>16,038,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,579,166.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
+    <x:t>Idacorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,446,174.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Italgas Spa</x:t>
   </x:si>
   <x:si>
     <x:t>IG IM</x:t>
   </x:si>
   <x:si>
-    <x:t>241,669</x:t>
-[...17 lines deleted...]
-    <x:t>$4,094,183.62</x:t>
+    <x:t>248,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,287,678.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>442,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,083,702.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Red Electrica Corp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RED SM</x:t>
   </x:si>
   <x:si>
-    <x:t>159,609</x:t>
-[...14 lines deleted...]
-    <x:t>$3,749,517.54</x:t>
+    <x:t>164,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,041,120.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elia Group Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,885,049.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>Elia Group Sa/Nv</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9501 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>588,870</x:t>
-[...2 lines deleted...]
-    <x:t>$3,397,106.44</x:t>
+    <x:t>606,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,531,770.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
+    <x:t>South Bow Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,514,867.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland General Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,459,031.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnm Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,394,699.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mtr Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>66 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>504,999</x:t>
-[...2 lines deleted...]
-    <x:t>$3,381,146.17</x:t>
+    <x:t>520,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,359,726.22</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Infrastructure Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BIPC CN</x:t>
   </x:si>
   <x:si>
-    <x:t>46,882</x:t>
-[...41 lines deleted...]
-    <x:t>$2,988,254.41</x:t>
+    <x:t>48,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,197,282.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Black Hills Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BKH US</x:t>
   </x:si>
   <x:si>
-    <x:t>28,592</x:t>
-[...2 lines deleted...]
-    <x:t>$2,950,405.22</x:t>
+    <x:t>29,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,090,883.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spire Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,062,499.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Kyushu Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9508 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>179,494</x:t>
-[...2 lines deleted...]
-    <x:t>$2,927,585.37</x:t>
+    <x:t>184,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,985,346.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,983,808.59</x:t>
   </x:si>
   <x:si>
     <x:t>Ck Infrastructure Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1038 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>241,265</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>248,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,974,737.39</x:t>
   </x:si>
   <x:si>
     <x:t>Getlink Se</x:t>
   </x:si>
   <x:si>
     <x:t>GET FP</x:t>
   </x:si>
   <x:si>
-    <x:t>96,380</x:t>
-[...2 lines deleted...]
-    <x:t>$2,820,879.83</x:t>
+    <x:t>99,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,888,229.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viasat Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VSAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,725,795.14</x:t>
   </x:si>
   <x:si>
     <x:t>Algonquin Power &amp; Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AQN CN</x:t>
   </x:si>
   <x:si>
-    <x:t>302,051</x:t>
-[...44 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>311,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,722,056.69</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NWE US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,010</x:t>
-[...2 lines deleted...]
-    <x:t>$2,336,404.27</x:t>
+    <x:t>24,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,461,295.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Mdu Resources Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MDU US</x:t>
   </x:si>
   <x:si>
-    <x:t>79,721</x:t>
-[...2 lines deleted...]
-    <x:t>$2,314,315.27</x:t>
+    <x:t>82,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,458,414.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,286,253.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atco Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACO/X CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,077,841.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Pennon Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PNN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>185,342</x:t>
-[...5 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>190,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,993,558.90</x:t>
   </x:si>
   <x:si>
     <x:t>Tohoku Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9506 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>185,406</x:t>
-[...14 lines deleted...]
-    <x:t>$1,959,259.02</x:t>
+    <x:t>191,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,990,668.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enagas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENG SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,896,189.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Avista Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AVA US</x:t>
   </x:si>
   <x:si>
-    <x:t>31,657</x:t>
-[...29 lines deleted...]
-    <x:t>$1,815,716.91</x:t>
+    <x:t>32,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,846,270.99</x:t>
   </x:si>
   <x:si>
     <x:t>Chesapeake Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CPK US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,104</x:t>
-[...2 lines deleted...]
-    <x:t>$1,687,485.01</x:t>
+    <x:t>9,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,770,507.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mge Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,686,482.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American States Water Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,666,698.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastrutture Wireless Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INW IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,565,897.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Water Service Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,559,887.67</x:t>
   </x:si>
   <x:si>
     <x:t>Hawaiian Electric Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HE US</x:t>
   </x:si>
   <x:si>
-    <x:t>67,858</x:t>
-[...56 lines deleted...]
-    <x:t>$1,457,139.15</x:t>
+    <x:t>69,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,488,848.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toho Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9533 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,456,350.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globalstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,462.75</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Metro Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9023 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>92,384</x:t>
-[...2 lines deleted...]
-    <x:t>$1,416,016.28</x:t>
+    <x:t>95,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,392.47</x:t>
   </x:si>
   <x:si>
     <x:t>Ses Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SESG FP</x:t>
   </x:si>
   <x:si>
-    <x:t>125,408</x:t>
-[...26 lines deleted...]
-    <x:t>$1,395,447.68</x:t>
+    <x:t>129,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,630.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Northwest Natural Holding Co</x:t>
   </x:si>
   <x:si>
     <x:t>NWN US</x:t>
   </x:si>
   <x:si>
-    <x:t>15,993</x:t>
-[...2 lines deleted...]
-    <x:t>$1,097,243.19</x:t>
+    <x:t>16,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,335.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iridium Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRDM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,122,591.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Chugoku Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9504 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>122,818</x:t>
-[...2 lines deleted...]
-    <x:t>$1,094,181.93</x:t>
+    <x:t>126,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,389.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sjw Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,506.73</x:t>
   </x:si>
   <x:si>
     <x:t>Netlink Nbn Trust</x:t>
   </x:si>
   <x:si>
     <x:t>NETLINK SP</x:t>
   </x:si>
   <x:si>
-    <x:t>983,682</x:t>
-[...2 lines deleted...]
-    <x:t>$1,087,781.69</x:t>
+    <x:t>1,013,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,602.34</x:t>
   </x:si>
   <x:si>
     <x:t>Helios Towers Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HTWS LN</x:t>
   </x:si>
   <x:si>
-    <x:t>288,304</x:t>
-[...2 lines deleted...]
-    <x:t>$1,020,665.91</x:t>
+    <x:t>296,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,091.42</x:t>
   </x:si>
   <x:si>
     <x:t>Shikoku Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9507 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>66,301</x:t>
-[...14 lines deleted...]
-    <x:t>$969,739.98</x:t>
+    <x:t>68,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,432.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
-    <x:t>Iridium Communications Inc</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ren - Redes Energeticas Nacionais Sgps</x:t>
   </x:si>
   <x:si>
     <x:t>RENE PL</x:t>
   </x:si>
   <x:si>
-    <x:t>137,765</x:t>
-[...2 lines deleted...]
-    <x:t>$815,725.80</x:t>
+    <x:t>141,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$898,396.64</x:t>
   </x:si>
   <x:si>
     <x:t>Hokkaido Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9509 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>78,075</x:t>
-[...2 lines deleted...]
-    <x:t>$792,113.34</x:t>
+    <x:t>80,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,663.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Telecom Plus Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TEP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>28,399</x:t>
-[...2 lines deleted...]
-    <x:t>$741,629.31</x:t>
+    <x:t>29,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$742,051.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hokuriku Electric Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9505 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$676,337.90</x:t>
   </x:si>
   <x:si>
     <x:t>Evn Ag</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AV</x:t>
   </x:si>
   <x:si>
-    <x:t>13,968</x:t>
-[...14 lines deleted...]
-    <x:t>$640,347.42</x:t>
+    <x:t>14,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,693.08</x:t>
   </x:si>
   <x:si>
     <x:t>Cogent Communications Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCOI US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,696</x:t>
-[...2 lines deleted...]
-    <x:t>$578,813.68</x:t>
+    <x:t>17,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,425.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,705.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vector Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCT NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,467.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korea Gas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036460 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>10,315</x:t>
-[...29 lines deleted...]
-    <x:t>$378,497.20</x:t>
+    <x:t>10,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,331.99</x:t>
   </x:si>
   <x:si>
     <x:t>Rai Way Spa</x:t>
   </x:si>
   <x:si>
     <x:t>RWAY IM</x:t>
   </x:si>
   <x:si>
-    <x:t>31,842</x:t>
-[...2 lines deleted...]
-    <x:t>$311,011.96</x:t>
+    <x:t>32,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,915.31</x:t>
   </x:si>
   <x:si>
     <x:t>Saibu Gas Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9536 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>11,643</x:t>
-[...2 lines deleted...]
-    <x:t>$252,564.10</x:t>
+    <x:t>12,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,080.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eutelsat Communications Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETL FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,681.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
-    <x:t>Eutelsat Communications Sa</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Hokkaido Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9534 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>28,256</x:t>
-[...2 lines deleted...]
-    <x:t>$222,139.04</x:t>
+    <x:t>29,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,153.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shizuoka Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9543 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,596.64</x:t>
   </x:si>
   <x:si>
     <x:t>Okinawa Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9511 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>18,651</x:t>
-[...14 lines deleted...]
-    <x:t>$176,352.98</x:t>
+    <x:t>19,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,684.31</x:t>
   </x:si>
   <x:si>
     <x:t>Samchully Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>004690 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>725</x:t>
-[...2 lines deleted...]
-    <x:t>$98,232.73</x:t>
+    <x:t>746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,523.67</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$5,783,534.82</x:t>
+    <x:t>$-24,523,470.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.31%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1954,51 +1966,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e90d8d511b4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref0d5164be734133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1f6df49db264f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea3e2bb606449d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rec3050f2b7924780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc554696f8cd6444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F139"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -2306,851 +2318,851 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
@@ -3166,1611 +3178,1611 @@
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:6" ht="15" customHeight="1">
       <x:c r="A139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F139" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>