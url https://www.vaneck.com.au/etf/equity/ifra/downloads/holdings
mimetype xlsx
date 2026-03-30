--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -1,1947 +1,1953 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c5d9ea7ff547cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7d293b26094869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260309" sheetId="1" r:id="Rc554696f8cd6444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IFRA_asat_20260330" sheetId="1" r:id="Rc0a88929d8bc463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="633">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="635">
+  <x:si>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Aena Sme Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AENA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,290,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,170,883.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>826,246</x:t>
-[...5 lines deleted...]
-    <x:t>5.75%</x:t>
+    <x:t>732,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,230,317.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Transurban Group</x:t>
   </x:si>
   <x:si>
     <x:t>TCL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,249,986</x:t>
-[...20 lines deleted...]
-    <x:t>4.63%</x:t>
+    <x:t>6,787,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,498,492.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
-    <x:t>195,427</x:t>
-[...5 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>203,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,414,371.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>SO US</x:t>
   </x:si>
   <x:si>
-    <x:t>446,290</x:t>
-[...5 lines deleted...]
-    <x:t>3.33%</x:t>
+    <x:t>446,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,944,314.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENB CN</x:t>
   </x:si>
   <x:si>
-    <x:t>777,462</x:t>
-[...5 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>764,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,655,342.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DUK US</x:t>
   </x:si>
   <x:si>
-    <x:t>315,092</x:t>
-[...5 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>315,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,497,816.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>National Grid Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NG/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>2,007,712</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>2,008,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,928,073.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
-    <x:t>434,184</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>427,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,628,256.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,950,766.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>American Tower Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AMT US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,758</x:t>
-[...20 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>164,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,374,728.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Auckland International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AIA NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>5,271,476</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>5,891,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,245,996.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sempra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,822,600.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Csx Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSX US</x:t>
   </x:si>
   <x:si>
-    <x:t>613,400</x:t>
-[...17 lines deleted...]
-    <x:t>$34,960,459.09</x:t>
+    <x:t>637,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,716,680.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Pacific Railway Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CP CN</x:t>
   </x:si>
   <x:si>
-    <x:t>294,852</x:t>
-[...2 lines deleted...]
-    <x:t>$34,811,997.66</x:t>
+    <x:t>306,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,817,779.14</x:t>
   </x:si>
   <x:si>
     <x:t>1.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,694,668.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TRP CN</x:t>
   </x:si>
   <x:si>
-    <x:t>370,209</x:t>
-[...20 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>364,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,575,137.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,212,055.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
-    <x:t>73,795</x:t>
-[...5 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>76,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,539,706.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flughafen Zurich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FHZN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,722,928.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Dominion Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>D US</x:t>
   </x:si>
   <x:si>
-    <x:t>345,660</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>345,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,568,771.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,896,019.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,865,495.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Exelon Corp</x:t>
   </x:si>
   <x:si>
     <x:t>EXC US</x:t>
   </x:si>
   <x:si>
-    <x:t>409,389</x:t>
-[...20 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>409,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,735,339.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian National Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,252,705.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>XEL US</x:t>
   </x:si>
   <x:si>
-    <x:t>239,702</x:t>
-[...59 lines deleted...]
-    <x:t>$27,029,942.65</x:t>
+    <x:t>239,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,190,762.74</x:t>
   </x:si>
   <x:si>
     <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TRGP US</x:t>
   </x:si>
   <x:si>
-    <x:t>75,719</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>74,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,061,241.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroports De Paris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADP FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,290,006.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Service Enterprise Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEG US</x:t>
   </x:si>
   <x:si>
-    <x:t>202,248</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>202,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,711,764.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Edison Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ED US</x:t>
   </x:si>
   <x:si>
-    <x:t>145,988</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>146,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,683,587.71</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PCG US</x:t>
   </x:si>
   <x:si>
-    <x:t>887,956</x:t>
-[...20 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>888,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,146,996.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Wec Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>131,873</x:t>
-[...2 lines deleted...]
-    <x:t>$21,794,346.74</x:t>
+    <x:t>131,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,906,952.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Crown Castle Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCI US</x:t>
   </x:si>
   <x:si>
-    <x:t>154,673</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>152,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,361,221.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Ameren Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>109,295</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>109,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,260,732.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Atmos Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ATO US</x:t>
   </x:si>
   <x:si>
-    <x:t>64,818</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>64,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,248,609.41</x:t>
   </x:si>
   <x:si>
     <x:t>Fortis Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>FTS CN</x:t>
   </x:si>
   <x:si>
-    <x:t>204,939</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>205,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,574,899.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Ppl Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PPL US</x:t>
   </x:si>
   <x:si>
-    <x:t>299,755</x:t>
-[...2 lines deleted...]
-    <x:t>$16,496,156.00</x:t>
+    <x:t>299,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,394,052.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
+    <x:t>Fraport Ag Frankfurt Airport Services W</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,350,516.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centerpoint Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CNP US</x:t>
   </x:si>
   <x:si>
-    <x:t>263,900</x:t>
-[...2 lines deleted...]
-    <x:t>$16,429,237.72</x:t>
+    <x:t>264,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,246,396.31</x:t>
   </x:si>
   <x:si>
     <x:t>Firstenergy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FE US</x:t>
   </x:si>
   <x:si>
-    <x:t>222,241</x:t>
-[...2 lines deleted...]
-    <x:t>$16,129,528.09</x:t>
+    <x:t>222,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,151,226.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>Edison International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,763,489.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Water Works Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,682,129.06</x:t>
+  </x:si>
+  <x:si>
     <x:t>Eversource Energy</x:t>
   </x:si>
   <x:si>
     <x:t>ES US</x:t>
   </x:si>
   <x:si>
-    <x:t>150,435</x:t>
-[...32 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>152,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,932,205.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Arteria Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,274,713</x:t>
-[...17 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>3,397,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,913,896.77</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CMS US</x:t>
   </x:si>
   <x:si>
-    <x:t>122,573</x:t>
-[...2 lines deleted...]
-    <x:t>$13,501,405.20</x:t>
+    <x:t>122,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,569,330.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,543,554.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pembina Pipeline Corp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Nisource Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NI US</x:t>
   </x:si>
   <x:si>
-    <x:t>193,238</x:t>
-[...2 lines deleted...]
-    <x:t>$12,816,329.84</x:t>
+    <x:t>193,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,903,900.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>East Japan Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>9020 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>341,864</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>355,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,822,180.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Japan Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9022 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,983,505.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Evergy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EVRG US</x:t>
   </x:si>
   <x:si>
-    <x:t>93,221</x:t>
-[...20 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>93,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,948,230.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliant Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,656,470.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kansai Electric Power Co Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,556,305.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9531 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,301,927.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emera Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,136,271.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terna - Rete Elettrica Nazionale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRN IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>569,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,105,449.94</x:t>
   </x:si>
   <x:si>
     <x:t>Sba Communications Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SBAC US</x:t>
   </x:si>
   <x:si>
-    <x:t>38,280</x:t>
-[...17 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>37,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,008,169.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Cellnex Telecom Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CLNX SM</x:t>
   </x:si>
   <x:si>
-    <x:t>201,852</x:t>
-[...62 lines deleted...]
-    <x:t>$8,993,111.23</x:t>
+    <x:t>198,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,797,996.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Clp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>2 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>645,756</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>646,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,731,978.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ast Spacemobile Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,651,245.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Osaka Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9532 JP</x:t>
   </x:si>
   <x:si>
     <x:t>143,855</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,660,337.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$8,427,933.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snam Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,691,263.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Hydro One Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>H CN</x:t>
   </x:si>
   <x:si>
-    <x:t>128,659</x:t>
-[...20 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>128,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,642,975.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrica Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,866,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,270,528.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chubu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9502 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,105,265.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle West Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,986,911.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>United Utilities Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>UU/ LN</x:t>
   </x:si>
   <x:si>
-    <x:t>276,731</x:t>
-[...41 lines deleted...]
-    <x:t>$6,680,028.02</x:t>
+    <x:t>276,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,886,605.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Utilities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,655,617.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>Essential Utilities Inc</x:t>
-[...11 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>Firstgroup Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FGP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,947,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,347,006.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naturgy Energy Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTGY SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,279,232.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Assets Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,265,205.28</x:t>
   </x:si>
   <x:si>
     <x:t>Severn Trent Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SVT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>107,360</x:t>
-[...32 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>107,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,207,705.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oge Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,881,130.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Hong Kong &amp; China Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>3 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>4,403,796</x:t>
-[...32 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>4,405,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,789,634.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hutchison Port Holdings Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPHT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,983,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,351,703.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idacorp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,455,008.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Korea Electric Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>015760 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>104,211</x:t>
-[...35 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>104,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,404,543.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,183,156.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Italgas Spa</x:t>
   </x:si>
   <x:si>
     <x:t>IG IM</x:t>
   </x:si>
   <x:si>
-    <x:t>248,949</x:t>
-[...20 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>249,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,074,489.28</x:t>
   </x:si>
   <x:si>
     <x:t>Red Electrica Corp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>RED SM</x:t>
   </x:si>
   <x:si>
-    <x:t>164,417</x:t>
-[...2 lines deleted...]
-    <x:t>$4,041,120.40</x:t>
+    <x:t>164,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,909,939.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Elia Group Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ELI BB</x:t>
   </x:si>
   <x:si>
-    <x:t>17,820</x:t>
-[...5 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>17,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,775,551.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Bow Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,604,925.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9501 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>606,645</x:t>
-[...17 lines deleted...]
-    <x:t>$3,514,867.68</x:t>
+    <x:t>607,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,495,371.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnm Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,422,653.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Portland General Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>POR US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,401</x:t>
-[...17 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>45,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,410,300.55</x:t>
   </x:si>
   <x:si>
     <x:t>Mtr Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>66 HK</x:t>
   </x:si>
   <x:si>
-    <x:t>520,335</x:t>
-[...2 lines deleted...]
-    <x:t>$3,359,726.22</x:t>
+    <x:t>540,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,240,799.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NJR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,212,001.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kyushu Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9508 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,092,242.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Getlink Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GET FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,087,331.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spire Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,081,422.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Hills Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,045,100.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,962,922.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viasat Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VSAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,900,963.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Infrastructure Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1038 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,837,838.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AQN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,790,304.75</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Infrastructure Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BIPC CN</x:t>
   </x:si>
   <x:si>
-    <x:t>48,294</x:t>
-[...107 lines deleted...]
-    <x:t>$2,722,056.69</x:t>
+    <x:t>48,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,650,633.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mdu Resources Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,458,629.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Northwestern Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NWE US</x:t>
   </x:si>
   <x:si>
-    <x:t>24,733</x:t>
-[...17 lines deleted...]
-    <x:t>$2,458,414.86</x:t>
+    <x:t>24,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,343,224.13</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AZJ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>570,138</x:t>
-[...2 lines deleted...]
-    <x:t>$2,286,253.38</x:t>
+    <x:t>580,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,309,729.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>Enagas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENG SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,191,209.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>Atco Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>ACO/X CN</x:t>
   </x:si>
   <x:si>
-    <x:t>29,823</x:t>
-[...2 lines deleted...]
-    <x:t>$2,077,841.72</x:t>
+    <x:t>29,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,193.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
+    <x:t>Tohoku Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,100,554.60</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pennon Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PNN LN</x:t>
   </x:si>
   <x:si>
-    <x:t>190,925</x:t>
-[...26 lines deleted...]
-    <x:t>$1,896,189.80</x:t>
+    <x:t>191,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,907,532.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Avista Corp</x:t>
   </x:si>
   <x:si>
     <x:t>AVA US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,610</x:t>
-[...2 lines deleted...]
-    <x:t>$1,846,270.99</x:t>
+    <x:t>32,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,891,968.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American States Water Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,691,698.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Chesapeake Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CPK US</x:t>
   </x:si>
   <x:si>
-    <x:t>9,378</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>9,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,691,122.71</x:t>
   </x:si>
   <x:si>
     <x:t>Mge Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MGEE US</x:t>
   </x:si>
   <x:si>
-    <x:t>14,795</x:t>
-[...14 lines deleted...]
-    <x:t>$1,666,698.41</x:t>
+    <x:t>14,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,636,856.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globalstar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,621,207.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Water Service Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,567,198.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hawaiian Electric Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,397,510.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Metro Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9023 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,272.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SESG FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,134.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iridium Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRDM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,911.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toho Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9533 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,290,161.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Natural Holding Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,847.58</x:t>
   </x:si>
   <x:si>
     <x:t>Infrastrutture Wireless Italiane Spa</x:t>
   </x:si>
   <x:si>
     <x:t>INW IM</x:t>
   </x:si>
   <x:si>
-    <x:t>111,784</x:t>
-[...104 lines deleted...]
-    <x:t>$1,122,591.95</x:t>
+    <x:t>109,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,250,735.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chugoku Electric Power Co Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9504 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,333.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>Chugoku Electric Power Co Inc/The</x:t>
-[...8 lines deleted...]
-    <x:t>$1,116,389.29</x:t>
+    <x:t>Chorus Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,072.66</x:t>
   </x:si>
   <x:si>
     <x:t>Sjw Group</x:t>
   </x:si>
   <x:si>
     <x:t>SJW US</x:t>
   </x:si>
   <x:si>
-    <x:t>13,365</x:t>
-[...2 lines deleted...]
-    <x:t>$1,110,506.73</x:t>
+    <x:t>13,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,401.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikoku Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9507 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,109,042.59</x:t>
   </x:si>
   <x:si>
     <x:t>Netlink Nbn Trust</x:t>
   </x:si>
   <x:si>
     <x:t>NETLINK SP</x:t>
   </x:si>
   <x:si>
-    <x:t>1,013,311</x:t>
-[...2 lines deleted...]
-    <x:t>$1,096,602.34</x:t>
+    <x:t>996,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,158.83</x:t>
   </x:si>
   <x:si>
     <x:t>Helios Towers Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HTWS LN</x:t>
   </x:si>
   <x:si>
-    <x:t>296,990</x:t>
-[...14 lines deleted...]
-    <x:t>$1,002,432.55</x:t>
+    <x:t>302,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,660.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Ren - Redes Energeticas Nacionais Sgps</x:t>
   </x:si>
   <x:si>
     <x:t>RENE PL</x:t>
   </x:si>
   <x:si>
-    <x:t>141,914</x:t>
-[...2 lines deleted...]
-    <x:t>$898,396.64</x:t>
+    <x:t>142,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$875,160.65</x:t>
   </x:si>
   <x:si>
     <x:t>Hokkaido Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>9509 JP</x:t>
   </x:si>
   <x:si>
     <x:t>80,404</x:t>
   </x:si>
   <x:si>
-    <x:t>$771,663.78</x:t>
+    <x:t>$806,110.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
+    <x:t>Hokuriku Electric Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9505 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,045.08</x:t>
+  </x:si>
+  <x:si>
     <x:t>Telecom Plus Plc</x:t>
   </x:si>
   <x:si>
     <x:t>TEP LN</x:t>
   </x:si>
   <x:si>
-    <x:t>29,255</x:t>
-[...14 lines deleted...]
-    <x:t>$676,337.90</x:t>
+    <x:t>$709,371.37</x:t>
   </x:si>
   <x:si>
     <x:t>Evn Ag</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AV</x:t>
   </x:si>
   <x:si>
-    <x:t>14,389</x:t>
-[...14 lines deleted...]
-    <x:t>$566,425.41</x:t>
+    <x:t>14,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,030.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,050.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>Superloop Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Vector Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VCT NZ</x:t>
   </x:si>
   <x:si>
-    <x:t>96,822</x:t>
-[...2 lines deleted...]
-    <x:t>$382,467.66</x:t>
+    <x:t>96,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,204.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
+    <x:t>Eutelsat Communications Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETL FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,545.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>Korea Gas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>036460 KS</x:t>
   </x:si>
   <x:si>
-    <x:t>10,626</x:t>
-[...2 lines deleted...]
-    <x:t>$379,331.99</x:t>
+    <x:t>10,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,127.86</x:t>
   </x:si>
   <x:si>
     <x:t>Rai Way Spa</x:t>
   </x:si>
   <x:si>
     <x:t>RWAY IM</x:t>
   </x:si>
   <x:si>
-    <x:t>32,800</x:t>
-[...2 lines deleted...]
-    <x:t>$326,915.31</x:t>
+    <x:t>32,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,941.71</x:t>
   </x:si>
   <x:si>
     <x:t>Saibu Gas Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9536 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>12,062</x:t>
-[...14 lines deleted...]
-    <x:t>$236,681.47</x:t>
+    <x:t>11,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,173.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
+    <x:t>Shizuoka Gas Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9543 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,601.61</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hokkaido Gas Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9534 JP</x:t>
   </x:si>
   <x:si>
     <x:t>29,103</x:t>
   </x:si>
   <x:si>
-    <x:t>$235,153.86</x:t>
-[...11 lines deleted...]
-    <x:t>$228,596.64</x:t>
+    <x:t>$232,157.35</x:t>
   </x:si>
   <x:si>
     <x:t>Okinawa Electric Power Co Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>9511 JP</x:t>
   </x:si>
   <x:si>
-    <x:t>19,282</x:t>
-[...2 lines deleted...]
-    <x:t>$189,684.31</x:t>
+    <x:t>19,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,054.28</x:t>
   </x:si>
   <x:si>
     <x:t>Samchully Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>004690 KS</x:t>
   </x:si>
   <x:si>
     <x:t>746</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,523.67</x:t>
+    <x:t>$105,655.07</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-24,523,470.26</x:t>
-[...2 lines deleted...]
-    <x:t>-1.31%</x:t>
+    <x:t>$-46,174,593.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.47%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1966,56 +1972,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea3e2bb606449d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rec3050f2b7924780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc554696f8cd6444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12cad8f920f74653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R59e6335872414715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0a88929d8bc463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F139"/>
+  <x:dimension ref="A1:F141"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2318,111 +2324,111 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
@@ -2458,2336 +2464,2376 @@
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:6" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:6" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:6" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:6" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:6" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:6" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:6" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:6" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:6" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:6" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:6" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:6" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:6" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:6" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:6" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:6" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:6" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:6" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:6" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:6" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:6" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:6" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:6" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:6" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:6" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:6" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:6" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:6" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:6" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:6" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:6" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:6" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:6" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:6" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:6" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:6" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:6" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:6" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:6" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:6" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:6" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:6" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:6" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:6" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:6" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:6" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:6" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:6" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:6" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:6" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:6" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:6" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:6" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:6" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:6" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:6" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:6" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A139" s="1">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A140" s="1">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="F138" s="1" t="s">
+      <x:c r="C140" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A139" s="2" t="s">
+      <x:c r="D140" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B139" s="2" t="s">
+      <x:c r="B141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C139" s="2" t="s">
+      <x:c r="C141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D139" s="2" t="s">
+      <x:c r="D141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E139" s="2" t="s">
+      <x:c r="E141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F139" s="2" t="s">
+      <x:c r="F141" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A139:F139"/>
+    <x:mergeCell ref="A141:F141"/>
   </x:mergeCells>
 </x:worksheet>
 </file>