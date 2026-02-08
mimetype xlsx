--- v0 (2026-01-19)
+++ v1 (2026-02-08)
@@ -1,456 +1,459 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11245eacf5e4709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4926124b23444810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260116" sheetId="1" r:id="Rb85255831ee44b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260206" sheetId="1" r:id="R7c262ea403e34e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>201,825</x:t>
-[...5 lines deleted...]
-    <x:t>7.75%</x:t>
+    <x:t>211,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,186,535.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Secured Lending Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,088,822.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
-    <x:t>602,482</x:t>
-[...5 lines deleted...]
-    <x:t>7.56%</x:t>
+    <x:t>630,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,030,197.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>898,174</x:t>
-[...5 lines deleted...]
-    <x:t>7.46%</x:t>
+    <x:t>939,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,727,446.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>980,549</x:t>
-[...20 lines deleted...]
-    <x:t>7.37%</x:t>
+    <x:t>1,025,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,093,198.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>647,621</x:t>
-[...5 lines deleted...]
-    <x:t>7.36%</x:t>
+    <x:t>677,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,909,453.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>822,972</x:t>
-[...5 lines deleted...]
-    <x:t>7.17%</x:t>
+    <x:t>860,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,784,977.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>404,986</x:t>
-[...5 lines deleted...]
-    <x:t>5.42%</x:t>
+    <x:t>423,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,428,486.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Southwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSWC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,525,497.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
-    <x:t>372,059</x:t>
-[...20 lines deleted...]
-    <x:t>3.50%</x:t>
+    <x:t>389,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,339,624.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,018,250</x:t>
-[...5 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>2,110,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,985,077.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>324,367</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>339,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,797,612.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>377,521</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>394,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,888,892.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>511,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,805,530.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
-    <x:t>399,885</x:t>
-[...20 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>418,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,773,637.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>450,694</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>471,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,013,874.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
-    <x:t>425,232</x:t>
-[...5 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>444,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,968,379.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,635,720.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,483,039.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
-    <x:t>442,109</x:t>
-[...35 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>462,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,327,342.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
-    <x:t>233,813</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>244,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,283,067.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
-    <x:t>156,122</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>163,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,413,074.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Crescent Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCAP US</x:t>
   </x:si>
   <x:si>
-    <x:t>158,544</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>165,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,398,700.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cion Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CION US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,925,002.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>363,615</x:t>
-[...17 lines deleted...]
-    <x:t>$3,132,610.40</x:t>
+    <x:t>380,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,702,200.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$592,251.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$-1,875,813.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.82%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -475,51 +478,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf80df6a857409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rddb12fc9bcd44701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb85255831ee44b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecc317afcb24502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5becc8146254763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c262ea403e34e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1047,71 +1050,71 @@
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>