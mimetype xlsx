--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -1,459 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4926124b23444810" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e0c0cb622d4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260206" sheetId="1" r:id="R7c262ea403e34e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260227" sheetId="1" r:id="R8d4a06dccf054da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="137">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>211,058</x:t>
-[...5 lines deleted...]
-    <x:t>7.99%</x:t>
+    <x:t>212,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,942,997.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,580,274.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,032,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,361,774.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Secured Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BXSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>484,079</x:t>
-[...20 lines deleted...]
-    <x:t>7.48%</x:t>
+    <x:t>487,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,337,715.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>939,264</x:t>
-[...20 lines deleted...]
-    <x:t>7.07%</x:t>
+    <x:t>946,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,916,470.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>677,248</x:t>
-[...5 lines deleted...]
-    <x:t>6.99%</x:t>
+    <x:t>682,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,601,358.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>860,622</x:t>
-[...5 lines deleted...]
-    <x:t>6.93%</x:t>
+    <x:t>866,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,136,397.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>423,513</x:t>
-[...5 lines deleted...]
-    <x:t>5.46%</x:t>
+    <x:t>426,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,367,037.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley Direct Lending Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSDL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,138,429.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,125,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,113,555.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
-    <x:t>257,562</x:t>
-[...35 lines deleted...]
-    <x:t>3.51%</x:t>
+    <x:t>259,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,961,058.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>339,206</x:t>
-[...5 lines deleted...]
-    <x:t>3.43%</x:t>
+    <x:t>341,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,090,419.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,548,878.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>394,791</x:t>
-[...20 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>397,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,327,341.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
-    <x:t>418,179</x:t>
-[...5 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>421,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,721,066.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>471,313</x:t>
-[...5 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>474,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,622,010.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,304,737.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,135,155.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
-    <x:t>444,686</x:t>
-[...35 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>447,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,128,415.28</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
-    <x:t>462,335</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>465,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,998,717.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
-    <x:t>244,509</x:t>
-[...5 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>246,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,983,108.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
-    <x:t>163,265</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>164,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,086,507.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Crescent Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCAP US</x:t>
   </x:si>
   <x:si>
-    <x:t>165,797</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>166,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,966,541.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
-    <x:t>231,585</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>233,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,611,871.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>380,250</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>382,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,198,027.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,875,813.07</x:t>
-[...2 lines deleted...]
-    <x:t>-0.82%</x:t>
+    <x:t>$4,056,984.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -478,51 +475,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecc317afcb24502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5becc8146254763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c262ea403e34e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165d7c1422ba4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6ff807dbf114de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d4a06dccf054da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -930,191 +927,191 @@
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>