--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -1,456 +1,453 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e0c0cb622d4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245654b0fa0646b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260227" sheetId="1" r:id="R8d4a06dccf054da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LEND_asat_20260319" sheetId="1" r:id="Rfd16ed293bee47d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="136">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="135">
+  <x:si>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>959,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,119,333.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Secured Lending Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,090,592.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.93%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>212,578</x:t>
-[...5 lines deleted...]
-    <x:t>7.84%</x:t>
+    <x:t>215,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,070,060.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,036,396.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
-    <x:t>634,583</x:t>
-[...50 lines deleted...]
-    <x:t>7.36%</x:t>
+    <x:t>643,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,644,081.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
-    <x:t>682,126</x:t>
-[...5 lines deleted...]
-    <x:t>6.29%</x:t>
+    <x:t>692,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,183,020.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
-    <x:t>866,820</x:t>
-[...5 lines deleted...]
-    <x:t>6.08%</x:t>
+    <x:t>879,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,698,771.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
-    <x:t>426,563</x:t>
-[...5 lines deleted...]
-    <x:t>4.79%</x:t>
+    <x:t>432,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,175,763.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
-    <x:t>391,882</x:t>
-[...5 lines deleted...]
-    <x:t>3.76%</x:t>
+    <x:t>397,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,255,521.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Southwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSWC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,247,940.55</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,125,782</x:t>
-[...17 lines deleted...]
-    <x:t>$7,961,058.50</x:t>
+    <x:t>2,156,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,938,842.81</x:t>
   </x:si>
   <x:si>
     <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
-    <x:t>341,649</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>346,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,212,072.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
-    <x:t>515,128</x:t>
-[...5 lines deleted...]
-    <x:t>3.03%</x:t>
+    <x:t>522,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,892,905.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midcap Financial Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,601,562.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
-    <x:t>397,635</x:t>
-[...20 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>403,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,450,234.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
-    <x:t>474,707</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>481,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,736,000.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>454,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,347,354.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,300,510.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Mountain Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMFC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>472,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,297,726.52</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Specialty Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BCSF US</x:t>
   </x:si>
   <x:si>
-    <x:t>292,829</x:t>
-[...47 lines deleted...]
-    <x:t>2.31%</x:t>
+    <x:t>297,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,193,463.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
-    <x:t>246,270</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>249,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,085,024.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
-    <x:t>164,441</x:t>
-[...5 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>166,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,294,046.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Crescent Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CCAP US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,991</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>169,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,154,314.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
-    <x:t>233,252</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>236,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,273,592.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
-    <x:t>382,989</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>388,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,993,570.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$4,056,984.91</x:t>
-[...2 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>$-2,708,638.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.26%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -475,51 +472,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165d7c1422ba4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6ff807dbf114de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d4a06dccf054da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d016097964432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf20b589d07b942e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd16ed293bee47d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -747,371 +744,371 @@
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>