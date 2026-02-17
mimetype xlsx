--- v0 (2026-01-21)
+++ v1 (2026-02-17)
@@ -1,873 +1,870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe3215e22f74425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14cad73b254d48e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260120" sheetId="1" r:id="R679ab1ce62524b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260217" sheetId="1" r:id="R4d1fa0a3eaf9442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="275">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 20/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="274">
+  <x:si>
+    <x:t>All Fund Holdings as at 17/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,657</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>1,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,733.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$968,830.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$909,559.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,758.60</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,221</x:t>
-[...32 lines deleted...]
-    <x:t>$834,388.26</x:t>
+    <x:t>5,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,493.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,640.28</x:t>
   </x:si>
   <x:si>
     <x:t>2.72%</x:t>
   </x:si>
   <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,976.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,026.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,186.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,513.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,180.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,171.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,825.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,423</x:t>
-[...20 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>3,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,224.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,843.89</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,343</x:t>
-[...20 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>2,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,023.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,589.29</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,029</x:t>
-[...92 lines deleted...]
-    <x:t>$724,513.16</x:t>
+    <x:t>4,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,434.87</x:t>
   </x:si>
   <x:si>
     <x:t>2.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>Applied Materials Inc</x:t>
-[...11 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$723,084.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,531.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Transunion</x:t>
   </x:si>
   <x:si>
     <x:t>TRU US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,720</x:t>
-[...47 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>6,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,102.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>988</x:t>
-[...20 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>1,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,682.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,510.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,342.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,168.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadridge Financial Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BR US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,073</x:t>
-[...20 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>2,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,896.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,971.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,239.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,063.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,772.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,139.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,684.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,840.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,753.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
-    <x:t>980</x:t>
-[...65 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>1,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,399.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,728.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,977.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,868.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,891.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
-    <x:t>501</x:t>
-[...50 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,606.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,978.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,645.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,656.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,084.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,395.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,558.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,611.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,497</x:t>
-[...161 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>1,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,421.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,355.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>678</x:t>
-[...20 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,090.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,040</x:t>
-[...44 lines deleted...]
-    <x:t>$335,672.62</x:t>
+    <x:t>1,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,063.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,012</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>5,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,153.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,133</x:t>
-[...2 lines deleted...]
-    <x:t>$302,379.74</x:t>
+    <x:t>1,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,561.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,464</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>1,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,805.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$339,387.01</x:t>
-[...2 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$306,768.18</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -892,51 +889,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62275d4598e4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd26f8a66645e4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R679ab1ce62524b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ed74e03353447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R80a4ecf65e434abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d1fa0a3eaf9442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1044,1071 +1041,1071 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>