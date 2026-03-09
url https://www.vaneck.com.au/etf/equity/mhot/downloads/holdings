--- v1 (2026-02-17)
+++ v2 (2026-03-09)
@@ -1,870 +1,882 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14cad73b254d48e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47cadd7fafaa44d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260217" sheetId="1" r:id="R4d1fa0a3eaf9442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260309" sheetId="1" r:id="R4245677e2612467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="274">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 17/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="278">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,740</x:t>
-[...5 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>1,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,486.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,942.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$879,179.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,744</x:t>
-[...32 lines deleted...]
-    <x:t>$908,758.60</x:t>
+    <x:t>5,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$854,534.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$819,540.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,492.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,832.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,714.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$782,950.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,513.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$765,491.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,574.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$741,269.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,483</x:t>
-[...65 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>5,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,112.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,070.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,516.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,111.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,708.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,269</x:t>
-[...32 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>2,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$665,554.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
-    <x:t>18,006</x:t>
-[...89 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>18,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,123.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>7,688</x:t>
-[...20 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>7,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,079.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$623,102.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,850.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,037</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>1,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$616,505.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,644.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,414.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,357.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,575.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,101</x:t>
-[...65 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>3,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,742.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
-    <x:t>933</x:t>
-[...2 lines deleted...]
-    <x:t>$487,239.87</x:t>
+    <x:t>950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,147.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,663.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,711.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,928.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>Northrop Grumman Corp</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
-    <x:t>539</x:t>
-[...17 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,376.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,636.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,415.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,129.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,719.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,939.01</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>4,201</x:t>
-[...59 lines deleted...]
-    <x:t>$400,868.61</x:t>
+    <x:t>4,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,775.91</x:t>
   </x:si>
   <x:si>
     <x:t>1.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>Zoetis Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
-    <x:t>526</x:t>
-[...2 lines deleted...]
-    <x:t>$375,606.88</x:t>
+    <x:t>536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,091.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,090.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,210.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,142.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,751.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,149.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,540.11</x:t>
   </x:si>
   <x:si>
     <x:t>1.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>West Pharmaceutical Services Inc</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Walt Disney Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>DIS US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,438</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>2,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,774.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,029</x:t>
-[...44 lines deleted...]
-    <x:t>$349,611.78</x:t>
+    <x:t>2,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,378.53</x:t>
   </x:si>
   <x:si>
     <x:t>1.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>Jack Henry &amp; Associates Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$348,421.59</x:t>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,457.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.13%</x:t>
   </x:si>
   <x:si>
-    <x:t>Equifax Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>712</x:t>
-[...20 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,526.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,264</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>5,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,774.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,790.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,190</x:t>
-[...20 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>1,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,650.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$306,768.18</x:t>
+    <x:t>$-522,664.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.75%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -889,51 +901,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ed74e03353447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R80a4ecf65e434abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d1fa0a3eaf9442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9f9e9d9371427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb3d49a52da1e480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4245677e2612467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1041,1071 +1053,1071 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>