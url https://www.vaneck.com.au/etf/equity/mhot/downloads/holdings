--- v2 (2026-03-09)
+++ v3 (2026-03-31)
@@ -1,882 +1,912 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47cadd7fafaa44d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a2bac35e424a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260309" sheetId="1" r:id="R4245677e2612467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MHOT_asat_20260330" sheetId="1" r:id="R4807d523e9794606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="278">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="288">
+  <x:si>
+    <x:t>All Fund Holdings as at 30/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,084.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,498.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,517.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,258.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,668.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$749,690.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$748,082.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$746,258.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$732,739.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$729,616.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$728,587.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$700,624.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,880.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,303.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,285.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$676,370.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,653.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,421.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,643.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,475.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$623,059.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,050.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,640.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,993.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,772</x:t>
-[...20 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,997.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,785.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,958.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Idex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IEX US</x:t>
   </x:si>
   <x:si>
-    <x:t>3,112</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>1,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,261.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,678.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>5,848</x:t>
-[...35 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>2,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,659.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,127.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,651.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,526.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,857.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,347.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,440.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,520.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BA US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,394</x:t>
-[...227 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>1,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,230.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,909.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,828.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,260.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,168.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,101.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,656.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,004.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,030.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,458.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,938.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,068.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costar Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,116.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,037.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fair Isaac Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FICO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,469.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,578.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>1,526</x:t>
-[...110 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,687.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,766.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,189.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>2,322</x:t>
-[...341 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>1,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,995.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-522,664.47</x:t>
-[...2 lines deleted...]
-    <x:t>-1.75%</x:t>
+    <x:t>$-1,056,180.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.87%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -901,56 +931,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9f9e9d9371427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb3d49a52da1e480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4245677e2612467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f47e2e2d06f4872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9a619e54e4aa4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4807d523e9794606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F59"/>
+  <x:dimension ref="A1:F62"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="12" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1153,91 +1183,91 @@
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
@@ -1273,856 +1303,916 @@
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="C59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A59" s="2" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B59" s="2" t="s">
+      <x:c r="B62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C59" s="2" t="s">
+      <x:c r="C62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D59" s="2" t="s">
+      <x:c r="D62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E59" s="2" t="s">
+      <x:c r="E62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F59" s="2" t="s">
+      <x:c r="F62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A59:F59"/>
+    <x:mergeCell ref="A62:F62"/>
   </x:mergeCells>
 </x:worksheet>
 </file>