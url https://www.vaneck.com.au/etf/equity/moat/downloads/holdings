--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -1,870 +1,873 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd67318681a34b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfc1d7e5c284850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260116" sheetId="1" r:id="Rb6281abb118c452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260206" sheetId="1" r:id="R18c7b19fb6c14924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="274">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="275">
+  <x:si>
+    <x:t>All Fund Holdings as at 06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,485,406.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,633,923.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>54,903</x:t>
-[...5 lines deleted...]
-    <x:t>3.40%</x:t>
+    <x:t>55,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,268,766.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,670,710.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,106,407.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,367,941.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,182,050.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,812,310.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,477,966.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,393,661.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,364,923.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,175,538.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
-    <x:t>173,027</x:t>
-[...95 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>173,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,137,808.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,755,100.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
-    <x:t>133,535</x:t>
-[...20 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>133,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,371,442.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,139,773.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
-    <x:t>71,609</x:t>
-[...17 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>71,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,956,568.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,951,893.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,733,430.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,416,963.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Transunion</x:t>
   </x:si>
   <x:si>
     <x:t>TRU US</x:t>
   </x:si>
   <x:si>
-    <x:t>189,557</x:t>
-[...92 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>190,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,210,464.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,191,121.45</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,727</x:t>
-[...47 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>32,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,594,198.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,382,766.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
-    <x:t>63,870</x:t>
-[...5 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>64,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,511,175.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,640,102.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,486,232.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,462</x:t>
-[...35 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>32,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,969,395.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,627,328.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,842</x:t>
-[...20 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>98,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,579,673.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,035,137.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,831,379.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,043,626.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,876,514.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,746,782.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,670,473.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,604,546.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,421,526.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,603</x:t>
-[...50 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>16,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,995,882.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,816,470.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
-    <x:t>49,616</x:t>
-[...50 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>49,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,671,925.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,591,416.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,074,599.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,010,074.64</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
-    <x:t>64,030</x:t>
-[...56 lines deleted...]
-    <x:t>$13,074,582.93</x:t>
+    <x:t>64,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,980,063.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,654,286.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,073,149.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,069,399.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,046,053.18</x:t>
   </x:si>
   <x:si>
     <x:t>Equifax Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EFX US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,373</x:t>
-[...104 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>39,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,853,892.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MKTX US</x:t>
   </x:si>
   <x:si>
-    <x:t>43,481</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>43,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,218,126.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,559,665.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,543</x:t>
-[...20 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>37,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,394,832.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
-    <x:t>48,504</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>48,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,184,466.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$656,449.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$785,776.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -889,51 +892,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c8c819606e24c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc12bf1458f764fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6281abb118c452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R643f3a1a474a4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4daf98a825f54465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18c7b19fb6c14924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1241,371 +1244,371 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
@@ -1721,391 +1724,391 @@
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>