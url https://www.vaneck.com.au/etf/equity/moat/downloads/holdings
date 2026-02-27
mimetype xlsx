--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -1,873 +1,876 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfc1d7e5c284850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f03b19ea684550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260206" sheetId="1" r:id="R18c7b19fb6c14924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260227" sheetId="1" r:id="R2301022982e542d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="275">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 06/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="276">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,308,712.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
+  </x:si>
+  <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>181,827</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>181,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,816,343.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,766,186.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Idex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>IEX US</x:t>
   </x:si>
   <x:si>
-    <x:t>96,741</x:t>
-[...35 lines deleted...]
-    <x:t>2.97%</x:t>
+    <x:t>96,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,508,020.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,311,514.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,554,766.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,254,095.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,800,214.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,039,483.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>113,807</x:t>
-[...5 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>113,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,923,795.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,309,720.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,308,255.12</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BA US</x:t>
   </x:si>
   <x:si>
-    <x:t>74,423</x:t>
-[...35 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>74,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,005,409.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,824,936.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ US</x:t>
   </x:si>
   <x:si>
-    <x:t>282,140</x:t>
-[...32 lines deleted...]
-    <x:t>$24,364,923.85</x:t>
+    <x:t>281,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,777,594.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,457,864.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
-    <x:t>77,894</x:t>
-[...20 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>77,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,929,190.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
-    <x:t>570,016</x:t>
-[...20 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>568,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,825,160.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
-    <x:t>203,796</x:t>
-[...20 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>203,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,693,849.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>243,379</x:t>
-[...17 lines deleted...]
-    <x:t>$21,733,430.68</x:t>
+    <x:t>242,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,883,161.02</x:t>
   </x:si>
   <x:si>
     <x:t>2.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>Zimmer Biomet Holdings Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Transunion</x:t>
   </x:si>
   <x:si>
     <x:t>TRU US</x:t>
   </x:si>
   <x:si>
-    <x:t>190,176</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>189,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,917,752.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,544,928.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,245,631.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,971,266.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadridge Financial Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BR US</x:t>
   </x:si>
   <x:si>
-    <x:t>68,930</x:t>
-[...17 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>68,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,760,952.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
-    <x:t>47,436</x:t>
-[...20 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>47,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,276,996.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
-    <x:t>96,596</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>96,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,202,754.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,169,101.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,752,922.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,999,044.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,956,280.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,849,764.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,840,882.47</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>72,187</x:t>
-[...77 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>72,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,118,896.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,538,122.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,439,683.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
-    <x:t>165,157</x:t>
-[...35 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>164,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,296,467.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Chipotle Mexican Grill Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CMG US</x:t>
   </x:si>
   <x:si>
-    <x:t>247,153</x:t>
-[...35 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>246,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,222,288.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,825,943.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,657</x:t>
-[...20 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>16,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,181,922.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,765,999.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,637,953.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,607,254.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,543,807.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,507,739.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,453,725.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,338,798.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
-    <x:t>49,779</x:t>
-[...17 lines deleted...]
-    <x:t>$12,591,416.66</x:t>
+    <x:t>49,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,273,899.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,926,065.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,543</x:t>
-[...47 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>22,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,127,748.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
-    <x:t>34,566</x:t>
-[...59 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>34,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,105,038.66</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,635</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>166,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,703,864.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
-    <x:t>37,665</x:t>
-[...2 lines deleted...]
-    <x:t>$7,394,832.21</x:t>
+    <x:t>37,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,960,216.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,478,186.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>Servicenow Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$785,776.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$209,812.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -892,51 +895,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R643f3a1a474a4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4daf98a825f54465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18c7b19fb6c14924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17880c708b1d4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64759e8ecaab48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2301022982e542d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1184,71 +1187,71 @@
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
@@ -1404,271 +1407,271 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
@@ -1804,111 +1807,111 @@
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
@@ -1924,191 +1927,191 @@
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>