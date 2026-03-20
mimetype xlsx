--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -1,876 +1,876 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f03b19ea684550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf13a59fa5f8455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260227" sheetId="1" r:id="R2301022982e542d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260319" sheetId="1" r:id="Rc00af80a21454673"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="276">
   <x:si>
-    <x:t>All Fund Holdings as at 27/02/2026</x:t>
+    <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets(US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
-    <x:t>54,983</x:t>
-[...5 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>55,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,803,983.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,695,409.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,800,967.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,268,189.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
-    <x:t>181,498</x:t>
-[...35 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>182,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,989,496.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,939,696.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>113,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,607,000.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,110,469.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,253,367.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,685,037.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,587,648.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,587,410.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,455,619.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,310,610.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
-    <x:t>173,278</x:t>
-[...95 lines deleted...]
-    <x:t>2.51%</x:t>
+    <x:t>173,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,149,865.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,077,458.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
-    <x:t>205,644</x:t>
-[...47 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>206,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,637,363.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
-    <x:t>71,713</x:t>
-[...20 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>71,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,668,852.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,410,619.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
-    <x:t>568,986</x:t>
-[...20 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>570,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,911,810.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
-    <x:t>242,939</x:t>
-[...20 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>243,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,511,991.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
-    <x:t>32,774</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>32,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,179,883.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,784,106.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,108,620.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,608,519.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,227,305.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
-    <x:t>97,984</x:t>
-[...50 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>98,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,187,465.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
-    <x:t>96,422</x:t>
-[...17 lines deleted...]
-    <x:t>$16,169,101.79</x:t>
+    <x:t>96,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,701,038.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,253,333.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
-    <x:t>29,483</x:t>
-[...20 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>29,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,710,464.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,616,636.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,774,059.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Hershey Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>HSY US</x:t>
   </x:si>
   <x:si>
-    <x:t>45,867</x:t>
-[...32 lines deleted...]
-    <x:t>$14,840,882.47</x:t>
+    <x:t>46,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,772,098.82</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
-    <x:t>72,056</x:t>
-[...5 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>72,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,704,244.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,400,464.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,059,217.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,650,084.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,606,087.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,587,566.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,479,710.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,377,743.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,340,186.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
-    <x:t>132,754</x:t>
-[...65 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>133,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,304,615.10</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
-    <x:t>16,628</x:t>
-[...17 lines deleted...]
-    <x:t>$11,765,999.35</x:t>
+    <x:t>16,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,148,440.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,897,195.51</x:t>
   </x:si>
   <x:si>
     <x:t>1.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>Nvidia Corp</x:t>
-[...8 lines deleted...]
-    <x:t>$11,637,953.26</x:t>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,844,508.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,757,800.98</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>West Pharmaceutical Services Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$11,607,254.64</x:t>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,270,955.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,217,754.89</x:t>
   </x:si>
   <x:si>
     <x:t>Equifax Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EFX US</x:t>
   </x:si>
   <x:si>
-    <x:t>39,430</x:t>
-[...77 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>39,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,204,602.18</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
-    <x:t>22,501</x:t>
-[...17 lines deleted...]
-    <x:t>$10,105,038.66</x:t>
+    <x:t>22,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,155,130.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,337,427.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,845,347.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
-    <x:t>166,334</x:t>
-[...35 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>166,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,712,961.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$209,812.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$754,276.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -895,51 +895,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17880c708b1d4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64759e8ecaab48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2301022982e542d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692efd36935d4998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15a4684d57664017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc00af80a21454673" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1207,831 +1207,831 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>