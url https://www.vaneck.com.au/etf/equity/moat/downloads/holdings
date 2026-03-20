--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf13a59fa5f8455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76634a45f504634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260319" sheetId="1" r:id="Rc00af80a21454673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asat_20260319" sheetId="1" r:id="R94348f9920fd41cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="276">
   <x:si>
     <x:t>All Fund Holdings as at 19/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
@@ -895,51 +895,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692efd36935d4998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15a4684d57664017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc00af80a21454673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae92f3303f474ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6ad2a18997234ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94348f9920fd41cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="45" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">