--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b4aecc3c1a4120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b82fac741a497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260116" sheetId="1" r:id="R19787bb18eaf4032"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260205" sheetId="1" r:id="Rc685c5157d2f4352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="77">
   <x:si>
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+    <x:t>All Fund Holdings as at 05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Goodman Group</x:t>
   </x:si>
   <x:si>
     <x:t>GMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,871,236</x:t>
-[...5 lines deleted...]
-    <x:t>10.69%</x:t>
+    <x:t>2,889,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,855,077.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>21,024,629</x:t>
-[...5 lines deleted...]
-    <x:t>10.40%</x:t>
+    <x:t>21,159,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,213,082.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,155,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,311,114.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Group/The</x:t>
   </x:si>
   <x:si>
     <x:t>GPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>15,660,803</x:t>
-[...5 lines deleted...]
-    <x:t>10.18%</x:t>
+    <x:t>15,760,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,272,117.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,430,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,798,942.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>11,979,845</x:t>
-[...35 lines deleted...]
-    <x:t>9.73%</x:t>
+    <x:t>12,056,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,969,727.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland</x:t>
   </x:si>
   <x:si>
     <x:t>SGP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>14,449,917</x:t>
-[...5 lines deleted...]
-    <x:t>9.33%</x:t>
+    <x:t>14,542,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,655,951.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>22,433,100</x:t>
-[...5 lines deleted...]
-    <x:t>6.71%</x:t>
+    <x:t>22,576,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,795,950.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.01%</x:t>
   </x:si>
   <x:si>
     <x:t>National Storage Reit</x:t>
   </x:si>
   <x:si>
     <x:t>NSR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>16,905,283</x:t>
-[...5 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>17,013,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,786,797.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Homeco Daily Needs Reit</x:t>
   </x:si>
   <x:si>
     <x:t>HDN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>28,641,995</x:t>
-[...5 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>28,825,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,472,682.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shopping Centres Australasia Property G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,358,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,858,160.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Long Wale Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>7,930,111</x:t>
-[...20 lines deleted...]
-    <x:t>3.72%</x:t>
+    <x:t>7,980,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,566,536.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Centuria Industrial Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CIP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,572,266</x:t>
-[...5 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>6,614,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,364,159.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$27,147,653.72</x:t>
-[...2 lines deleted...]
-    <x:t>3.20%</x:t>
+    <x:t>$26,043,832.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -298,51 +298,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra970750c305447af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc481e24d6f934898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19787bb18eaf4032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15dd91b93b684b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a549f7bffcf4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc685c5157d2f4352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">