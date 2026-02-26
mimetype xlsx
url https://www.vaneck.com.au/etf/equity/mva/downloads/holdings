--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b82fac741a497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8231f835a243e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260205" sheetId="1" r:id="Rc685c5157d2f4352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260225" sheetId="1" r:id="Rf6c9dce885b54acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="77">
   <x:si>
-    <x:t>All Fund Holdings as at 05/02/2026</x:t>
+    <x:t>All Fund Holdings as at 25/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,266,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,955,486.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.38%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Goodman Group</x:t>
   </x:si>
   <x:si>
     <x:t>GMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,889,596</x:t>
-[...5 lines deleted...]
-    <x:t>10.77%</x:t>
+    <x:t>2,967,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,338,936.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,381,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,967,986.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>21,159,066</x:t>
-[...17 lines deleted...]
-    <x:t>$82,311,114.00</x:t>
+    <x:t>21,730,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,705,488.08</x:t>
   </x:si>
   <x:si>
     <x:t>9.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Group/The</x:t>
   </x:si>
   <x:si>
     <x:t>GPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>15,760,942</x:t>
-[...5 lines deleted...]
-    <x:t>9.97%</x:t>
+    <x:t>16,186,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,446,184.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,430,737</x:t>
-[...20 lines deleted...]
-    <x:t>9.57%</x:t>
+    <x:t>3,523,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,646,045.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland</x:t>
   </x:si>
   <x:si>
     <x:t>SGP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>14,542,313</x:t>
-[...5 lines deleted...]
-    <x:t>9.41%</x:t>
+    <x:t>14,934,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,122,215.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>22,576,543</x:t>
-[...5 lines deleted...]
-    <x:t>7.01%</x:t>
+    <x:t>23,185,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,805,504.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.94%</x:t>
   </x:si>
   <x:si>
     <x:t>National Storage Reit</x:t>
   </x:si>
   <x:si>
     <x:t>NSR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>17,013,381</x:t>
-[...5 lines deleted...]
-    <x:t>5.67%</x:t>
+    <x:t>17,472,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,399,093.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Homeco Daily Needs Reit</x:t>
   </x:si>
   <x:si>
     <x:t>HDN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>28,825,140</x:t>
-[...5 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>29,603,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,188,095.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Shopping Centres Australasia Property G</x:t>
   </x:si>
   <x:si>
     <x:t>RGN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>13,358,511</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>13,719,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,142,304.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Long Wale Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>7,980,819</x:t>
-[...5 lines deleted...]
-    <x:t>3.71%</x:t>
+    <x:t>8,196,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,408,024.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Centuria Industrial Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CIP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,614,291</x:t>
-[...5 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>6,792,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,669,098.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$26,043,832.45</x:t>
-[...2 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>$27,560,428.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -298,51 +298,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15dd91b93b684b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a549f7bffcf4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc685c5157d2f4352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9eba4b178444e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R92f129481a4d47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6c9dce885b54acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">