--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8231f835a243e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea27e13b010440ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260225" sheetId="1" r:id="Rf6c9dce885b54acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVA_asat_20260317" sheetId="1" r:id="Rc2dadb11488c4a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="77">
   <x:si>
-    <x:t>All Fund Holdings as at 25/02/2026</x:t>
+    <x:t>All Fund Holdings as at 17/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,856,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,121,891.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.26%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mirvac Group</x:t>
   </x:si>
   <x:si>
     <x:t>MGR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>42,266,411</x:t>
-[...5 lines deleted...]
-    <x:t>10.38%</x:t>
+    <x:t>42,512,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,648,746.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Goodman Group</x:t>
   </x:si>
   <x:si>
     <x:t>GMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,967,591</x:t>
-[...5 lines deleted...]
-    <x:t>10.31%</x:t>
+    <x:t>2,984,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,801,296.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>12,381,871</x:t>
-[...20 lines deleted...]
-    <x:t>9.98%</x:t>
+    <x:t>12,454,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,845,225.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Gpt Group/The</x:t>
   </x:si>
   <x:si>
     <x:t>GPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>16,186,355</x:t>
-[...5 lines deleted...]
-    <x:t>9.83%</x:t>
+    <x:t>16,280,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,542,573.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,523,337</x:t>
-[...5 lines deleted...]
-    <x:t>9.24%</x:t>
+    <x:t>3,543,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,105,660.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland</x:t>
   </x:si>
   <x:si>
     <x:t>SGP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>14,934,834</x:t>
-[...5 lines deleted...]
-    <x:t>9.18%</x:t>
+    <x:t>15,021,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,899,015.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>23,185,920</x:t>
-[...5 lines deleted...]
-    <x:t>6.94%</x:t>
+    <x:t>23,321,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,737,433.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.23%</x:t>
   </x:si>
   <x:si>
     <x:t>National Storage Reit</x:t>
   </x:si>
   <x:si>
     <x:t>NSR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>17,472,597</x:t>
-[...5 lines deleted...]
-    <x:t>5.91%</x:t>
+    <x:t>17,574,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,681,279.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Homeco Daily Needs Reit</x:t>
   </x:si>
   <x:si>
     <x:t>HDN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>29,603,175</x:t>
-[...5 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>29,775,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,624,194.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Shopping Centres Australasia Property G</x:t>
   </x:si>
   <x:si>
     <x:t>RGN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>13,719,077</x:t>
-[...5 lines deleted...]
-    <x:t>3.81%</x:t>
+    <x:t>13,799,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,805,982.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Long Wale Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CLW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>8,196,233</x:t>
-[...5 lines deleted...]
-    <x:t>3.72%</x:t>
+    <x:t>8,244,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,266,267.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Centuria Industrial Reit</x:t>
   </x:si>
   <x:si>
     <x:t>CIP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,792,821</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>6,832,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,770,572.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$27,560,428.01</x:t>
-[...2 lines deleted...]
-    <x:t>3.37%</x:t>
+    <x:t>$27,293,493.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -298,51 +298,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9eba4b178444e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R92f129481a4d47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6c9dce885b54acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad98251eb0b944b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a51f64ed97542bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2dadb11488c4a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">