--- v0 (2026-01-19)
+++ v1 (2026-02-12)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877dee690e244ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec9fc18a48f4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260116" sheetId="1" r:id="Rba23a40bfabb48fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260211" sheetId="1" r:id="Re78e4b195fc14826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
   <x:si>
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+    <x:t>All Fund Holdings as at 11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,316,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,905,417.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,459,435.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,428,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,525,413.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Anz Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANZ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,512,579</x:t>
-[...50 lines deleted...]
-    <x:t>19.17%</x:t>
+    <x:t>1,530,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,923,812.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>238,800</x:t>
-[...5 lines deleted...]
-    <x:t>18.13%</x:t>
+    <x:t>241,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,220,514.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BEN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>389,292</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>393,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,481,762.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Queensland Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BOQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>480,748</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>486,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,404,457.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-50,386.36</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$54,211.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -208,51 +208,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b37bdc8b7a94a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re7d8789e84cd4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba23a40bfabb48fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ec7526baef49c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb03ecad2e3714aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re78e4b195fc14826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F12"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">