--- v1 (2026-02-12)
+++ v2 (2026-03-04)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec9fc18a48f4910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dff3933ed174d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260211" sheetId="1" r:id="Re78e4b195fc14826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260304" sheetId="1" r:id="R8106a3588e0c4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
   <x:si>
-    <x:t>All Fund Holdings as at 11/02/2026</x:t>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NAB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,316,892</x:t>
-[...5 lines deleted...]
-    <x:t>20.31%</x:t>
+    <x:t>1,304,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,888,458.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>CBA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>350,669</x:t>
-[...5 lines deleted...]
-    <x:t>20.16%</x:t>
+    <x:t>347,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,710,703.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>WBC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,428,493</x:t>
-[...5 lines deleted...]
-    <x:t>19.50%</x:t>
+    <x:t>1,414,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,195,659.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Anz Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANZ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,530,210</x:t>
-[...5 lines deleted...]
-    <x:t>19.30%</x:t>
+    <x:t>1,515,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,504,595.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>241,582</x:t>
-[...5 lines deleted...]
-    <x:t>18.04%</x:t>
+    <x:t>239,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,830,639.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BEN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>393,828</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>390,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,033,489.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Queensland Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BOQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>486,351</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>481,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,285,398.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$54,211.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$161,674.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -208,51 +208,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ec7526baef49c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb03ecad2e3714aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re78e4b195fc14826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9be32784d98419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R629dec3681b64d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8106a3588e0c4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F12"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">