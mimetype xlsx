--- v2 (2026-03-04)
+++ v3 (2026-03-24)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dff3933ed174d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc900fbee684dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260304" sheetId="1" r:id="R8106a3588e0c4a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVB_asat_20260324" sheetId="1" r:id="R39576d1d28fe46f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
   <x:si>
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+    <x:t>All Fund Holdings as at 24/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,010,706.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,426,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,667,213.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,541,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,178,088.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.01%</x:t>
+  </x:si>
+  <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NAB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,304,380</x:t>
-[...50 lines deleted...]
-    <x:t>19.86%</x:t>
+    <x:t>1,236,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,871,789.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>239,287</x:t>
-[...5 lines deleted...]
-    <x:t>15.82%</x:t>
+    <x:t>252,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,302,398.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BEN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>390,086</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>417,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,197,201.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Queensland Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BOQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>481,730</x:t>
-[...5 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>515,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,486,449.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$161,674.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$84,925.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -208,51 +208,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9be32784d98419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R629dec3681b64d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8106a3588e0c4a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e2777e68d440cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fca01b625d94e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39576d1d28fe46f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F12"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">