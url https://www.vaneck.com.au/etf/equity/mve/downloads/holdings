--- v0 (2026-01-16)
+++ v1 (2026-02-11)
@@ -1,825 +1,822 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8953af339d01467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0928dcf99e04d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260116" sheetId="1" r:id="R7f4c08d568d04649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260210" sheetId="1" r:id="Re8eabda90b014579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="259">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
+  <x:si>
+    <x:t>All Fund Holdings as at 10/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Light &amp; Wonder Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LNW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>111,795</x:t>
-[...5 lines deleted...]
-    <x:t>4.07%</x:t>
+    <x:t>112,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,514,807.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,261,758</x:t>
-[...5 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>4,301,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,110,893.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,227,764.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>651,484</x:t>
-[...20 lines deleted...]
-    <x:t>3.40%</x:t>
+    <x:t>657,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,690,319.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>659,054</x:t>
-[...5 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>665,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,467,248.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,498,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,912,363.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,786,181.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>245,081</x:t>
-[...20 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>247,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,901,284.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,559,906.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,707,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,506,949.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>902,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,437,152.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1723503D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,427,322.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,347,745.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,488,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,195,683.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Jb Hi-Fi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JBH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>152,341</x:t>
-[...110 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>153,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,178,980.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,591,052</x:t>
-[...2 lines deleted...]
-    <x:t>$11,614,679.60</x:t>
+    <x:t>1,606,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,338,564.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,549,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,822,016.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,900,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,775,664.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,168,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,606,093.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Hub24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>113,941</x:t>
-[...35 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>115,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,963,662.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,884,711.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,873,990.36</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,498,648</x:t>
-[...50 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>1,512,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,742,142.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,353,579.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>676,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,112,805.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,007,998.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,461,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,912,273.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,649,601.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>A2 Milk Co Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>A2M AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,010,778</x:t>
-[...62 lines deleted...]
-    <x:t>$8,804,771.95</x:t>
+    <x:t>1,020,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,570,461.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>960,182</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>969,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,122,071.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Group Ltd/Australia</x:t>
   </x:si>
   <x:si>
     <x:t>EDV AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,126,777</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>2,146,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,093,424.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,297,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,697,904.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,150,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,624,621.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>842,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,452,753.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Downer Edi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,434,876.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagers Automotive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,208,436.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,549,404</x:t>
-[...77 lines deleted...]
-    <x:t>$7,224,743.56</x:t>
+    <x:t>1,563,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,037,950.50</x:t>
   </x:si>
   <x:si>
     <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Challenger Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CGF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>770,985</x:t>
-[...2 lines deleted...]
-    <x:t>$7,046,802.90</x:t>
+    <x:t>778,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,856,320.83</x:t>
   </x:si>
   <x:si>
     <x:t>1.42%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ansell Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,692,149.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,456,552.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,367,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,425,727.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Life360 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>360 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>238,012</x:t>
-[...35 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>240,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,369,080.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,527,621</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>3,560,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,106,820.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Wine Estates Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TWE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,125,049</x:t>
-[...20 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>1,135,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,075,668.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metcash Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,545,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,054,439.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Investment Management Group Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,839,433.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>XYZ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>56,927</x:t>
-[...20 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>57,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,634,390.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netwealth Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,360,805.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lendlease Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,208,013.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Telix Pharmaceuticals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>405,885</x:t>
-[...44 lines deleted...]
-    <x:t>$4,560,133.95</x:t>
+    <x:t>409,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,121,642.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$2,839.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$-148,013.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -844,60 +841,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf226dbbdb914617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69cca206710e4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f4c08d568d04649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc66c02a36d14100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a3574526dcb45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8eabda90b014579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
-    <x:col min="3" max="3" width="14" customWidth="1"/>
+    <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -1156,131 +1153,131 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
@@ -1356,631 +1353,631 @@
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>