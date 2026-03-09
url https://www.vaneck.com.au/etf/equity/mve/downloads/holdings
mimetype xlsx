--- v1 (2026-02-11)
+++ v2 (2026-03-09)
@@ -1,822 +1,819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0928dcf99e04d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea5b7b9caa2425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260210" sheetId="1" r:id="Re8eabda90b014579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260309" sheetId="1" r:id="Rebf775d181264113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="258">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 10/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="257">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,491,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,940,817.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>744,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,853,783.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orica Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,870,737.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Light &amp; Wonder Inc</x:t>
   </x:si>
   <x:si>
     <x:t>LNW AU</x:t>
   </x:si>
   <x:si>
-    <x:t>112,847</x:t>
-[...50 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>117,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,716,950.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,026,806.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>665,258</x:t>
-[...5 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>694,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,842,022.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>5,498,958</x:t>
-[...5 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>5,740,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,146,731.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,598,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,862,263.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,539,857.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,449,326.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SGH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>280,492</x:t>
-[...20 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>292,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,176,079.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>942,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,070,453.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,826,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,700,691.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,606,482.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1723503D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,479,554.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,969,835.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,676,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,915,317.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,219,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,792,309.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,984,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,694,288.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,793,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,689,859.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,623,035.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Sandfire Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SFR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>648,086</x:t>
-[...194 lines deleted...]
-    <x:t>$9,873,990.36</x:t>
+    <x:t>676,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,615,916.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2 Milk Co Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2M AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,065,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,151,251.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,570,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,101,243.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,512,755</x:t>
-[...5 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>1,579,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,823,370.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FPH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>277,061</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>289,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,192,492.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,241,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,584,044.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,570,392.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>834,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,419,711.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>879,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,404,922.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,289,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,960,135.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,011,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,528,312.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Worley Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WOR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>676,526</x:t>
-[...92 lines deleted...]
-    <x:t>$8,093,424.69</x:t>
+    <x:t>706,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,430,244.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Dyno Nobel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DNL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,297,882</x:t>
-[...32 lines deleted...]
-    <x:t>$7,452,753.15</x:t>
+    <x:t>2,398,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,340,933.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Downer Edi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,242,606.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>Downer Edi Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$7,434,876.24</x:t>
+    <x:t>Steadfast Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,632,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,890,458.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,427,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,679,937.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>971,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,565,825.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ansell Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,239,320.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Challenger Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>812,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,174,916.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Eagers Automotive Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>APE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>277,996</x:t>
-[...80 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>290,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,022,293.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,489,867.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Life360 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>360 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>240,252</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>250,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,116,850.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Wine Estates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,185,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,896,577.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metcash Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,613,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,873,419.30</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,560,828</x:t>
-[...35 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>3,717,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,461,020.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netwealth Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,445,862.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,362,897.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Pinnacle Investment Management Group Lt</x:t>
   </x:si>
   <x:si>
     <x:t>PNI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>259,348</x:t>
-[...35 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>270,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,134,520.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Lendlease Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LLC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>922,810</x:t>
-[...20 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>963,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,574,280.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-148,013.66</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-40,502.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -841,51 +838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc66c02a36d14100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a3574526dcb45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8eabda90b014579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed795ed884243d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd70bdbee1fd74b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rebf775d181264113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1153,211 +1150,211 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
@@ -1513,71 +1510,71 @@
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
@@ -1613,371 +1610,371 @@
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>