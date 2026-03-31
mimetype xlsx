--- v2 (2026-03-09)
+++ v3 (2026-03-31)
@@ -1,819 +1,816 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea5b7b9caa2425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ce91612f374961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260309" sheetId="1" r:id="Rebf775d181264113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVE_asat_20260331" sheetId="1" r:id="R0598ff1fe2ef4a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="257">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="256">
+  <x:si>
+    <x:t>All Fund Holdings as at 31/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>Pilbara Minerals Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Als Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALQ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>744,754</x:t>
-[...5 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>742,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,434,910.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,786,722.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>686,553</x:t>
-[...35 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>682,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,681,882.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,716,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,376,191.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Hall Group</x:t>
   </x:si>
   <x:si>
     <x:t>CHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>694,532</x:t>
-[...20 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>691,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,883,669.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Qube Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>QUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,598,437</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>2,588,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,578,520.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,947,342.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,782,707.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,734,583.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Jb Hi-Fi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JBH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>160,541</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>159,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,576,626.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Rea Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>REA AU</x:t>
   </x:si>
   <x:si>
-    <x:t>73,717</x:t>
-[...20 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>73,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,481,540.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,207,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,172,233.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,826,084.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,795,666.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1723503D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,631,436.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NXT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>942,268</x:t>
-[...5 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>938,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,620,740.96</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,826,254</x:t>
-[...50 lines deleted...]
-    <x:t>2.33%</x:t>
+    <x:t>2,814,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,327,967.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,769,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,211,347.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,975,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,174,303.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2 Milk Co Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2M AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,060,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,150,162.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,506,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,950,011.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,676,700</x:t>
-[...47 lines deleted...]
-    <x:t>$10,689,859.89</x:t>
+    <x:t>1,670,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,837,260.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Hub24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>120,075</x:t>
-[...47 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>119,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,826,554.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,579,320</x:t>
-[...5 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>1,572,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,309,501.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Fisher &amp; Paykel Healthcare Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FPH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>289,254</x:t>
-[...2 lines deleted...]
-    <x:t>$9,192,492.12</x:t>
+    <x:t>288,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,827,598.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.95%</x:t>
   </x:si>
   <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>767,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,702,236.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,631,513.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,217,442.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,381,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,136,504.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,007,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,909,134.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>695,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,797,776.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,434,726.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Downer Edi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,426,837.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,367,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,386,821.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,107,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,362,580.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>667,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,337,308.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seek Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,285,819.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Endeavour Group Ltd/Australia</x:t>
   </x:si>
   <x:si>
     <x:t>EDV AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,241,265</x:t>
-[...122 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>2,231,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,275,195.30</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,632,810</x:t>
-[...5 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>1,625,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,909,692.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Challenger Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>809,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,698,561.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagers Automotive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,502,162.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>967,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,469,992.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Arteria Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,427,337</x:t>
-[...20 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>1,421,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,082,813.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Ansell Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>212,294</x:t>
-[...17 lines deleted...]
-    <x:t>$6,174,916.40</x:t>
+    <x:t>210,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,936,514.93</x:t>
   </x:si>
   <x:si>
     <x:t>1.31%</x:t>
   </x:si>
   <x:si>
-    <x:t>Eagers Automotive Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,818,763.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,701,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,849,071.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metcash Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,607,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,759,312.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>XYZ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>59,992</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>56,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,735,517.85</x:t>
   </x:si>
   <x:si>
     <x:t>Life360 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>360 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>250,826</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>249,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,687,788.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Wine Estates Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TWE AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,185,612</x:t>
-[...89 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>1,180,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,379,762.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-40,502.37</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$315,303.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -838,59 +835,59 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed795ed884243d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd70bdbee1fd74b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rebf775d181264113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb668e5ae78964d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R689f7b9d56144806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0598ff1fe2ef4a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="51" customWidth="1"/>
+    <x:col min="2" max="2" width="46" customWidth="1"/>
     <x:col min="3" max="3" width="18" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1230,171 +1227,171 @@
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
@@ -1510,471 +1507,471 @@
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>