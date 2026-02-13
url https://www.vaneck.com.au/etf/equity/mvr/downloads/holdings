--- v0 (2026-01-19)
+++ v1 (2026-02-13)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra446bb9cac5a4a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9952f81e5344be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260119" sheetId="1" r:id="Raa125590b3fd4c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260212" sheetId="1" r:id="Rf0ffe807ce04458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="172">
   <x:si>
-    <x:t>All Fund Holdings as at 19/01/2026</x:t>
+    <x:t>All Fund Holdings as at 12/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>885,335</x:t>
-[...5 lines deleted...]
-    <x:t>8.03%</x:t>
+    <x:t>957,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,858,412.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,523,589.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,740,198</x:t>
-[...20 lines deleted...]
-    <x:t>6.48%</x:t>
+    <x:t>1,881,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,694,054.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Woodside Energy Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WDS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,397,480</x:t>
-[...5 lines deleted...]
-    <x:t>6.17%</x:t>
+    <x:t>1,510,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,780,680.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,096,578</x:t>
-[...5 lines deleted...]
-    <x:t>5.65%</x:t>
+    <x:t>1,185,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,842,903.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,659,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,779,058.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,973,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,638,394.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
   </x:si>
   <x:si>
     <x:t>South32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>S32 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,447,972</x:t>
-[...35 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>6,971,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,509,173.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Origin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,144,961</x:t>
-[...5 lines deleted...]
-    <x:t>4.41%</x:t>
+    <x:t>2,318,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,668,109.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Lynas Rare Earths Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LYC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,393,448</x:t>
-[...5 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>1,506,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,103,824.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>786,741</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>850,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,919,008.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,114,560</x:t>
-[...5 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>4,448,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,706,194.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,678,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,253,965.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>286,243</x:t>
-[...20 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>309,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,583,907.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitehaven Coal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,516,653</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>1,639,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,068,540.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,733,658.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,129,722</x:t>
-[...20 lines deleted...]
-    <x:t>2.31%</x:t>
+    <x:t>2,302,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,469,601.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,557,159</x:t>
-[...5 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>1,683,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,121,070.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,868,451</x:t>
-[...5 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>2,020,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,756,562.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,533,657.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,415,455.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>728,472</x:t>
-[...35 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>787,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,073,248.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,209,662</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>1,307,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,959,322.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Aurizon Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AZJ AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,572,523</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>2,781,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,068,005.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>976,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,505,375.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,515,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,226,711.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,043,717.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,069,782</x:t>
-[...50 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>4,399,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,677,895.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Monadelphous Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MND AU</x:t>
   </x:si>
   <x:si>
-    <x:t>189,613</x:t>
-[...2 lines deleted...]
-    <x:t>$5,608,752.54</x:t>
+    <x:t>204,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,207,188.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.04%</x:t>
   </x:si>
   <x:si>
+    <x:t>Beach Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,362,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,715,086.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>613,204</x:t>
-[...20 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>662,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,672,748.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Deterra Royalties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DRR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>586,045</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>633,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,711,748.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-24,498.08</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$104,372.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -583,51 +583,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra233b8571d6849db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb29b8e51444247da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa125590b3fd4c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f054b29b90b44f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1b1f6b11a08408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0ffe807ce04458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">