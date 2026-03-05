--- v1 (2026-02-13)
+++ v2 (2026-03-05)
@@ -1,564 +1,561 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9952f81e5344be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb003b7bc1d764b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260212" sheetId="1" r:id="Rf0ffe807ce04458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260304" sheetId="1" r:id="R541e9cc4e95f43c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="172">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 12/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="171">
+  <x:si>
+    <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>957,159</x:t>
-[...5 lines deleted...]
-    <x:t>8.34%</x:t>
+    <x:t>1,023,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,996,609.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,615,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,685,819.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>251,917</x:t>
-[...5 lines deleted...]
-    <x:t>7.11%</x:t>
+    <x:t>269,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,833,657.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,881,371</x:t>
-[...20 lines deleted...]
-    <x:t>6.65%</x:t>
+    <x:t>2,012,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,229,102.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,185,536</x:t>
-[...2 lines deleted...]
-    <x:t>$34,842,903.04</x:t>
+    <x:t>1,267,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,947,887.84</x:t>
   </x:si>
   <x:si>
     <x:t>5.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Santos Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>STO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,659,686</x:t>
-[...5 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>4,983,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,129,389.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,973,699</x:t>
-[...5 lines deleted...]
-    <x:t>5.29%</x:t>
+    <x:t>2,110,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,920,539.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.21%</x:t>
   </x:si>
   <x:si>
     <x:t>South32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>S32 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>6,971,056</x:t>
-[...5 lines deleted...]
-    <x:t>5.27%</x:t>
+    <x:t>7,455,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,847,021.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,611,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,466,562.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Origin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,318,966</x:t>
-[...20 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>2,480,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,339,003.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,757,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,549,829.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>850,563</x:t>
-[...20 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>909,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,185,632.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,437,503.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,678,884</x:t>
-[...20 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>3,934,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,822,981.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitehaven Coal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,639,690</x:t>
-[...5 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>1,753,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,624,948.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,462,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,454,493.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Sandfire Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SFR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>701,771</x:t>
-[...20 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>750,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,177,266.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,683,482</x:t>
-[...5 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>1,800,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,629,194.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,398,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,895,451.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>842,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,373,093.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,308,372.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,974,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,105,856.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,020,028</x:t>
-[...5 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>2,160,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,076,339.73</x:t>
   </x:si>
   <x:si>
     <x:t>Worley Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WOR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>844,338</x:t>
-[...65 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>902,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,680,031.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,690,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,986,510.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>697,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,769,794.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>976,507</x:t>
-[...35 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>1,044,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,083,183.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,399,940</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>4,705,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,128,947.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Monadelphous Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MND AU</x:t>
   </x:si>
   <x:si>
-    <x:t>204,993</x:t>
-[...5 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>219,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,945,301.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>709,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,565,972.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Beach Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,362,069</x:t>
-[...20 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>3,595,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,116,972.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Deterra Royalties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DRR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>633,586</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>677,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,812,023.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$104,372.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$595,760.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -583,51 +580,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f054b29b90b44f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1b1f6b11a08408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0ffe807ce04458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6abeeca8894f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re0e45bf980654bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R541e9cc4e95f43c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1115,251 +1112,251 @@
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>