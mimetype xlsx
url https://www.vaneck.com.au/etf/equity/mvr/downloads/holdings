--- v2 (2026-03-05)
+++ v3 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb003b7bc1d764b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea9bf658abf41ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260304" sheetId="1" r:id="R541e9cc4e95f43c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260304" sheetId="1" r:id="R0161b4d8941a4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="171">
   <x:si>
     <x:t>All Fund Holdings as at 04/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
@@ -580,51 +580,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6abeeca8894f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re0e45bf980654bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R541e9cc4e95f43c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6658d3144c41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9cc55e68c43f4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0161b4d8941a4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">