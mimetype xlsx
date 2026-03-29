--- v3 (2026-03-05)
+++ v4 (2026-03-29)
@@ -1,561 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea9bf658abf41ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2af56da2754706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260304" sheetId="1" r:id="R0161b4d8941a4d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260327" sheetId="1" r:id="R5e0e134cdc8f4352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="171">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 04/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="181">
+  <x:si>
+    <x:t>All Fund Holdings as at 27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,682,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,012,561.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.39%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BHP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,023,646</x:t>
-[...20 lines deleted...]
-    <x:t>7.64%</x:t>
+    <x:t>985,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,629,863.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
-    <x:t>269,414</x:t>
-[...5 lines deleted...]
-    <x:t>6.74%</x:t>
+    <x:t>288,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,199,499.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,012,058</x:t>
-[...5 lines deleted...]
-    <x:t>5.87%</x:t>
+    <x:t>2,081,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,034,308.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,769,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,916,086.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,476,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,853,252.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,261,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,176,171.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,398,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,084,711.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,395,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,784,862.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,267,888</x:t>
-[...35 lines deleted...]
-    <x:t>5.21%</x:t>
+    <x:t>1,435,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,626,985.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
   </x:si>
   <x:si>
     <x:t>South32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>S32 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>7,455,291</x:t>
-[...50 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>6,605,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,618,351.50</x:t>
   </x:si>
   <x:si>
     <x:t>Orica Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ORI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>909,645</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>811,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,468,638.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>330,955</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>275,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,594,285.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,539,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,210,544.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,934,433</x:t>
-[...20 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>3,857,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,576,787.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,487,278.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,536,041.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,462,435</x:t>
-[...20 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>2,135,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,550,970.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,063,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,380,794.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,547,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,140,060.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,800,422</x:t>
-[...5 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>1,724,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,693,021.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,196,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,491,813.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>847,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,401,802.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,949,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,736,677.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,582,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,577,567.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,550,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,958,558.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,929,504.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,398,639</x:t>
-[...5 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>1,232,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,716,414.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>842,280</x:t>
-[...35 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>743,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,598,028.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,160,347</x:t>
-[...77 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>1,893,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,496,462.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Monadelphous Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MND AU</x:t>
   </x:si>
   <x:si>
-    <x:t>219,233</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>198,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,561,969.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>709,002</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>712,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,756,186.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Beach Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BPT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,595,609</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>3,175,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,048,582.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Deterra Royalties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DRR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>677,596</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>649,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,583,457.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$595,760.94</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$241,934.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -580,56 +610,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6658d3144c41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9cc55e68c43f4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0161b4d8941a4d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469d50851c8b44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f3736582ca5413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e0e134cdc8f4352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F37"/>
+  <x:dimension ref="A1:F39"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -872,291 +902,291 @@
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
@@ -1306,62 +1336,102 @@
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A37" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="F37" s="2" t="s">
+      <x:c r="A37" s="1">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A38" s="1">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E39" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F39" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A37:F37"/>
+    <x:mergeCell ref="A39:F39"/>
   </x:mergeCells>
 </x:worksheet>
 </file>