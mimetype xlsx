--- v4 (2026-03-29)
+++ v5 (2026-03-29)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2af56da2754706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426d4dd6aa2147f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260327" sheetId="1" r:id="R5e0e134cdc8f4352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVR_asat_20260327" sheetId="1" r:id="Re41e3889003340f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="181">
   <x:si>
     <x:t>All Fund Holdings as at 27/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
@@ -610,51 +610,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469d50851c8b44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f3736582ca5413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e0e134cdc8f4352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e0e7be13364164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8d1a9ed40c734fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re41e3889003340f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F39"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="37" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">