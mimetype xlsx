--- v0 (2026-01-21)
+++ v1 (2026-02-16)
@@ -1,928 +1,921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38576dd09fb45b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a47bacae72f4061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260121" sheetId="1" r:id="R3b52a011d2e146d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260216" sheetId="1" r:id="R105fad0ecd424644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="293">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 21/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="291">
+  <x:si>
+    <x:t>All Fund Holdings as at 16/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,251,210</x:t>
-[...5 lines deleted...]
-    <x:t>3.71%</x:t>
+    <x:t>1,250,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,027,321.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>921,117</x:t>
-[...2 lines deleted...]
-    <x:t>$6,936,011.01</x:t>
+    <x:t>920,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,683,047.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,609,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,334,790.09</x:t>
   </x:si>
   <x:si>
     <x:t>2.99%</x:t>
   </x:si>
   <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,260,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,134,584.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>866,678</x:t>
-[...5 lines deleted...]
-    <x:t>2.97%</x:t>
+    <x:t>866,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,577,845.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Srg Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,841,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,412,716.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,397,781.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,403,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,151,740.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,721,875</x:t>
-[...50 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>3,719,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,872,548.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,836,881.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>861,080</x:t>
-[...50 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>860,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,758,736.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualitas Real Estate Income Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QRI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,638,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,168,788.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flight Centre Travel Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,123,140.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Codan Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,119,422.40</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>306,014</x:t>
-[...20 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>305,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,110,207.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,074,261.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemlife Communities Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,040,502.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perenti Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,477,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,003,491.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventia Services Group Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,924,884.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regal Partners Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,313,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,873,816.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,093,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,873,065.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orora Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,712,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,749,310.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartgroup Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,672,611.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,663,711.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcmillan Shakespeare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,605,898.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dicker Data Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,600,800.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redox Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,337,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,583,484.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Maas Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MGH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>838,912</x:t>
-[...155 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>838,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,571,490.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Stream Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,565,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,444,513.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aussie Broadband Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>684,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,348,701.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inghams Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,377,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,305,604.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Clinical Labs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,459,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,269,604.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,189,474.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,164,714.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centuria Capital Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,586,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,156,183.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,120,757.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jumbo Interactive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,095,315.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>483,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,083,702.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,574,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,056,070.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metcash Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,022,097.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kelsian Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>732,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,872,348.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,858,695.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Nick Scali Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NCK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>154,620</x:t>
-[...122 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>154,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,847,840.46</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,036,693</x:t>
-[...47 lines deleted...]
-    <x:t>$3,405,516.54</x:t>
+    <x:t>2,035,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,819,022.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ridley Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,178,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,815,520.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyro Payments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,978,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,785,015.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magellan Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,759,725.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hansen Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>612,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,750,847.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guzman Y Gomez Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GYG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,716,168.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Corp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,682,324.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Aub Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AUB AU</x:t>
   </x:si>
   <x:si>
-    <x:t>106,447</x:t>
-[...140 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>106,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,664,819.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Ooh!Media Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OML AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,327,649</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>2,326,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,535,519.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adairs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,372,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,497,360.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AX1 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,703,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,379,383.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graincorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,346,237.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentrack Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,310,843.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>G8 Education Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GEM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,390,475</x:t>
-[...104 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>4,387,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,106,084.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>208,881</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,117,513.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$670,508.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-4,474.62</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$80,836.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -947,51 +940,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8e78acd9dc44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R92bc1af30a9749dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b52a011d2e146d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80abde5ecb248c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4d6fe28747564ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R105fad0ecd424644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F63"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="43" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1299,951 +1292,951 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>