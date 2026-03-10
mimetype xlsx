--- v1 (2026-02-16)
+++ v2 (2026-03-10)
@@ -1,921 +1,924 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a47bacae72f4061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7eb8142d4754634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260216" sheetId="1" r:id="R105fad0ecd424644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260309" sheetId="1" r:id="R8f7cb92f149a4513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="291">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="292">
+  <x:si>
+    <x:t>All Fund Holdings as at 09/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,250,413</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>1,260,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,914,056.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>920,530</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>927,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,798,343.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,293,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,731,785.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,609,567</x:t>
-[...20 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>3,637,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,584,052.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>866,125</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>872,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,211,236.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,183,793.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Srg Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SRG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,841,060</x:t>
-[...20 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>1,855,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,898,440.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,748,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,554,567.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,414,383.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>660,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,300,076.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,403,744</x:t>
-[...50 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>1,414,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,187,603.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Codan Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,172,261.83</x:t>
   </x:si>
   <x:si>
     <x:t>Qualitas Real Estate Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>QRI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,638,474</x:t>
-[...5 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>2,659,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,068,461.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maas Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,038,813.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemlife Communities Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>807,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,999,411.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,963,619.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventia Services Group Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>731,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,948,296.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redox Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,347,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,921,475.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regal Partners Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,323,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,811,495.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magellan Financial Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,688,952.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smartgroup Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>448,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,580,227.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Flight Centre Travel Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FLT AU</x:t>
   </x:si>
   <x:si>
-    <x:t>294,510</x:t>
-[...32 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>296,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,532,110.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,602,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,530,281.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deterra Royalties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,398,776.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orora Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,364,557.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aussie Broadband Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,347,305.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcmillan Shakespeare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,340,630.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dicker Data Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,326,874.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,287,832.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,109,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,270,399.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Clinical Labs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,471,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,221,643.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ridley Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,187,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,193,734.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hub24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,182,973.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hansen Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>617,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,179,898.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,101,979.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kelsian Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>738,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,101,603.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perenti Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,488,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,037,284.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>492,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,031,796.25</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Financial Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MAF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>391,004</x:t>
-[...173 lines deleted...]
-    <x:t>$3,571,490.28</x:t>
+    <x:t>394,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,002,775.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Service Stream Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SSM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,565,688</x:t>
-[...20 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>1,577,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,934,973.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nib Holdings Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>487,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,878,891.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metcash Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,830,205.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jumbo Interactive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,815,115.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Inghams Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ING AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,377,335</x:t>
-[...50 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>1,388,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,790,111.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Centuria Capital Group</x:t>
   </x:si>
   <x:si>
     <x:t>CNI AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,586,022</x:t>
-[...101 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>1,598,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,781,276.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guzman Y Gomez Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GYG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,711,658.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accent Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AX1 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,725,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,670,507.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Nick Scali Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NCK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>154,522</x:t>
-[...2 lines deleted...]
-    <x:t>$2,847,840.46</x:t>
+    <x:t>155,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,642,755.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentrack Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,544,935.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aub Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,533,419.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Corp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,505,944.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graincorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,495,742.90</x:t>
   </x:si>
   <x:si>
     <x:t>Amp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>AMP AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,035,395</x:t>
-[...17 lines deleted...]
-    <x:t>$2,815,520.38</x:t>
+    <x:t>2,051,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,461,590.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adairs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,382,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,454,675.90</x:t>
   </x:si>
   <x:si>
     <x:t>Tyro Payments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TYR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,978,626</x:t>
-[...77 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>3,001,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,416,561.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Ooh!Media Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OML AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,326,165</x:t>
-[...47 lines deleted...]
-    <x:t>$2,346,237.79</x:t>
+    <x:t>2,344,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,238,875.26</x:t>
   </x:si>
   <x:si>
     <x:t>1.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>Gentrack Group Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>G8 Education Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GEM AU</x:t>
   </x:si>
   <x:si>
-    <x:t>4,387,677</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>4,422,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,238,165.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>208,881</x:t>
   </x:si>
   <x:si>
     <x:t>$670,508.01</x:t>
   </x:si>
   <x:si>
-    <x:t>0.32%</x:t>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$80,836.93</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$-14,912.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -940,51 +943,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80abde5ecb248c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4d6fe28747564ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R105fad0ecd424644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc261821d10704533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R773f889ff44b40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f7cb92f149a4513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F63"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="43" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1252,91 +1255,91 @@
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
@@ -1432,811 +1435,811 @@
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>