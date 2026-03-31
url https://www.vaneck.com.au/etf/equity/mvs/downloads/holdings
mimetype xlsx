--- v2 (2026-03-10)
+++ v3 (2026-03-31)
@@ -1,924 +1,930 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7eb8142d4754634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8592b2d6cd024773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260309" sheetId="1" r:id="R8f7cb92f149a4513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVS_asat_20260331" sheetId="1" r:id="R4cf48827ed56438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="292">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 09/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="294">
+  <x:si>
+    <x:t>All Fund Holdings as at 31/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Tasmea Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>822,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,719,512.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ricegrowers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGLLV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,642,551.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,136,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,638,211.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macmahon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,027,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,594,598.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>261,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,447,364.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Iron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,445,970.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superloop Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,054,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,428,529.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inghams Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,716,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,397,725.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aub Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,359,961.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mystate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,338,957.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servcorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,334,367.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Investment Management Group Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>234,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,311,280.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcmillan Shakespeare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,310,110.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metals X Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,605,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,308,728.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bega Cheese Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,300,466.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bravura Solutions Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,608,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,281,892.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insignia Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,279,685.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Integral Diagnostics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,386,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,273,017.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>536,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,265,805.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iress Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>466,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,250,180.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regal Partners Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,251,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,242,581.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peet Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,739,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,226,238.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,217,542.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Stream Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,662,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,209,229.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iph Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>983,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,207,703.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,298,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,206,051.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,196,781.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Corp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,184,706.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orora Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,688,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,183,763.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kelsian Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>812,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,168,792.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nick Scali Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,163,079.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perenti Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,620,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,160,809.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Webjet Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,209,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,157,061.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emeco Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,152,410.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Growthpoint Properties Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,496,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,142,715.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Srg Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,276,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,140,935.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gr Engineering Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,136,700.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jumbo Interactive Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,136,188.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Retail Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,115,477.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gwa Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,482,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,098,922.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantoro Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,087,354.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zip Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,986,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,078,512.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elsight Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>565,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,076,173.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dicker Data Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>357,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,131.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pwr Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PWH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,971.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrw Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>568,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,995,836.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centuria Office Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,201,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,977,427.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,973,873.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,075,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,947,684.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droneshield Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,939,769.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Judo Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,137,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,875,478.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualitas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QAL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,857,370.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeris Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,230,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,856,020.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maas Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,814,538.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,383,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,776,620.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,716,021.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,726,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,713,097.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platinum Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L1G AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,659,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,619,239.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,961,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,347.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,260,200</x:t>
-[...755 lines deleted...]
-    <x:t>$2,461,590.00</x:t>
+    <x:t>525,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,313,264.80</x:t>
   </x:si>
   <x:si>
     <x:t>1.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>Adairs Ltd</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Corporate Travel Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CTD AU</x:t>
   </x:si>
   <x:si>
     <x:t>208,881</x:t>
   </x:si>
   <x:si>
     <x:t>$670,508.01</x:t>
   </x:si>
   <x:si>
-    <x:t>0.33%</x:t>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-14,912.87</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$24,505.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -943,60 +949,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc261821d10704533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R773f889ff44b40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f7cb92f149a4513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdfa002fb2ac429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R751b2109a29140fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cf48827ed56438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F63"/>
+  <x:dimension ref="A1:F66"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="43" customWidth="1"/>
-    <x:col min="3" max="3" width="12" customWidth="1"/>
+    <x:col min="2" max="2" width="51" customWidth="1"/>
+    <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="15" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -1135,1116 +1141,1176 @@
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A63" s="1">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A64" s="1">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E62" s="1" t="s">
+    </x:row>
+    <x:row r="65" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A65" s="1">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
+      <x:c r="C65" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A63" s="2" t="s">
+      <x:c r="D65" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:6" ht="15" customHeight="1">
+      <x:c r="A66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B63" s="2" t="s">
+      <x:c r="B66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C63" s="2" t="s">
+      <x:c r="C66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D63" s="2" t="s">
+      <x:c r="D66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E63" s="2" t="s">
+      <x:c r="E66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F63" s="2" t="s">
+      <x:c r="F66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A63:F63"/>
+    <x:mergeCell ref="A66:F66"/>
   </x:mergeCells>
 </x:worksheet>
 </file>