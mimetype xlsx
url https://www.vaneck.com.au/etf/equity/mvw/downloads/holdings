--- v0 (2026-01-17)
+++ v1 (2026-02-12)
@@ -1,1095 +1,1122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71e181039e1485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc27cd3a981498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260116" sheetId="1" r:id="Rb83c4393a07d42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260211" sheetId="1" r:id="R1107059bbc0840a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="349">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 16/01/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="358">
+  <x:si>
+    <x:t>All Fund Holdings as at 11/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>South32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S32 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,222,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,955,489.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,460,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,336,044.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reece Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,471,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,911,359.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,292,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,888,791.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,762,641</x:t>
-[...17 lines deleted...]
-    <x:t>$50,725,297.44</x:t>
+    <x:t>1,771,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,271,405.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,318,498.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>South32 Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Whitehaven Coal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>5,654,743</x:t>
-[...2 lines deleted...]
-    <x:t>$50,214,117.84</x:t>
+    <x:t>5,681,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,226,007.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>Reece Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$50,103,561.00</x:t>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,973,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,597,787.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,208,343.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>217,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,836,382.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>936,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,693,404.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,026,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,694,256.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,074,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,362,916.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,346,852.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,684,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,322,358.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,917,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,240,921.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,600,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,202,646.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,804,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,893,531.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orica Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,789,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,873,139.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,693,979.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QAN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,356,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,486,390.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,424,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,220,604.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington H Soul Pattinson &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,181,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,186,054.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,182,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,930,203.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,540,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,904,852.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,113,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,839,275.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,702,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,377,391.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,284,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,376,540.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,192,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,370,337.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,435,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,240,599.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,582,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,129,237.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,964,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,106,274.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,558,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,055,446.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,193,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,798,982.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,057,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,741,841.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,091,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,582,611.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,876,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,232,098.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>810,479</x:t>
-[...20 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>814,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,054,102.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,089,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,940,269.20</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
-    <x:t>9,963,121</x:t>
-[...167 lines deleted...]
-    <x:t>$44,539,804.40</x:t>
+    <x:t>10,010,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,745,146.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,840,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,504,369.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,039,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,044,393.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,580,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,872,781.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,921,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,813,798.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,511,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,413,734.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,022,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,322,596.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,741,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,082,888.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,917,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,998,513.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,620,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,935,547.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,855,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,931,072.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cochlear Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,843,856.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>733,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,599,908.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,659,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,507,498.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,828,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,161,533.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Wine Estates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,575,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,150,499.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,829,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,930,429.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,470,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,895,280.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,704,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,726,580.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,866,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,694,280.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,362,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,094,855.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,108,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,983,695.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,317,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,948,953.46</x:t>
   </x:si>
   <x:si>
     <x:t>Steadfast Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SDF AU</x:t>
   </x:si>
   <x:si>
-    <x:t>8,402,633</x:t>
-[...161 lines deleted...]
-    <x:t>$43,013,959.68</x:t>
+    <x:t>8,442,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,582,924.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,989,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,570,641.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,541,355.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Computershare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>CPU AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,216,428</x:t>
-[...209 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>1,222,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,243,263.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,121,721.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,833,418.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,224,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,420,967.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Jb Hi-Fi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JBH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>461,000</x:t>
-[...77 lines deleted...]
-    <x:t>$41,045,001.75</x:t>
+    <x:t>463,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,171,158.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,319,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,630,901.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,499,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,951,993.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,786,724</x:t>
-[...176 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>1,795,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,301,627.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pro Medicus Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PME AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,002,629.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>576,537</x:t>
-[...47 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>579,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,508,574.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Telix Pharmaceuticals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TLX AU</x:t>
   </x:si>
   <x:si>
-    <x:t>2,988,937</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>3,003,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,280,917.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-101,926.00</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$857,663.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1114,51 +1141,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963654d29ba54916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb8d9f7b76f6447ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb83c4393a07d42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46932959c9324d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8147546ed204120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1107059bbc0840a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1246,1531 +1273,1531 @@
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>