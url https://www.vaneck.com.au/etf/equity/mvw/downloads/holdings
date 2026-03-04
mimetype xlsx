--- v1 (2026-02-12)
+++ v2 (2026-03-04)
@@ -1,1122 +1,1146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc27cd3a981498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf20c5571f99c4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260211" sheetId="1" r:id="R1107059bbc0840a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260303" sheetId="1" r:id="R1098f37dff1347a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="358">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 11/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="366">
+  <x:si>
+    <x:t>All Fund Holdings as at 03/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,291,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,675,167.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,459,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,365,780.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>South32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>S32 AU</x:t>
   </x:si>
   <x:si>
-    <x:t>12,222,208</x:t>
-[...17 lines deleted...]
-    <x:t>$56,336,044.60</x:t>
+    <x:t>12,219,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,844,083.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.73%</x:t>
   </x:si>
   <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,455,932.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Reece Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>REH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,471,874</x:t>
-[...2 lines deleted...]
-    <x:t>$52,911,359.76</x:t>
+    <x:t>3,471,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,525,364.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,423,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,544,751.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>Lynas Rare Earths Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,702,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,893,541.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,556,089.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,973,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,502,172.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,182,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,360,204.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,874,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,923,034.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,026,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,891,264.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,682,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,651,941.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,916,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,052,238.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,008,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,040,924.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,558,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,865,035.94</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,771,033</x:t>
-[...20 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>1,770,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,631,130.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,545,080.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,192,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,364,285.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,192,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,984,697.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,113,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,533,306.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitehaven Coal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WHC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>5,681,675</x:t>
-[...35 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>5,680,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,523,417.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,599,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,127,205.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,580,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,088,849.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,839,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,991,050.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>814,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,626,310.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,054,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,560,554.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington H Soul Pattinson &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,180,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,952,332.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,578,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,695,219.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,962,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,455,780.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,539,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,441,744.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,658,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,865,043.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,037,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,804,048.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,073,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,502,171.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>936,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,459,492.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,827,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,205,504.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,619,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,913,482.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Macquarie Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MQG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>217,142</x:t>
-[...98 lines deleted...]
-    <x:t>$46,202,646.00</x:t>
+    <x:t>217,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,652,261.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orica Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,788,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,608,215.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,088,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,696,059.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,739,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,598,849.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,865,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,462,728.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,913,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,408,411.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,087,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,181,424.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,921,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,036,789.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,105,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,908,414.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,435,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,428,429.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SIG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>14,804,365</x:t>
-[...17 lines deleted...]
-    <x:t>$45,873,139.36</x:t>
+    <x:t>14,801,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,407,663.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QAN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,356,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,249,837.32</x:t>
   </x:si>
   <x:si>
     <x:t>Wesfarmers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WES AU</x:t>
   </x:si>
   <x:si>
-    <x:t>518,425</x:t>
-[...98 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>518,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,035,114.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,508,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,723,842.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,020,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,690,464.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,316,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,480,991.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,988,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,401,086.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>732,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,840,080.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,827,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,043,584.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,221,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,331,214.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Worley Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WOR AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,284,718</x:t>
-[...278 lines deleted...]
-    <x:t>$40,935,547.90</x:t>
+    <x:t>3,284,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,175,423.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,499,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,133,623.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,703,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,600,287.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,557,271.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,855,443</x:t>
-[...2 lines deleted...]
-    <x:t>$40,931,072.58</x:t>
+    <x:t>1,855,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,322,211.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steadfast Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,440,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,873,935.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,628,066.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,469,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,540,263.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,361,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,440,909.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,222,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,318,748.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Wine Estates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,574,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,158,830.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,613,764.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,468,808.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,319,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,971,581.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Cochlear Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>COH AU</x:t>
   </x:si>
   <x:si>
-    <x:t>160,304</x:t>
-[...290 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>160,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,871,400.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telix Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,002,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,635,247.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Seek Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>SEK AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,795,236</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>1,794,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,305,068.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisetech Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,633,842.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Medicus Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>PME AU</x:t>
   </x:si>
   <x:si>
-    <x:t>177,038</x:t>
-[...35 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,227,560.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$857,663.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$1,280,745.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1141,51 +1165,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46932959c9324d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8147546ed204120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1107059bbc0840a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8382c49c484f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5869a59b4e9d4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1098f37dff1347a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1393,1411 +1417,1411 @@
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:6" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>