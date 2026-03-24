--- v2 (2026-03-04)
+++ v3 (2026-03-24)
@@ -1,1146 +1,1095 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf20c5571f99c4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32955f037a534f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260303" sheetId="1" r:id="R1098f37dff1347a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVW_asat_20260323" sheetId="1" r:id="R78f88641684b400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="366">
-[...1 lines deleted...]
-    <x:t>All Fund Holdings as at 03/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="349">
+  <x:si>
+    <x:t>All Fund Holdings as at 23/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Security name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,392,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,433,107.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,439,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,136,077.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,738,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,194,128.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,155,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,796,436.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitehaven Coal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,862,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,655,644.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncorp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,821,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,481,145.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coles Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,081,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,054,732.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apa Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,643,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,438,993.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Origin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,641,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,424,982.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,695,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,180,448.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medibank Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,229,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,088,356.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worley Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,160,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,971,802.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telstra Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,255,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,752,772.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vicinity Centres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,574,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,649,569.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluescope Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,616,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,400,017.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technology One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,560,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,191,982.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,182,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,129,683.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,101,294.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steadfast Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,107,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,854,748.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Bank Of Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,736,903.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bendigo &amp; Adelaide Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,226,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,645,233.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,871,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,428,107.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Queensland Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,218,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,349,387.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,034,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,349,379.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qube Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QUB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,538,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,007,860.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>855,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,998,667.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington H Soul Pattinson &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,102,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,699,063.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,032,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,647,534.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,569,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,570,917.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,520,705.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlas Arteria Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,266,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,515,371.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,873,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,244,296.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,163,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,216,285.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,613,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,075,711.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,068,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,989,122.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,944,914.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computershare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,445,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,846,212.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesfarmers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>558,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,801,970.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scentre Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,963,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,794,174.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,257,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,622,845.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transurban Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,953,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,518,370.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,115,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,442,645.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,119,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,378,151.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,775,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,248,857.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,499,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,074,425.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seek Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,730,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,055,789.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>894,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,031,920.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seven Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,009,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,966,896.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramsay Health Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,003,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,931,419.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,347,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,891,106.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orica Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,095,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,667,190.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rea Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REA AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,496,002.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,379,740.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Hi-Fi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>538,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,373,986.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Hall Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,118,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,362,268.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,831,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,316,675.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonic Healthcare Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,968,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,297,687.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goodman Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,564,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,142,263.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qantas Airways Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QAN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,801,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,132,379.85</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lynas Rare Earths Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>LYC AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,291,763</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>2,056,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,976,227.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>815,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,396,440.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reece Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,804,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,310,781.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsales.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,648,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,310,605.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stockland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,934,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,060,842.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cochlear Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,923,016.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pro Medicus Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PME AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,742,604.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S32 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,713,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,395,681.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,642,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,818,046.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALQ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,854,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,748,494.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,533,316.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,699,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,111,493.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisetech Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,995,882.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
-    <x:t>3,459,738</x:t>
-[...191 lines deleted...]
-    <x:t>$48,040,924.80</x:t>
+    <x:t>2,992,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,418,235.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,803,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,448,267.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
-    <x:t>1,558,614</x:t>
-[...836 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>1,583,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,246,097.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$1,280,745.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$2,284,060.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1165,56 +1114,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8382c49c484f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5869a59b4e9d4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1098f37dff1347a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e0bff4f6e014fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fb2150c8ece4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78f88641684b400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F81"/>
+  <x:dimension ref="A1:F80"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="48" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="16" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1357,1476 +1306,1456 @@
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:6" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:6" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:6" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:6" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:6" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:6" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:6" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:6" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:6" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:6" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:6" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:6" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:6" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:6" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:6" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:6" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:6" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:6" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:6" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:6" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:6" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:6" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:6" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:6" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:6" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:6" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:6" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:6" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:6" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:6" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:6" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:6" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:6" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:6" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:6" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:6" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:6" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:6" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:6" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:6" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:6" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:6" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:6" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:6" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A80" s="1">
-[...19 lines deleted...]
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B81" s="2" t="s">
+      <x:c r="B80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C81" s="2" t="s">
+      <x:c r="C80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D81" s="2" t="s">
+      <x:c r="D80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E81" s="2" t="s">
+      <x:c r="E80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F81" s="2" t="s">
+      <x:c r="F80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A81:F81"/>
+    <x:mergeCell ref="A80:F80"/>
   </x:mergeCells>
 </x:worksheet>
 </file>